--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -4,2208 +4,2985 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Данные" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="703" uniqueCount="703">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="962" uniqueCount="962">
   <si>
     <t>Склад</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Доступно</t>
   </si>
   <si>
     <t>ЕИ</t>
   </si>
   <si>
     <t>№ барабана</t>
   </si>
   <si>
     <t>Кирс завод</t>
   </si>
   <si>
     <t>СИП-4 4*50-0.6/1</t>
   </si>
   <si>
     <t>КМ</t>
   </si>
   <si>
     <t>22506631</t>
   </si>
   <si>
     <t>22507211</t>
   </si>
   <si>
+    <t>СИП-3 1*150-20</t>
+  </si>
+  <si>
+    <t>22503666</t>
+  </si>
+  <si>
+    <t>СИП-4 4*95-0.6/1</t>
+  </si>
+  <si>
+    <t>22509894</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*95+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22503739</t>
+  </si>
+  <si>
+    <t>Иркутск</t>
+  </si>
+  <si>
+    <t>СИП-4 4*16-0.6/1</t>
+  </si>
+  <si>
+    <t>12P02828</t>
+  </si>
+  <si>
+    <t>АС 70/11</t>
+  </si>
+  <si>
+    <t>Т</t>
+  </si>
+  <si>
+    <t>11P01081</t>
+  </si>
+  <si>
+    <t>СИП-3 1*50-20</t>
+  </si>
+  <si>
+    <t>12P03469</t>
+  </si>
+  <si>
+    <t>СИП-4 4*25-0.6/1</t>
+  </si>
+  <si>
+    <t>12P03119</t>
+  </si>
+  <si>
     <t>СИП-4 4*35-0.6/1</t>
   </si>
   <si>
-    <t>22507670</t>
-[...8 lines deleted...]
-    <t>Иркутск</t>
+    <t>12P01864</t>
+  </si>
+  <si>
+    <t>EPRCab БШвнг(А)-LS-ХЛ 3*1,5ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>32P00238</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*95-0.6/1</t>
+  </si>
+  <si>
+    <t>22510174</t>
+  </si>
+  <si>
+    <t>12P04784</t>
+  </si>
+  <si>
+    <t>Хабаровск</t>
   </si>
   <si>
     <t>СИП-2 3*50+1*54,6-0.6/1</t>
   </si>
   <si>
-    <t>12P04118</t>
-[...20 lines deleted...]
-    <t>22N04881</t>
+    <t>12P01715</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 5*1,5</t>
+  </si>
+  <si>
+    <t>32502779</t>
+  </si>
+  <si>
+    <t>СИП-3 1*70-20</t>
+  </si>
+  <si>
+    <t>12P00944</t>
+  </si>
+  <si>
+    <t>СИП-3 1*35-20</t>
+  </si>
+  <si>
+    <t>22512260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСМ  1*6,0 Д 6,40</t>
+  </si>
+  <si>
+    <t>52100498</t>
+  </si>
+  <si>
+    <t>12P04958</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*70-0.6/1</t>
+  </si>
+  <si>
+    <t>12P04846</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*95-0.6/1</t>
+  </si>
+  <si>
+    <t>22512003</t>
+  </si>
+  <si>
+    <t>12P03714</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 5*4</t>
+  </si>
+  <si>
+    <t>22506064</t>
+  </si>
+  <si>
+    <t>АСБл 3*150-10</t>
+  </si>
+  <si>
+    <t>22N03518</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*1,713 Д 4,30</t>
+  </si>
+  <si>
+    <t>51960318</t>
+  </si>
+  <si>
+    <t>12P04843</t>
+  </si>
+  <si>
+    <t>12P04785</t>
+  </si>
+  <si>
+    <t>22509609</t>
+  </si>
+  <si>
+    <t>22512120</t>
+  </si>
+  <si>
+    <t>22512149</t>
+  </si>
+  <si>
+    <t>22516028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНММНКн  1*0,769 Д 3,70</t>
+  </si>
+  <si>
+    <t>51900217</t>
+  </si>
+  <si>
+    <t>ААБл 3*70-10</t>
+  </si>
+  <si>
+    <t>22P03492</t>
+  </si>
+  <si>
+    <t>ЦААШв 3*240(ож)-10</t>
+  </si>
+  <si>
+    <t>22P02761</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 4*50мк(N)-1</t>
+  </si>
+  <si>
+    <t>22314077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПуГВнг(А)-LS 1*6  450/750 В зелено-желтый</t>
+  </si>
+  <si>
+    <t>32503335</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНММНМ  1*2,5 Д 5,30</t>
+  </si>
+  <si>
+    <t>51960283</t>
+  </si>
+  <si>
+    <t>КВБбШвнг(А)-LS 4*1,5</t>
+  </si>
+  <si>
+    <t>22413684</t>
+  </si>
+  <si>
+    <t>СИП-4 4*25+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22402783</t>
+  </si>
+  <si>
+    <t>22512442</t>
+  </si>
+  <si>
+    <t>22512453</t>
+  </si>
+  <si>
+    <t>Ростов</t>
+  </si>
+  <si>
+    <t>22501135</t>
+  </si>
+  <si>
+    <t>АС 240/32</t>
+  </si>
+  <si>
+    <t>12214334</t>
+  </si>
+  <si>
+    <t>12N01250/1-1</t>
+  </si>
+  <si>
+    <t>АПвБШп 4*185мс(N)-1</t>
+  </si>
+  <si>
+    <t>22405958</t>
+  </si>
+  <si>
+    <t>АПвБШв 4*150мс(N)-1</t>
+  </si>
+  <si>
+    <t>22406705</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 2*1,5ок(N)-0.66</t>
+  </si>
+  <si>
+    <t>22406617</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-FRLS 5*25мк(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22414256</t>
+  </si>
+  <si>
+    <t>51900261</t>
+  </si>
+  <si>
+    <t>12P04428</t>
+  </si>
+  <si>
+    <t>СИП-4 2*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22516735</t>
+  </si>
+  <si>
+    <t>СИП-2 3*120+1*95-0.6/1</t>
+  </si>
+  <si>
+    <t>22512443</t>
+  </si>
+  <si>
+    <t>АСБл 3*150(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04207</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 4*2,5ок(N)-1</t>
+  </si>
+  <si>
+    <t>32302510</t>
+  </si>
+  <si>
+    <t>ПуГВ 1*0,50 450/750 В зелено-желтый</t>
+  </si>
+  <si>
+    <t>32005029/1-2</t>
+  </si>
+  <si>
+    <t>КГРЭОП-ХЛ 3*50л+2*16л+1*16л-6000</t>
+  </si>
+  <si>
+    <t>31Z01531/1-1</t>
+  </si>
+  <si>
+    <t>22513312</t>
+  </si>
+  <si>
+    <t>22516755</t>
+  </si>
+  <si>
+    <t>СИП-2 3*35+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>22506112</t>
+  </si>
+  <si>
+    <t>ААБл 4*185(ож)-1</t>
+  </si>
+  <si>
+    <t>22U02857</t>
+  </si>
+  <si>
+    <t>12N01254</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КШРвЭКП(гж)нг(А)-HF  3*400мк/35-10</t>
+  </si>
+  <si>
+    <t>33P02300/2-1</t>
+  </si>
+  <si>
+    <t>АСБл 3*120-10</t>
+  </si>
+  <si>
+    <t>22Z04333</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 3*4ок-0.66</t>
+  </si>
+  <si>
+    <t>22314111</t>
+  </si>
+  <si>
+    <t>12P05734</t>
+  </si>
+  <si>
+    <t>22507591</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 14*1,5</t>
+  </si>
+  <si>
+    <t>32300797</t>
+  </si>
+  <si>
+    <t>ВВГЭнг(А)-LS 4*70мс(PE)-1</t>
+  </si>
+  <si>
+    <t>31N00890</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 2*2*0,75</t>
+  </si>
+  <si>
+    <t>32Z01480/3-1</t>
+  </si>
+  <si>
+    <t>51900263</t>
+  </si>
+  <si>
+    <t>22509839</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 5*6ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>32N02749</t>
+  </si>
+  <si>
+    <t>22512388</t>
+  </si>
+  <si>
+    <t>22512427</t>
+  </si>
+  <si>
+    <t>СИП-3 1*240-20</t>
+  </si>
+  <si>
+    <t>22317675</t>
+  </si>
+  <si>
+    <t>22514501</t>
+  </si>
+  <si>
+    <t>12P06194</t>
+  </si>
+  <si>
+    <t>12P06137</t>
+  </si>
+  <si>
+    <t>СИП-2 3*35+1*54,6+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22512318</t>
+  </si>
+  <si>
+    <t>22503840</t>
+  </si>
+  <si>
+    <t>22514633</t>
+  </si>
+  <si>
+    <t>ВБШв 4*4ок(N)-1</t>
+  </si>
+  <si>
+    <t>32200023</t>
+  </si>
+  <si>
+    <t>АСК 240/56</t>
+  </si>
+  <si>
+    <t>12214330</t>
+  </si>
+  <si>
+    <t>12N05487</t>
+  </si>
+  <si>
+    <t>22416719</t>
+  </si>
+  <si>
+    <t>51900256</t>
+  </si>
+  <si>
+    <t>12U01672</t>
+  </si>
+  <si>
+    <t>22513266</t>
+  </si>
+  <si>
+    <t>EPRCab ПГнг(А)-HF-ХЛ 3*2,5мк-0.66</t>
+  </si>
+  <si>
+    <t>32Z02570</t>
+  </si>
+  <si>
+    <t>ААБл 3*50(ож)-10</t>
+  </si>
+  <si>
+    <t>22N04109</t>
+  </si>
+  <si>
+    <t>22403423</t>
+  </si>
+  <si>
+    <t>22405472</t>
+  </si>
+  <si>
+    <t>22512307</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>12N06612</t>
+  </si>
+  <si>
+    <t>ВВГЭнг(А)-LS 2*10ок(N)-0.66</t>
+  </si>
+  <si>
+    <t>22408295</t>
+  </si>
+  <si>
+    <t>КВВГЭ 7*1,5</t>
+  </si>
+  <si>
+    <t>22405131</t>
   </si>
   <si>
     <t>ВБШвнг(А)-LS 5*35мк(N,PE)-1</t>
   </si>
   <si>
-    <t>22503662</t>
-[...14 lines deleted...]
-    <t>12P05370</t>
+    <t>22503660</t>
+  </si>
+  <si>
+    <t>АСБл 3*70-10</t>
+  </si>
+  <si>
+    <t>22N03484</t>
+  </si>
+  <si>
+    <t>12N02949</t>
+  </si>
+  <si>
+    <t>12P03409</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*70+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>12U06752</t>
+  </si>
+  <si>
+    <t>22503661</t>
+  </si>
+  <si>
+    <t>22500897</t>
+  </si>
+  <si>
+    <t>EPRCab ПГнг(А)-HF-ХЛ 5*2,5мк(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>32Z02569</t>
+  </si>
+  <si>
+    <t>32Z02569/1-1</t>
+  </si>
+  <si>
+    <t>АСБ 3*240-10</t>
+  </si>
+  <si>
+    <t>22P01689</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 5*70мс(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22501033</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 3*2,5ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22316609</t>
+  </si>
+  <si>
+    <t>22512175</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS-ХЛ 4*1,5</t>
+  </si>
+  <si>
+    <t>22314278</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS-ХЛ 3*2,5ок-0.66</t>
+  </si>
+  <si>
+    <t>22512314</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-FRLS 4*1,5</t>
+  </si>
+  <si>
+    <t>22503080</t>
+  </si>
+  <si>
+    <t>КВБбШвнг(А)-LS 4*1,0</t>
+  </si>
+  <si>
+    <t>22414235</t>
+  </si>
+  <si>
+    <t>СИП-4 2*25-0.6/1</t>
+  </si>
+  <si>
+    <t>12N05684</t>
+  </si>
+  <si>
+    <t>12P04478</t>
+  </si>
+  <si>
+    <t>СИП-3 1*50-35</t>
+  </si>
+  <si>
+    <t>12N01930</t>
+  </si>
+  <si>
+    <t>12N03865</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS-ХЛ 5*10ок(N,PE)-1</t>
+  </si>
+  <si>
+    <t>32N00842</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 10*1,5</t>
+  </si>
+  <si>
+    <t>32503055</t>
+  </si>
+  <si>
+    <t>22515183</t>
+  </si>
+  <si>
+    <t>СИП-2 3*16+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>22511192</t>
+  </si>
+  <si>
+    <t>22512187</t>
+  </si>
+  <si>
+    <t>ГСП 2*0,50</t>
+  </si>
+  <si>
+    <t>32210085</t>
+  </si>
+  <si>
+    <t>СИП-2 3*25+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>22512446</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*0,270 Д 3,20</t>
+  </si>
+  <si>
+    <t>52503864</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСМ  1*2,5 Д 5,30</t>
+  </si>
+  <si>
+    <t>52503949</t>
+  </si>
+  <si>
+    <t>ААБл 3*70-6</t>
+  </si>
+  <si>
+    <t>22N04819</t>
+  </si>
+  <si>
+    <t>22501998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСКн  1*0,769 Д 3,70</t>
+  </si>
+  <si>
+    <t>52500106/1-1</t>
+  </si>
+  <si>
+    <t>22503625</t>
+  </si>
+  <si>
+    <t>СИП-2 1*16+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>22511704</t>
+  </si>
+  <si>
+    <t>22514547</t>
+  </si>
+  <si>
+    <t>КГС ПЭ 2*4+3*1,5+2*1,0</t>
+  </si>
+  <si>
+    <t>32503246</t>
+  </si>
+  <si>
+    <t>12P05811</t>
+  </si>
+  <si>
+    <t>СИП-3 1*95-20</t>
+  </si>
+  <si>
+    <t>12P05534</t>
+  </si>
+  <si>
+    <t>12P06336</t>
+  </si>
+  <si>
+    <t>ВВГнг(А) 2*1,5ок(N)-1</t>
+  </si>
+  <si>
+    <t>22403520</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСКн  1*3,046 Д 4,90</t>
+  </si>
+  <si>
+    <t>52500100</t>
   </si>
   <si>
     <t>ПуГВ 1*6 450/750 В</t>
   </si>
   <si>
-    <t>32P02333</t>
-[...86 lines deleted...]
-    <t>22P04206</t>
+    <t>32P02335</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*95+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>22313813</t>
+  </si>
+  <si>
+    <t>22509840</t>
+  </si>
+  <si>
+    <t>12P05736</t>
+  </si>
+  <si>
+    <t>12P01859</t>
+  </si>
+  <si>
+    <t>ААБл 3*120-10</t>
+  </si>
+  <si>
+    <t>22P05137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КМЖ  4*2,5-750  Д 10,1</t>
+  </si>
+  <si>
+    <t>52260069</t>
+  </si>
+  <si>
+    <t>СИП-2 3*35+1*50-0.6/1</t>
+  </si>
+  <si>
+    <t>22509332</t>
+  </si>
+  <si>
+    <t>12P06338</t>
+  </si>
+  <si>
+    <t>АСБл 3*240(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04554</t>
+  </si>
+  <si>
+    <t>22509812</t>
+  </si>
+  <si>
+    <t>Электросталь</t>
+  </si>
+  <si>
+    <t>СИП-2 3*50+1*54,6+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22512040</t>
+  </si>
+  <si>
+    <t>22516459</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*0,108 Д 3,20</t>
+  </si>
+  <si>
+    <t>52503877</t>
+  </si>
+  <si>
+    <t>12P04673</t>
+  </si>
+  <si>
+    <t>ПуГВ 1*25 450/750 В зелено-желтый</t>
+  </si>
+  <si>
+    <t>22509602</t>
+  </si>
+  <si>
+    <t>ААБл 3*185(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04937</t>
+  </si>
+  <si>
+    <t>22516027</t>
+  </si>
+  <si>
+    <t>СИП-2 3*25+1*35-0.6/1</t>
+  </si>
+  <si>
+    <t>22512185</t>
+  </si>
+  <si>
+    <t>12P05428</t>
+  </si>
+  <si>
+    <t>12P03405</t>
+  </si>
+  <si>
+    <t>Екатеринбург</t>
+  </si>
+  <si>
+    <t>Зажим 153N+BI</t>
+  </si>
+  <si>
+    <t>ШТ</t>
+  </si>
+  <si>
+    <t>AX000369</t>
+  </si>
+  <si>
+    <t>AX000368</t>
+  </si>
+  <si>
+    <t>22514638</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСКн  1*1,226 Д 4,00</t>
+  </si>
+  <si>
+    <t>52503923</t>
+  </si>
+  <si>
+    <t>ККЗ ИК ПвЭПнг(А)-HF-ХЛ 4*2*0,78</t>
+  </si>
+  <si>
+    <t>32504566</t>
+  </si>
+  <si>
+    <t>52503946</t>
+  </si>
+  <si>
+    <t>22513340</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*0,432 Д 3,40</t>
+  </si>
+  <si>
+    <t>52503888</t>
+  </si>
+  <si>
+    <t>22P05138</t>
+  </si>
+  <si>
+    <t>ОГРАНИЧИТЕЛЬ ОР 600/28</t>
+  </si>
+  <si>
+    <t>AX000401</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный (CTN 70 А)-ВК</t>
+  </si>
+  <si>
+    <t>3444/8</t>
+  </si>
+  <si>
+    <t>32410128</t>
+  </si>
+  <si>
+    <t>ААБл 3*185(ож)-6</t>
+  </si>
+  <si>
+    <t>22P02504</t>
   </si>
   <si>
     <t>СИП-2 3*50+1*50-0.6/1</t>
   </si>
   <si>
-    <t>22314887</t>
-[...8 lines deleted...]
-    <t>22400974</t>
+    <t>12P06241</t>
+  </si>
+  <si>
+    <t>22P05203</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 3*6ок-0.66</t>
+  </si>
+  <si>
+    <t>22503383</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*70+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22515909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*0,171 Д 3,20</t>
+  </si>
+  <si>
+    <t>52503916</t>
+  </si>
+  <si>
+    <t>12P03948</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 5*35мк(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22515091</t>
+  </si>
+  <si>
+    <t>22516478</t>
+  </si>
+  <si>
+    <t>52503924</t>
+  </si>
+  <si>
+    <t>Зажим SL 25.2</t>
+  </si>
+  <si>
+    <t>12-12</t>
+  </si>
+  <si>
+    <t>22514631</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 4*2*0,75</t>
+  </si>
+  <si>
+    <t>32P00236</t>
+  </si>
+  <si>
+    <t>22516917</t>
+  </si>
+  <si>
+    <t>52503932</t>
+  </si>
+  <si>
+    <t>12P06143</t>
+  </si>
+  <si>
+    <t>52561502</t>
+  </si>
+  <si>
+    <t>22516011</t>
+  </si>
+  <si>
+    <t>22513345</t>
+  </si>
+  <si>
+    <t>12P01176</t>
+  </si>
+  <si>
+    <t>22514470</t>
+  </si>
+  <si>
+    <t>12P05731</t>
+  </si>
+  <si>
+    <t>КВБбШв 7*1,5</t>
+  </si>
+  <si>
+    <t>22504896</t>
+  </si>
+  <si>
+    <t>Зажим 151N+BI</t>
+  </si>
+  <si>
+    <t>AX000388</t>
+  </si>
+  <si>
+    <t>22503438</t>
+  </si>
+  <si>
+    <t>52503956</t>
+  </si>
+  <si>
+    <t>22P05100</t>
+  </si>
+  <si>
+    <t>ТРАВЕРСА ТС 1</t>
+  </si>
+  <si>
+    <t>18065</t>
+  </si>
+  <si>
+    <t>52503907</t>
+  </si>
+  <si>
+    <t>12P05429</t>
+  </si>
+  <si>
+    <t>Зажим 71+BI</t>
+  </si>
+  <si>
+    <t>AX000385</t>
+  </si>
+  <si>
+    <t>52503919</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 70N</t>
+  </si>
+  <si>
+    <t>AX000380</t>
+  </si>
+  <si>
+    <t>ААБл 3*120(ож)-10</t>
+  </si>
+  <si>
+    <t>22P05184</t>
+  </si>
+  <si>
+    <t>Зажим PS 4-16/70</t>
+  </si>
+  <si>
+    <t>AX000410</t>
+  </si>
+  <si>
+    <t>32P00266</t>
+  </si>
+  <si>
+    <t>22516871</t>
+  </si>
+  <si>
+    <t>СИП-1 3*70+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>22302214</t>
+  </si>
+  <si>
+    <t>22510098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСКн  1*1,96 Д 4,40</t>
+  </si>
+  <si>
+    <t>52503994</t>
+  </si>
+  <si>
+    <t>22516603</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 1*2*0,75</t>
+  </si>
+  <si>
+    <t>32P00322</t>
+  </si>
+  <si>
+    <t>22214818</t>
+  </si>
+  <si>
+    <t>32410137</t>
+  </si>
+  <si>
+    <t>52503989</t>
+  </si>
+  <si>
+    <t>12P03795</t>
+  </si>
+  <si>
+    <t>52503862</t>
+  </si>
+  <si>
+    <t>52503968</t>
+  </si>
+  <si>
+    <t>12P05726</t>
+  </si>
+  <si>
+    <t>22P04757</t>
+  </si>
+  <si>
+    <t>12P04775</t>
+  </si>
+  <si>
+    <t>52503863</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 95</t>
+  </si>
+  <si>
+    <t>AX000373</t>
+  </si>
+  <si>
+    <t>52503962</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*70+2*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22515725</t>
+  </si>
+  <si>
+    <t>52503964</t>
+  </si>
+  <si>
+    <t>АПвПу2г 1*240мк/50-10</t>
+  </si>
+  <si>
+    <t>42502825</t>
+  </si>
+  <si>
+    <t>22P03377</t>
+  </si>
+  <si>
+    <t>12P03731</t>
+  </si>
+  <si>
+    <t>Наконечник CPTAUR 16</t>
+  </si>
+  <si>
+    <t>AX000376</t>
+  </si>
+  <si>
+    <t>12P05024</t>
+  </si>
+  <si>
+    <t>52503939</t>
+  </si>
+  <si>
+    <t>52503992</t>
+  </si>
+  <si>
+    <t>32P00237</t>
+  </si>
+  <si>
+    <t>52503861</t>
+  </si>
+  <si>
+    <t>52503972</t>
+  </si>
+  <si>
+    <t>22515697</t>
+  </si>
+  <si>
+    <t>52503970</t>
+  </si>
+  <si>
+    <t>22514657</t>
+  </si>
+  <si>
+    <t>12P06155</t>
+  </si>
+  <si>
+    <t>32510040</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-FRLS 3*1,5ок-1</t>
+  </si>
+  <si>
+    <t>32500610</t>
+  </si>
+  <si>
+    <t>22516883</t>
+  </si>
+  <si>
+    <t>32510035</t>
+  </si>
+  <si>
+    <t>СИП-2 1*25+1*35-0.6/1</t>
+  </si>
+  <si>
+    <t>22516386</t>
+  </si>
+  <si>
+    <t>52503860</t>
+  </si>
+  <si>
+    <t>52503988</t>
+  </si>
+  <si>
+    <t>Зажим MJPВ 25</t>
+  </si>
+  <si>
+    <t>AX000378</t>
+  </si>
+  <si>
+    <t>12P06191</t>
+  </si>
+  <si>
+    <t>Муфта СТП 3*70/120 - 10</t>
+  </si>
+  <si>
+    <t>14271</t>
+  </si>
+  <si>
+    <t>22P02760</t>
+  </si>
+  <si>
+    <t>52503889</t>
+  </si>
+  <si>
+    <t>22513344</t>
+  </si>
+  <si>
+    <t>12P05432</t>
+  </si>
+  <si>
+    <t>СИП-4 4*70-0.6/1</t>
+  </si>
+  <si>
+    <t>12P05365</t>
+  </si>
+  <si>
+    <t>12P05583</t>
+  </si>
+  <si>
+    <t>22514274</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 5*25мк(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22511133</t>
+  </si>
+  <si>
+    <t>52503875</t>
+  </si>
+  <si>
+    <t>ААБл 3*95-10</t>
+  </si>
+  <si>
+    <t>22P04374</t>
+  </si>
+  <si>
+    <t>12214340</t>
+  </si>
+  <si>
+    <t>52503865</t>
+  </si>
+  <si>
+    <t>52503967</t>
+  </si>
+  <si>
+    <t>52503879</t>
+  </si>
+  <si>
+    <t>22510127</t>
+  </si>
+  <si>
+    <t>52503868</t>
+  </si>
+  <si>
+    <t>52503980</t>
+  </si>
+  <si>
+    <t>52503993</t>
+  </si>
+  <si>
+    <t>52503878</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 50</t>
+  </si>
+  <si>
+    <t>AX000386</t>
+  </si>
+  <si>
+    <t>22516914</t>
+  </si>
+  <si>
+    <t>52503943</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 5*95мс(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22509387</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А) 4*1,5</t>
+  </si>
+  <si>
+    <t>22405486</t>
+  </si>
+  <si>
+    <t>22516078</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*50-0.6/1</t>
+  </si>
+  <si>
+    <t>12N02741</t>
+  </si>
+  <si>
+    <t>ААБл 3*240(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04747</t>
+  </si>
+  <si>
+    <t>12P06266</t>
+  </si>
+  <si>
+    <t>52503931</t>
+  </si>
+  <si>
+    <t>22507155</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСКн  1*0,302 Д 3,20</t>
+  </si>
+  <si>
+    <t>52500221</t>
+  </si>
+  <si>
+    <t>12P06322</t>
+  </si>
+  <si>
+    <t>22512334</t>
+  </si>
+  <si>
+    <t>52503999</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-ХЛ 5*6ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22400057</t>
+  </si>
+  <si>
+    <t>32301629</t>
+  </si>
+  <si>
+    <t>22407261</t>
+  </si>
+  <si>
+    <t>22514286</t>
+  </si>
+  <si>
+    <t>52503950</t>
+  </si>
+  <si>
+    <t>22516882</t>
+  </si>
+  <si>
+    <t>22509841</t>
+  </si>
+  <si>
+    <t>22P01191</t>
+  </si>
+  <si>
+    <t>АПвПу2гж 1*500мк/70-20</t>
+  </si>
+  <si>
+    <t>41702528</t>
+  </si>
+  <si>
+    <t>22P04506</t>
+  </si>
+  <si>
+    <t>22512422</t>
+  </si>
+  <si>
+    <t>12P04132</t>
+  </si>
+  <si>
+    <t>12P06635</t>
+  </si>
+  <si>
+    <t>52503987</t>
+  </si>
+  <si>
+    <t>ААБл 3*240-10</t>
+  </si>
+  <si>
+    <t>22P05167</t>
+  </si>
+  <si>
+    <t>22511410</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*70-0.6/1</t>
+  </si>
+  <si>
+    <t>12P06179</t>
+  </si>
+  <si>
+    <t>22512039</t>
+  </si>
+  <si>
+    <t>22509285</t>
+  </si>
+  <si>
+    <t>12P06199</t>
+  </si>
+  <si>
+    <t>22514696</t>
+  </si>
+  <si>
+    <t>22506110</t>
+  </si>
+  <si>
+    <t>12P06224</t>
+  </si>
+  <si>
+    <t>52503899</t>
+  </si>
+  <si>
+    <t>32502771</t>
+  </si>
+  <si>
+    <t>32510039</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 3*1,5ок(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22515648</t>
+  </si>
+  <si>
+    <t>22515682</t>
+  </si>
+  <si>
+    <t>ААБл 3*70(ож)-10</t>
+  </si>
+  <si>
+    <t>22P05206</t>
+  </si>
+  <si>
+    <t>22510096</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 50N</t>
+  </si>
+  <si>
+    <t>964-6</t>
+  </si>
+  <si>
+    <t>АСБл 3*185(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04447</t>
+  </si>
+  <si>
+    <t>22514658</t>
+  </si>
+  <si>
+    <t>НАКОНЕЧНИК CPTAR 25</t>
+  </si>
+  <si>
+    <t>AX000412</t>
+  </si>
+  <si>
+    <t>52503906</t>
+  </si>
+  <si>
+    <t>МУФТАHITI 1205L</t>
+  </si>
+  <si>
+    <t>AX000245</t>
+  </si>
+  <si>
+    <t>22P04513</t>
+  </si>
+  <si>
+    <t>22P04208</t>
+  </si>
+  <si>
+    <t>52503991</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 3*50мк(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22510730</t>
+  </si>
+  <si>
+    <t>22516903</t>
+  </si>
+  <si>
+    <t>22510108</t>
+  </si>
+  <si>
+    <t>22513356</t>
+  </si>
+  <si>
+    <t>52561500</t>
+  </si>
+  <si>
+    <t>52503905</t>
+  </si>
+  <si>
+    <t>52503984</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 10*2*0,75</t>
+  </si>
+  <si>
+    <t>32P00208</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 10*6</t>
+  </si>
+  <si>
+    <t>22509174</t>
+  </si>
+  <si>
+    <t>52503885</t>
+  </si>
+  <si>
+    <t>22515712</t>
+  </si>
+  <si>
+    <t>22515948</t>
+  </si>
+  <si>
+    <t>22514281</t>
+  </si>
+  <si>
+    <t>Зажим N 70</t>
+  </si>
+  <si>
+    <t>AX000370</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS-ХЛ 5*10ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22516485</t>
+  </si>
+  <si>
+    <t>52503872</t>
+  </si>
+  <si>
+    <t>12P00225</t>
+  </si>
+  <si>
+    <t>22506047</t>
+  </si>
+  <si>
+    <t>12P04253</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*95+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22206378</t>
+  </si>
+  <si>
+    <t>Смазка GN 250</t>
+  </si>
+  <si>
+    <t>AX000413</t>
+  </si>
+  <si>
+    <t>52503886</t>
+  </si>
+  <si>
+    <t>52503903</t>
+  </si>
+  <si>
+    <t>Зажим DN 35</t>
+  </si>
+  <si>
+    <t>AX000367</t>
+  </si>
+  <si>
+    <t>22507322</t>
+  </si>
+  <si>
+    <t>22P01192</t>
+  </si>
+  <si>
+    <t>12P06130</t>
+  </si>
+  <si>
+    <t>52503917</t>
+  </si>
+  <si>
+    <t>22509392</t>
+  </si>
+  <si>
+    <t>12P06156</t>
+  </si>
+  <si>
+    <t>22512232</t>
+  </si>
+  <si>
+    <t>Устройство M 6D</t>
+  </si>
+  <si>
+    <t>AX000393</t>
+  </si>
+  <si>
+    <t>22516462</t>
+  </si>
+  <si>
+    <t>22513307</t>
+  </si>
+  <si>
+    <t>52503934</t>
+  </si>
+  <si>
+    <t>22516457</t>
+  </si>
+  <si>
+    <t>22516915</t>
+  </si>
+  <si>
+    <t>ЧУЛОК CM 1750</t>
+  </si>
+  <si>
+    <t>AX000383</t>
+  </si>
+  <si>
+    <t>52504000</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 10*1,0</t>
+  </si>
+  <si>
+    <t>22405224</t>
+  </si>
+  <si>
+    <t>22514309</t>
+  </si>
+  <si>
+    <t>Кабель КМПЭВ 10х0,35-500В ТУ 16-705.169-80 (Электрокабель)</t>
+  </si>
+  <si>
+    <t>09140716</t>
+  </si>
+  <si>
+    <t>22507593</t>
+  </si>
+  <si>
+    <t>52503947</t>
+  </si>
+  <si>
+    <t>22P05211</t>
+  </si>
+  <si>
+    <t>52503933</t>
+  </si>
+  <si>
+    <t>52503959</t>
+  </si>
+  <si>
+    <t>32301625</t>
+  </si>
+  <si>
+    <t>22512571</t>
+  </si>
+  <si>
+    <t>12N02249</t>
+  </si>
+  <si>
+    <t>22513328</t>
+  </si>
+  <si>
+    <t>22516727</t>
+  </si>
+  <si>
+    <t>22516897</t>
+  </si>
+  <si>
+    <t>52503884</t>
+  </si>
+  <si>
+    <t>22513354</t>
+  </si>
+  <si>
+    <t>УСТРОЙСТВО ДЛЯ МОНТАЖА (ПРОТЯЖКИ) ПРОВОДА</t>
+  </si>
+  <si>
+    <t>AX000247</t>
+  </si>
+  <si>
+    <t>52503997</t>
+  </si>
+  <si>
+    <t>22516553</t>
+  </si>
+  <si>
+    <t>12P04670</t>
+  </si>
+  <si>
+    <t>Зажим PSP 25/120R</t>
+  </si>
+  <si>
+    <t>AX000403</t>
+  </si>
+  <si>
+    <t>52503974</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 7*1,5</t>
+  </si>
+  <si>
+    <t>22504329</t>
+  </si>
+  <si>
+    <t>Аппаратный зажим CD 82 50 100 C290-C</t>
+  </si>
+  <si>
+    <t>00000001</t>
+  </si>
+  <si>
+    <t>12P06131</t>
+  </si>
+  <si>
+    <t>Зажим MJPВ 6-16</t>
+  </si>
+  <si>
+    <t>AX000372</t>
+  </si>
+  <si>
+    <t>22516984</t>
+  </si>
+  <si>
+    <t>52503982</t>
+  </si>
+  <si>
+    <t>52503913</t>
+  </si>
+  <si>
+    <t>52561501</t>
+  </si>
+  <si>
+    <t>52503902</t>
+  </si>
+  <si>
+    <t>22414517</t>
+  </si>
+  <si>
+    <t>52503896</t>
   </si>
   <si>
     <t>ААБл 3*150-10</t>
   </si>
   <si>
-    <t>22P02820</t>
-[...680 lines deleted...]
-    <t>32P00236</t>
+    <t>22P04416</t>
+  </si>
+  <si>
+    <t>ААБл 3*150(ож)-10</t>
+  </si>
+  <si>
+    <t>22P03648</t>
+  </si>
+  <si>
+    <t>52503971</t>
+  </si>
+  <si>
+    <t>52503945</t>
+  </si>
+  <si>
+    <t>52503955</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 25N</t>
+  </si>
+  <si>
+    <t>AX000398</t>
+  </si>
+  <si>
+    <t>22N04267</t>
+  </si>
+  <si>
+    <t>52503930</t>
+  </si>
+  <si>
+    <t>НАКОНЕЧНИК CPTAR 35</t>
+  </si>
+  <si>
+    <t>AX000411</t>
+  </si>
+  <si>
+    <t>52503963</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 27*1,5</t>
+  </si>
+  <si>
+    <t>22412921</t>
+  </si>
+  <si>
+    <t>22516898</t>
+  </si>
+  <si>
+    <t>52503954</t>
+  </si>
+  <si>
+    <t>52503948</t>
+  </si>
+  <si>
+    <t>32510038</t>
+  </si>
+  <si>
+    <t>22510218</t>
+  </si>
+  <si>
+    <t>52503978</t>
+  </si>
+  <si>
+    <t>32510043</t>
+  </si>
+  <si>
+    <t>32410129</t>
+  </si>
+  <si>
+    <t>32408044</t>
+  </si>
+  <si>
+    <t>52503926</t>
+  </si>
+  <si>
+    <t>52503925</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 37*1,5</t>
+  </si>
+  <si>
+    <t>32E03651</t>
+  </si>
+  <si>
+    <t>22516497</t>
+  </si>
+  <si>
+    <t>22512573</t>
+  </si>
+  <si>
+    <t>22515911</t>
+  </si>
+  <si>
+    <t>12P04789</t>
+  </si>
+  <si>
+    <t>52503966</t>
+  </si>
+  <si>
+    <t>52503995</t>
+  </si>
+  <si>
+    <t>22P05177</t>
+  </si>
+  <si>
+    <t>12P06205</t>
+  </si>
+  <si>
+    <t>12P05728</t>
+  </si>
+  <si>
+    <t>12P05364</t>
+  </si>
+  <si>
+    <t>22512420</t>
+  </si>
+  <si>
+    <t>52504002</t>
+  </si>
+  <si>
+    <t>22516887</t>
+  </si>
+  <si>
+    <t>22411917</t>
+  </si>
+  <si>
+    <t>22512312</t>
+  </si>
+  <si>
+    <t>52561513</t>
+  </si>
+  <si>
+    <t>12P05815</t>
+  </si>
+  <si>
+    <t>12P05729</t>
+  </si>
+  <si>
+    <t>52503911</t>
+  </si>
+  <si>
+    <t>52500101</t>
+  </si>
+  <si>
+    <t>КВБбШвнг(А)-LS 7*1,5</t>
+  </si>
+  <si>
+    <t>22414831</t>
+  </si>
+  <si>
+    <t>22414824</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 19*1,5</t>
+  </si>
+  <si>
+    <t>22407979</t>
+  </si>
+  <si>
+    <t>22P05215</t>
+  </si>
+  <si>
+    <t>52503915</t>
+  </si>
+  <si>
+    <t>52503893</t>
+  </si>
+  <si>
+    <t>52503936</t>
+  </si>
+  <si>
+    <t>22516632</t>
+  </si>
+  <si>
+    <t>22516879</t>
+  </si>
+  <si>
+    <t>22514642</t>
   </si>
   <si>
     <t>Алматы</t>
   </si>
   <si>
-    <t>АСБл 3*240(ож)-10</t>
-[...77 lines deleted...]
-    <t>12P03551</t>
+    <t>СИП-2 4*16+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>12F08562</t>
+  </si>
+  <si>
+    <t>52503920</t>
+  </si>
+  <si>
+    <t>12R09737</t>
+  </si>
+  <si>
+    <t>52503941</t>
+  </si>
+  <si>
+    <t>Устройство MAT</t>
+  </si>
+  <si>
+    <t>730/1_2</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-ХЛ 3*2,5ок-1</t>
+  </si>
+  <si>
+    <t>32H02979</t>
+  </si>
+  <si>
+    <t>52503929</t>
+  </si>
+  <si>
+    <t>52503976</t>
+  </si>
+  <si>
+    <t>22514283</t>
+  </si>
+  <si>
+    <t>52503944</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КТМСэпНН  2*0,64 Д 4,5</t>
+  </si>
+  <si>
+    <t>52410212</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 35 (ВК)</t>
+  </si>
+  <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>22516456</t>
+  </si>
+  <si>
+    <t>52503869</t>
+  </si>
+  <si>
+    <t>МУФТАHIT3 1203L</t>
+  </si>
+  <si>
+    <t>AX000246</t>
+  </si>
+  <si>
+    <t>22516713</t>
+  </si>
+  <si>
+    <t>12P05362</t>
+  </si>
+  <si>
+    <t>22P01996</t>
+  </si>
+  <si>
+    <t>КВБбШвнг(А)-LS 4*2,5</t>
+  </si>
+  <si>
+    <t>22313255</t>
+  </si>
+  <si>
+    <t>12P05427</t>
+  </si>
+  <si>
+    <t>52504003</t>
+  </si>
+  <si>
+    <t>ААБл 3*185-10</t>
+  </si>
+  <si>
+    <t>22P05017</t>
+  </si>
+  <si>
+    <t>12P06125</t>
+  </si>
+  <si>
+    <t>12P05730</t>
+  </si>
+  <si>
+    <t>12P03458</t>
+  </si>
+  <si>
+    <t>52503921</t>
+  </si>
+  <si>
+    <t>22514651</t>
+  </si>
+  <si>
+    <t>12P04961</t>
+  </si>
+  <si>
+    <t>22514537</t>
+  </si>
+  <si>
+    <t>Предохранитель бытовой 8.5*31.5 10А</t>
+  </si>
+  <si>
+    <t>AX000406</t>
+  </si>
+  <si>
+    <t>22516619</t>
+  </si>
+  <si>
+    <t>12P05363</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 10*1,5</t>
+  </si>
+  <si>
+    <t>22403908</t>
+  </si>
+  <si>
+    <t>22512696</t>
+  </si>
+  <si>
+    <t>52503979</t>
+  </si>
+  <si>
+    <t>52503866</t>
+  </si>
+  <si>
+    <t>Зажим PS 54QC</t>
+  </si>
+  <si>
+    <t>3011/1</t>
+  </si>
+  <si>
+    <t>AX000381</t>
+  </si>
+  <si>
+    <t>52503909</t>
+  </si>
+  <si>
+    <t>52561511</t>
+  </si>
+  <si>
+    <t>52503892</t>
+  </si>
+  <si>
+    <t>52561510</t>
+  </si>
+  <si>
+    <t>52503900</t>
+  </si>
+  <si>
+    <t>12P06176</t>
+  </si>
+  <si>
+    <t>12P06047</t>
+  </si>
+  <si>
+    <t>22514687</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 5*2*0,75</t>
+  </si>
+  <si>
+    <t>32P00189</t>
+  </si>
+  <si>
+    <t>22514548</t>
+  </si>
+  <si>
+    <t>22514652</t>
+  </si>
+  <si>
+    <t>ОГРАНИЧИТЕЛЬ ОР 600/50</t>
+  </si>
+  <si>
+    <t>AX000405</t>
+  </si>
+  <si>
+    <t>Муфта концевая OHVT-145CW-C51D-83-B2A</t>
+  </si>
+  <si>
+    <t>00000002</t>
+  </si>
+  <si>
+    <t>12P05724</t>
+  </si>
+  <si>
+    <t>52503870</t>
+  </si>
+  <si>
+    <t>22Z00310</t>
+  </si>
+  <si>
+    <t>52503975</t>
+  </si>
+  <si>
+    <t>2934/1</t>
+  </si>
+  <si>
+    <t>52503985</t>
+  </si>
+  <si>
+    <t>Зажим CT 1S 95А</t>
+  </si>
+  <si>
+    <t>UNC-177009</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 4*1,5ок(N)-0.66</t>
+  </si>
+  <si>
+    <t>22510373</t>
+  </si>
+  <si>
+    <t>52503874</t>
+  </si>
+  <si>
+    <t>22P04722</t>
+  </si>
+  <si>
+    <t>52503960</t>
+  </si>
+  <si>
+    <t>12P06238</t>
+  </si>
+  <si>
+    <t>52503891</t>
+  </si>
+  <si>
+    <t>22414236</t>
+  </si>
+  <si>
+    <t>22P04768</t>
+  </si>
+  <si>
+    <t>52503938</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-FRLS 4*2,5</t>
+  </si>
+  <si>
+    <t>32401547</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПуГВнг(А)-LS 1*4  450/750 В зелено-желтый</t>
+  </si>
+  <si>
+    <t>32500700</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 7*2,5</t>
+  </si>
+  <si>
+    <t>22514984</t>
+  </si>
+  <si>
+    <t>12P03784</t>
+  </si>
+  <si>
+    <t>АПвБШп 4*240мс(N)-1</t>
+  </si>
+  <si>
+    <t>31N03108</t>
+  </si>
+  <si>
+    <t>ВВГЭнг(А)-LS 3*1,5ок(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22515647</t>
+  </si>
+  <si>
+    <t>52503942</t>
+  </si>
+  <si>
+    <t>52503986</t>
+  </si>
+  <si>
+    <t>AX000371</t>
+  </si>
+  <si>
+    <t>22511219</t>
+  </si>
+  <si>
+    <t>AX000392</t>
+  </si>
+  <si>
+    <t>АВБШвнг(А)-ХЛ 3*2,5ок-0.66</t>
+  </si>
+  <si>
+    <t>22502103</t>
+  </si>
+  <si>
+    <t>32406681</t>
+  </si>
+  <si>
+    <t>12P06168</t>
+  </si>
+  <si>
+    <t>ПРЕСС HT 50</t>
+  </si>
+  <si>
+    <t>AX000391</t>
+  </si>
+  <si>
+    <t>ТРАВЕРСА ТМ 5</t>
+  </si>
+  <si>
+    <t>18097</t>
+  </si>
+  <si>
+    <t>22509853</t>
+  </si>
+  <si>
+    <t>52561509</t>
+  </si>
+  <si>
+    <t>52503977</t>
+  </si>
+  <si>
+    <t>52503887</t>
+  </si>
+  <si>
+    <t>22516880</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 4*35мк(N)-0.66</t>
+  </si>
+  <si>
+    <t>22509547</t>
+  </si>
+  <si>
+    <t>22515711</t>
+  </si>
+  <si>
+    <t>22516275</t>
+  </si>
+  <si>
+    <t>Устройство CE 2</t>
+  </si>
+  <si>
+    <t>AX000382</t>
+  </si>
+  <si>
+    <t>22512394</t>
+  </si>
+  <si>
+    <t>52503897</t>
+  </si>
+  <si>
+    <t>12P06237</t>
+  </si>
+  <si>
+    <t>52503952</t>
+  </si>
+  <si>
+    <t>12P06158</t>
+  </si>
+  <si>
+    <t>12P04141</t>
+  </si>
+  <si>
+    <t>12P05854</t>
+  </si>
+  <si>
+    <t>52500103</t>
+  </si>
+  <si>
+    <t>52503998</t>
+  </si>
+  <si>
+    <t>52503871</t>
+  </si>
+  <si>
+    <t>52503881</t>
+  </si>
+  <si>
+    <t>22513769</t>
+  </si>
+  <si>
+    <t>22509366</t>
+  </si>
+  <si>
+    <t>22501900</t>
+  </si>
+  <si>
+    <t>22512421</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 54.6N</t>
+  </si>
+  <si>
+    <t>AX000379</t>
+  </si>
+  <si>
+    <t>22515876</t>
+  </si>
+  <si>
+    <t>12P02672</t>
+  </si>
+  <si>
+    <t>22404950</t>
+  </si>
+  <si>
+    <t>22513277</t>
+  </si>
+  <si>
+    <t>22514535</t>
+  </si>
+  <si>
+    <t>22P04509</t>
   </si>
   <si>
     <t>СИП-2 3*70+1*54,6+1*16-0.6/1</t>
   </si>
   <si>
-    <t>22514442</t>
-[...11 lines deleted...]
-    <t>32P00322</t>
+    <t/>
+  </si>
+  <si>
+    <t>П-274М 2*0,50</t>
+  </si>
+  <si>
+    <t>31610013/6</t>
+  </si>
+  <si>
+    <t>НРШМ 1*120</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 14*2,5</t>
+  </si>
+  <si>
+    <t>22510035</t>
+  </si>
+  <si>
+    <t>22515681</t>
+  </si>
+  <si>
+    <t>52503996</t>
+  </si>
+  <si>
+    <t>22514549</t>
+  </si>
+  <si>
+    <t>22515355</t>
+  </si>
+  <si>
+    <t>АС 500/64</t>
+  </si>
+  <si>
+    <t>11P00961</t>
+  </si>
+  <si>
+    <t>22P05205</t>
+  </si>
+  <si>
+    <t>22P05136</t>
+  </si>
+  <si>
+    <t>22N04906</t>
+  </si>
+  <si>
+    <t>52503890</t>
+  </si>
+  <si>
+    <t>52504004</t>
+  </si>
+  <si>
+    <t>12P03794</t>
+  </si>
+  <si>
+    <t>ОКБ-Т 6В-7</t>
+  </si>
+  <si>
+    <t>14/2196</t>
+  </si>
+  <si>
+    <t>Корпус PF 4</t>
+  </si>
+  <si>
+    <t>AX000415</t>
   </si>
   <si>
     <t>АСБл 3*50(ож)-10</t>
   </si>
   <si>
-    <t>22P00160</t>
-[...805 lines deleted...]
-  <si>
     <t>22P00161</t>
   </si>
   <si>
     <t>ППГнг(А)-HF-ХЛ 3*2,5ок(N,PE)-1</t>
   </si>
   <si>
     <t>32505813</t>
   </si>
   <si>
-    <t>22512003</t>
+    <t>32510034</t>
   </si>
   <si>
     <t>52500098</t>
   </si>
   <si>
+    <t>52503958</t>
+  </si>
+  <si>
     <t>12P04962</t>
   </si>
   <si>
+    <t>22512309</t>
+  </si>
+  <si>
+    <t>12P06180</t>
+  </si>
+  <si>
+    <t>12P06213</t>
+  </si>
+  <si>
+    <t>52503973</t>
+  </si>
+  <si>
     <t>22P01979</t>
   </si>
   <si>
-    <t>22513762</t>
+    <t>22512311</t>
+  </si>
+  <si>
+    <t>22516458</t>
+  </si>
+  <si>
+    <t>52503935</t>
+  </si>
+  <si>
+    <t>52503981</t>
   </si>
   <si>
     <t>32502780</t>
   </si>
   <si>
+    <t>32510042</t>
+  </si>
+  <si>
     <t>ВВГнг(А)-LS 5*4ок(N,PE)-0.66</t>
   </si>
   <si>
     <t>22408775</t>
   </si>
   <si>
+    <t>52503940</t>
+  </si>
+  <si>
+    <t>52503969</t>
+  </si>
+  <si>
     <t>12P05360</t>
   </si>
   <si>
-    <t>12P05378</t>
-[...4 lines deleted...]
-  <si>
     <t>22P04395</t>
   </si>
   <si>
+    <t>22509439</t>
+  </si>
+  <si>
+    <t>22516024</t>
+  </si>
+  <si>
+    <t>22516247</t>
+  </si>
+  <si>
     <t>52410213</t>
   </si>
   <si>
+    <t>22P05095</t>
+  </si>
+  <si>
     <t>12P05359</t>
   </si>
   <si>
+    <t>52503914</t>
+  </si>
+  <si>
+    <t>52503894</t>
+  </si>
+  <si>
+    <t>22515771</t>
+  </si>
+  <si>
     <t>12P03528</t>
   </si>
   <si>
-    <t>22503353</t>
+    <t>52503912</t>
+  </si>
+  <si>
+    <t>52503867</t>
+  </si>
+  <si>
+    <t>АСБл 3*35(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04383</t>
   </si>
   <si>
     <t>Предохранитель бытовой 8.5х31.5 4А</t>
   </si>
   <si>
     <t>2313/1</t>
   </si>
   <si>
-    <t>12P05349</t>
+    <t>52503918</t>
   </si>
   <si>
     <t>12P05431</t>
   </si>
   <si>
-    <t>12P05409</t>
+    <t>22509847</t>
   </si>
   <si>
     <t>22514483</t>
   </si>
   <si>
-    <t>АСБ 3*240-10</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">ПуГВнг(А)-LS 1*6  450/750 В зелено-желтый</t>
+    <t>22517011</t>
+  </si>
+  <si>
+    <t>12P06326</t>
   </si>
   <si>
     <t>32503336</t>
   </si>
   <si>
-    <t>12P05379</t>
-[...1 lines deleted...]
-  <si>
     <t>33М04163/</t>
   </si>
   <si>
+    <t>12P06185</t>
+  </si>
+  <si>
+    <t>52503983</t>
+  </si>
+  <si>
+    <t>52503961</t>
+  </si>
+  <si>
     <t>Кабель КМПЭВ 7х0,35-500 В ТУ 16-705.169-80 (Электрокабель)</t>
   </si>
   <si>
     <t>07270045</t>
   </si>
   <si>
-    <t>22505825</t>
+    <t>22516888</t>
+  </si>
+  <si>
+    <t>32510036</t>
   </si>
   <si>
     <t>22510888</t>
   </si>
   <si>
     <t>32P00231</t>
   </si>
   <si>
-    <t>12P05351</t>
-[...2 lines deleted...]
-    <t>12P05485</t>
+    <t>22506089</t>
+  </si>
+  <si>
+    <t>22513358</t>
+  </si>
+  <si>
+    <t>12P06041</t>
+  </si>
+  <si>
+    <t>52561503</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 4*1,5ок(N)-1</t>
+  </si>
+  <si>
+    <t>22515646</t>
+  </si>
+  <si>
+    <t>22516318</t>
+  </si>
+  <si>
+    <t>32510037</t>
+  </si>
+  <si>
+    <t>52503901</t>
+  </si>
+  <si>
+    <t>22516707</t>
+  </si>
+  <si>
+    <t>52503859</t>
+  </si>
+  <si>
+    <t>52504005</t>
   </si>
   <si>
     <t>12P03521</t>
   </si>
   <si>
-    <t>22512392</t>
+    <t>12P05727</t>
+  </si>
+  <si>
+    <t>22P05142</t>
+  </si>
+  <si>
+    <t>32510041</t>
+  </si>
+  <si>
+    <t>22515460</t>
   </si>
   <si>
     <t>ААШв 3*185(ож)-10</t>
   </si>
   <si>
     <t>22K08883</t>
   </si>
   <si>
     <t>22509811</t>
   </si>
   <si>
     <t>12P04966</t>
   </si>
   <si>
+    <t>12P06327</t>
+  </si>
+  <si>
+    <t>22516913</t>
+  </si>
+  <si>
+    <t>12P06325</t>
+  </si>
+  <si>
+    <t>52503927</t>
+  </si>
+  <si>
+    <t>52503990</t>
+  </si>
+  <si>
+    <t>22513353</t>
+  </si>
+  <si>
     <t>12P04956</t>
   </si>
   <si>
-    <t>32P02334</t>
-[...2 lines deleted...]
-    <t>12P05077</t>
+    <t>52503880</t>
+  </si>
+  <si>
+    <t>52561499</t>
+  </si>
+  <si>
+    <t>52503876</t>
+  </si>
+  <si>
+    <t>22514697</t>
+  </si>
+  <si>
+    <t>22511709</t>
   </si>
   <si>
     <t>52500105</t>
   </si>
   <si>
+    <t>52503898</t>
+  </si>
+  <si>
+    <t>22P05212</t>
+  </si>
+  <si>
     <t>22514437</t>
   </si>
   <si>
-    <t>12P05358</t>
+    <t>52503895</t>
   </si>
   <si>
     <t>Крюк В 16/240 (ВК)</t>
   </si>
   <si>
     <t>1085/1-13</t>
   </si>
   <si>
-    <t>ААБл 3*185-10</t>
+    <t>52504001</t>
+  </si>
+  <si>
+    <t>52503928</t>
+  </si>
+  <si>
+    <t>22P04935</t>
   </si>
   <si>
     <t>22P04371</t>
   </si>
   <si>
-    <t>22P04202</t>
+    <t>СИП-2 3*50+1*50+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>22516266</t>
+  </si>
+  <si>
+    <t>52503951</t>
   </si>
   <si>
     <t>12P04955</t>
   </si>
   <si>
     <t>22511701</t>
   </si>
   <si>
+    <t>22512280</t>
+  </si>
+  <si>
     <t>КПКЭВнг(А)-FRLS  6*2*1</t>
   </si>
   <si>
     <t>120711</t>
   </si>
   <si>
     <t>КВВГЭнг(А)-LS 4*4</t>
   </si>
   <si>
     <t>22512766</t>
   </si>
   <si>
+    <t>52503858</t>
+  </si>
+  <si>
     <t>231006/27</t>
   </si>
   <si>
+    <t>32Z01481</t>
+  </si>
+  <si>
+    <t>12P01098</t>
+  </si>
+  <si>
     <t>22514438</t>
   </si>
   <si>
-    <t>32Z01481</t>
-[...5 lines deleted...]
-    <t>22511704</t>
+    <t>12P06240</t>
+  </si>
+  <si>
+    <t>22513337</t>
+  </si>
+  <si>
+    <t>22516861</t>
   </si>
   <si>
     <t>22503669</t>
   </si>
   <si>
-    <t>32503335</t>
+    <t>52503953</t>
   </si>
   <si>
     <t>32302149</t>
   </si>
   <si>
-    <t>22P03503</t>
-[...1 lines deleted...]
-  <si>
     <t>12P04957</t>
   </si>
   <si>
+    <t>52503957</t>
+  </si>
+  <si>
+    <t>52503904</t>
+  </si>
+  <si>
+    <t>22P03719</t>
+  </si>
+  <si>
+    <t>22515641</t>
+  </si>
+  <si>
     <t>32502815</t>
   </si>
   <si>
+    <t>12P06181</t>
+  </si>
+  <si>
     <t>12N05676</t>
   </si>
   <si>
     <t>22510271</t>
   </si>
   <si>
     <t>Ролик RT 5</t>
   </si>
   <si>
     <t>AX000396</t>
   </si>
   <si>
+    <t>22516881</t>
+  </si>
+  <si>
     <t>Зажим MJPT 50-70</t>
   </si>
   <si>
     <t>AX000414</t>
   </si>
   <si>
+    <t>22P05144</t>
+  </si>
+  <si>
     <t>32P00187</t>
   </si>
   <si>
-    <t>АСБл 3*95(ож)-10</t>
-[...17 lines deleted...]
-    <t>12P00946</t>
+    <t>12P00767</t>
+  </si>
+  <si>
+    <t>52503922</t>
+  </si>
+  <si>
+    <t>52503873</t>
   </si>
   <si>
     <t>AX000387</t>
   </si>
   <si>
-    <t>22P04392</t>
+    <t>22N04263</t>
+  </si>
+  <si>
+    <t>22516991</t>
+  </si>
+  <si>
+    <t>22516859</t>
   </si>
   <si>
     <t>Устройство CE 1</t>
   </si>
   <si>
     <t>AX000402</t>
   </si>
   <si>
+    <t>22507221</t>
+  </si>
+  <si>
     <t>22511409</t>
   </si>
   <si>
+    <t>ИРКАБ ЦАСБП 3*95ос-10</t>
+  </si>
+  <si>
+    <t>22U00719</t>
+  </si>
+  <si>
     <t>КГТП-ХЛ 5*10 220/380-3</t>
   </si>
   <si>
     <t>32403583</t>
   </si>
   <si>
-    <t>ИРКАБ ЦАСБП 3*95ос-10</t>
-[...4 lines deleted...]
-  <si>
     <t>12P02731</t>
   </si>
   <si>
     <t>ВБШвнг(А)-LS 4*10ок(N)-0.66</t>
   </si>
   <si>
     <t>32108142</t>
   </si>
   <si>
     <t>22P04369</t>
   </si>
   <si>
+    <t>52503965</t>
+  </si>
+  <si>
+    <t>22514538</t>
+  </si>
+  <si>
     <t>22511702</t>
   </si>
   <si>
     <t>22P04453</t>
-  </si>
-[...1 lines deleted...]
-    <t>12P05099</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E476"/>
+  <dimension ref="A1:E737"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.8705644607544" customWidth="1"/>
     <col min="2" max="2" width="59.3079605102539" customWidth="1"/>
     <col min="3" max="3" width="10.081130027771" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="14.1437225341797" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
@@ -2233,8062 +3010,12499 @@
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="0">
         <v>0.45</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="0">
-        <v>0.63</v>
+        <v>1.055</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="0">
-        <v>1.055</v>
+        <v>0.485</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="B6" s="0" t="s">
+      <c r="C6" s="0">
+        <v>0.24</v>
+      </c>
+      <c r="D6" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E6" s="0" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="0">
         <v>0.45</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="0">
         <v>0.86</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="0">
-        <v>0.678</v>
+        <v>0.128</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="0">
-        <v>0.155</v>
+        <v>0.53</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="0">
-        <v>0.102</v>
+        <v>0.471</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="0">
-        <v>0.471</v>
+        <v>0.51</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="C13" s="0">
-        <v>0.51</v>
+        <v>1.603</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C14" s="0">
-        <v>1.101</v>
+        <v>0.225</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="C15" s="0">
-        <v>0.301</v>
+        <v>0.6</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C16" s="0">
-        <v>1.603</v>
+        <v>0.335</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C17" s="0">
-        <v>0.122</v>
+        <v>1.311</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C18" s="0">
-        <v>0.225</v>
+        <v>0.47</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="C19" s="0">
-        <v>0.6</v>
+        <v>1.072</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C20" s="0">
-        <v>0.335</v>
+        <v>0.024</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="C21" s="0">
-        <v>0.387</v>
+        <v>1.29</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C22" s="0">
-        <v>1.311</v>
+        <v>0.515</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="C23" s="0">
-        <v>0.47</v>
+        <v>0.639</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="C24" s="0">
-        <v>0.086</v>
+        <v>0.305</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C25" s="0">
-        <v>0.024</v>
+        <v>0.442</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C26" s="0">
-        <v>0.154</v>
+        <v>0.368</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C27" s="0">
-        <v>0.515</v>
+        <v>0.262</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C28" s="0">
-        <v>0.368</v>
+        <v>0.0532</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="C29" s="0">
-        <v>0.442</v>
+        <v>0.52</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="C30" s="0">
-        <v>1.938</v>
+        <v>1.5</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="C31" s="0">
-        <v>0.262</v>
+        <v>0.94</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="C32" s="0">
-        <v>0.0532</v>
+        <v>0.87</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B33" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C33" s="0">
+        <v>0.785</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E33" s="0" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="C34" s="0">
-        <v>0.032</v>
+        <v>0.486</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="C35" s="0">
-        <v>0.52</v>
+        <v>0.06</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B36" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C36" s="0">
+        <v>0.311</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E36" s="0" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B37" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C37" s="0">
+        <v>0.442</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E37" s="0" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B38" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C38" s="0">
+        <v>0.205</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E38" s="0" t="s">
         <v>69</v>
-      </c>
-[...7 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B39" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C39" s="0">
+        <v>0.031</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E39" s="0" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B40" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C40" s="0">
+        <v>0.009</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E40" s="0" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B41" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C41" s="0">
+        <v>0.603</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E41" s="0" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B42" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C42" s="0">
+        <v>0.27</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E42" s="0" t="s">
         <v>77</v>
-      </c>
-[...7 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="C43" s="0">
-        <v>0.27</v>
+        <v>1.2</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="C44" s="0">
-        <v>1.058</v>
+        <v>1.125</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>14</v>
+        <v>80</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
       <c r="C45" s="0">
-        <v>0.416</v>
+        <v>2.028</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="C46" s="0">
-        <v>0.457</v>
+        <v>0.416</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>86</v>
+        <v>38</v>
       </c>
       <c r="C47" s="0">
-        <v>0.26</v>
+        <v>0.457</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C48" s="0">
-        <v>0.37</v>
+        <v>0.26</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C49" s="0">
-        <v>0.25</v>
+        <v>0.37</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C50" s="0">
-        <v>0.22</v>
+        <v>0.25</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="C51" s="0">
-        <v>0.05</v>
+        <v>0.22</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="C52" s="0">
-        <v>0.61</v>
+        <v>0.05</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="C53" s="0">
-        <v>0.047</v>
+        <v>0.61</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C54" s="0">
-        <v>0.702</v>
+        <v>2.8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="C55" s="0">
-        <v>0.335</v>
+        <v>0.789</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>5</v>
+        <v>80</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C56" s="0">
-        <v>0.075</v>
+        <v>0.555</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C57" s="0">
-        <v>0.44</v>
+        <v>0.702</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C58" s="0">
-        <v>0.703</v>
+        <v>0.335</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C59" s="0">
-        <v>0.54</v>
+        <v>0.44</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C60" s="0">
-        <v>0.044</v>
+        <v>0.075</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C61" s="0">
-        <v>0.13</v>
+        <v>0.54</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>111</v>
+        <v>24</v>
       </c>
       <c r="C62" s="0">
-        <v>0.294</v>
+        <v>1.444</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>29</v>
+        <v>95</v>
       </c>
       <c r="C63" s="0">
-        <v>0.438</v>
+        <v>3.87</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="C64" s="0">
-        <v>0.16</v>
+        <v>0.6</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C65" s="0">
-        <v>0.235</v>
+        <v>0.13</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>118</v>
+        <v>38</v>
       </c>
       <c r="C66" s="0">
-        <v>0.364</v>
+        <v>0.438</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="C67" s="0">
-        <v>0.2</v>
+        <v>0.058</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="C68" s="0">
-        <v>1.549</v>
+        <v>0.16</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>58</v>
+        <v>118</v>
       </c>
       <c r="C69" s="0">
-        <v>0.05</v>
+        <v>0.235</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>125</v>
+        <v>17</v>
       </c>
       <c r="C70" s="0">
-        <v>0.28</v>
+        <v>1.1</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>127</v>
+        <v>24</v>
       </c>
       <c r="C71" s="0">
-        <v>0.135</v>
+        <v>0.655</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="C72" s="0">
-        <v>0.045</v>
+        <v>0.364</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>51</v>
+        <v>124</v>
       </c>
       <c r="C73" s="0">
-        <v>0.364</v>
+        <v>0.2</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>26</v>
+        <v>126</v>
       </c>
       <c r="C74" s="0">
-        <v>0.552</v>
+        <v>1.549</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>132</v>
+        <v>54</v>
       </c>
       <c r="C75" s="0">
-        <v>1.6</v>
+        <v>0.05</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="C76" s="0">
-        <v>1.74</v>
+        <v>0.28</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="C77" s="0">
-        <v>0.535</v>
+        <v>0.135</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="C78" s="0">
-        <v>1.001</v>
+        <v>1.74</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>138</v>
+        <v>26</v>
       </c>
       <c r="C79" s="0">
-        <v>4.05</v>
+        <v>1.465</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C80" s="0">
-        <v>0.607</v>
+        <v>0.505</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>141</v>
+        <v>95</v>
       </c>
       <c r="C81" s="0">
-        <v>0.058</v>
+        <v>0.607</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>143</v>
+        <v>97</v>
       </c>
       <c r="C82" s="0">
-        <v>0.09</v>
+        <v>0.37</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="C83" s="0">
-        <v>2.532</v>
+        <v>0.95</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="C84" s="0">
-        <v>1.051</v>
+        <v>0.41</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="C85" s="0">
-        <v>2.733</v>
+        <v>0.16</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>151</v>
+        <v>22</v>
       </c>
       <c r="C86" s="0">
-        <v>0.017</v>
+        <v>2.032</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>152</v>
+        <v>142</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>153</v>
+        <v>5</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C87" s="0">
-        <v>4.38</v>
+        <v>1.051</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="C88" s="0">
-        <v>0.681</v>
+        <v>2.733</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>157</v>
+        <v>40</v>
       </c>
       <c r="C89" s="0">
-        <v>0.289</v>
+        <v>0.681</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>159</v>
+        <v>97</v>
       </c>
       <c r="C90" s="0">
         <v>0.2</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>160</v>
+        <v>148</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C91" s="0">
         <v>0.032</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="C92" s="0">
-        <v>0.02</v>
+        <v>0.38</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="C93" s="0">
-        <v>0.01</v>
+        <v>0.531</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>163</v>
+        <v>151</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>51</v>
+        <v>152</v>
       </c>
       <c r="C94" s="0">
-        <v>0.004</v>
+        <v>0.163</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>51</v>
+        <v>154</v>
       </c>
       <c r="C95" s="0">
-        <v>0.01</v>
+        <v>0.245</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="C96" s="0">
-        <v>0.002</v>
+        <v>0.202</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>138</v>
+        <v>24</v>
       </c>
       <c r="C97" s="0">
-        <v>0.179</v>
+        <v>0.102</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>138</v>
+        <v>26</v>
       </c>
       <c r="C98" s="0">
-        <v>0.483</v>
+        <v>1.51</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="C99" s="0">
-        <v>0.163</v>
+        <v>0.13</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="C100" s="0">
-        <v>0.245</v>
+        <v>0.42</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="C101" s="0">
-        <v>0.42</v>
+        <v>0.6</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>53</v>
+        <v>165</v>
       </c>
       <c r="C102" s="0">
-        <v>0.202</v>
+        <v>0.332</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>26</v>
+        <v>167</v>
       </c>
       <c r="C103" s="0">
-        <v>0.102</v>
+        <v>0.206</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>176</v>
+        <v>134</v>
       </c>
       <c r="C104" s="0">
-        <v>0.13</v>
+        <v>0.295</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="C105" s="0">
-        <v>0.45</v>
+        <v>0.529</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="C106" s="0">
-        <v>0.42</v>
+        <v>0.264</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>181</v>
+        <v>165</v>
       </c>
       <c r="C107" s="0">
-        <v>0.6</v>
+        <v>0.238</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>183</v>
+        <v>24</v>
       </c>
       <c r="C108" s="0">
-        <v>0.05</v>
+        <v>0.27</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>184</v>
+        <v>174</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="C109" s="0">
-        <v>0.332</v>
+        <v>1.216</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="C110" s="0">
-        <v>0.379</v>
+        <v>0.025</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>29</v>
+        <v>178</v>
       </c>
       <c r="C111" s="0">
-        <v>0.748</v>
+        <v>0.5</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="C112" s="0">
-        <v>0.206</v>
+        <v>0.23</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>135</v>
+        <v>182</v>
       </c>
       <c r="C113" s="0">
-        <v>0.345</v>
+        <v>0.201</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="C114" s="0">
-        <v>0.529</v>
+        <v>0.46</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="C115" s="0">
-        <v>0.264</v>
+        <v>0.102</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>26</v>
+        <v>187</v>
       </c>
       <c r="C116" s="0">
-        <v>0.27</v>
+        <v>0.214</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="C117" s="0">
-        <v>1.216</v>
+        <v>0.246</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C118" s="0">
-        <v>0.025</v>
+        <v>0.31</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="C119" s="0">
-        <v>0.23</v>
+        <v>1.9</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>176</v>
+        <v>22</v>
       </c>
       <c r="C120" s="0">
-        <v>0.298</v>
+        <v>0.173</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="C121" s="0">
-        <v>0.201</v>
+        <v>0.409</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>15</v>
+        <v>193</v>
       </c>
       <c r="C122" s="0">
-        <v>0.42</v>
+        <v>0.45</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="C123" s="0">
-        <v>0.04</v>
+        <v>0.462</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C124" s="0">
-        <v>0.385</v>
+        <v>0.665</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>209</v>
+        <v>14</v>
       </c>
       <c r="C125" s="0">
-        <v>0.13</v>
+        <v>0.275</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="C126" s="0">
-        <v>0.102</v>
+        <v>0.125</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>71</v>
+        <v>109</v>
       </c>
       <c r="C127" s="0">
-        <v>0.801</v>
+        <v>0.05</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="C128" s="0">
-        <v>0.045</v>
+        <v>21.126</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>138</v>
+        <v>209</v>
       </c>
       <c r="C129" s="0">
-        <v>0.19</v>
+        <v>0.668</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>49</v>
+        <v>211</v>
       </c>
       <c r="C130" s="0">
-        <v>0.206</v>
+        <v>0.047</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="C131" s="0">
-        <v>0.31</v>
+        <v>0.048</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="C132" s="0">
-        <v>1.9</v>
+        <v>0.53</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>222</v>
+        <v>122</v>
       </c>
       <c r="C133" s="0">
-        <v>0.199</v>
+        <v>0.04</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>145</v>
+        <v>218</v>
       </c>
       <c r="C134" s="0">
-        <v>0.173</v>
+        <v>0.08</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C135" s="0">
-        <v>0.05</v>
+        <v>0.183</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>17</v>
+        <v>221</v>
       </c>
       <c r="C136" s="0">
-        <v>1.224</v>
+        <v>0.275</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>227</v>
+        <v>17</v>
       </c>
       <c r="C137" s="0">
-        <v>0.063</v>
+        <v>0.726</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="C138" s="0">
-        <v>0.479</v>
+        <v>0.824</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C139" s="0">
-        <v>0.45</v>
+        <v>1.256</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="C140" s="0">
-        <v>0.462</v>
+        <v>1.321</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>151</v>
+        <v>22</v>
       </c>
       <c r="C141" s="0">
-        <v>1.165</v>
+        <v>1.476</v>
       </c>
       <c r="D141" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="C142" s="0">
-        <v>21.126</v>
+        <v>0.377</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>237</v>
+        <v>40</v>
       </c>
       <c r="C143" s="0">
-        <v>1.168</v>
+        <v>1.421</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="C144" s="0">
-        <v>0.53</v>
+        <v>0.627</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="C145" s="0">
-        <v>0.026</v>
+        <v>0.028</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="C146" s="0">
-        <v>0.454</v>
+        <v>0.002</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="C147" s="0">
-        <v>0.08</v>
+        <v>0.211</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
       <c r="C148" s="0">
-        <v>0.54</v>
+        <v>0.66</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>248</v>
+        <v>17</v>
       </c>
       <c r="C149" s="0">
-        <v>0.824</v>
+        <v>1.785</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>248</v>
+        <v>26</v>
       </c>
       <c r="C150" s="0">
-        <v>1.256</v>
+        <v>0.445</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="C151" s="0">
-        <v>1.321</v>
+        <v>0.296</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>222</v>
+        <v>243</v>
       </c>
       <c r="C152" s="0">
-        <v>0.126</v>
+        <v>0.029</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="C153" s="0">
-        <v>0.627</v>
+        <v>1.215</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>253</v>
+        <v>40</v>
       </c>
       <c r="C154" s="0">
-        <v>0.028</v>
+        <v>3.151</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>31</v>
+        <v>248</v>
       </c>
       <c r="C155" s="0">
-        <v>0.395</v>
+        <v>0.502</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>256</v>
+        <v>50</v>
       </c>
       <c r="C156" s="0">
-        <v>0.211</v>
+        <v>0.818</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>5</v>
+        <v>251</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>6</v>
+        <v>252</v>
       </c>
       <c r="C157" s="0">
-        <v>1.25</v>
+        <v>1</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="C158" s="0">
-        <v>0.445</v>
+        <v>0.86</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>151</v>
+        <v>255</v>
       </c>
       <c r="C159" s="0">
-        <v>0.055</v>
+        <v>0.128</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>261</v>
+        <v>24</v>
       </c>
       <c r="C160" s="0">
-        <v>0.029</v>
+        <v>0.71</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>6</v>
+        <v>258</v>
       </c>
       <c r="C161" s="0">
-        <v>1.25</v>
+        <v>0.15</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>81</v>
+        <v>260</v>
       </c>
       <c r="C162" s="0">
-        <v>0.25</v>
+        <v>0.617</v>
       </c>
       <c r="D162" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>5</v>
+        <v>251</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="C163" s="0">
-        <v>0.818</v>
+        <v>0.975</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C164" s="0">
-        <v>0.15</v>
+        <v>0.248</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="C165" s="0">
-        <v>0.71</v>
+        <v>0.97</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>132</v>
+        <v>24</v>
       </c>
       <c r="C166" s="0">
-        <v>0.248</v>
+        <v>0.299</v>
       </c>
       <c r="D166" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>26</v>
+        <v>268</v>
       </c>
       <c r="C167" s="0">
-        <v>0.299</v>
+        <v>36</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>176</v>
+        <v>268</v>
       </c>
       <c r="C168" s="0">
-        <v>0.97</v>
+        <v>18</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C169" s="0">
+        <v>3</v>
+      </c>
+      <c r="D169" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E169" s="0" t="s">
         <v>272</v>
-      </c>
-[...10 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>153</v>
+        <v>5</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>15</v>
+        <v>273</v>
       </c>
       <c r="C170" s="0">
-        <v>1.18</v>
+        <v>0.198</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C171" s="0">
-        <v>18</v>
+        <v>0.153</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>278</v>
+        <v>213</v>
       </c>
       <c r="C172" s="0">
-        <v>0.153</v>
+        <v>0.113</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
       <c r="C173" s="0">
-        <v>4.5</v>
+        <v>1.72</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>281</v>
+        <v>17</v>
       </c>
       <c r="C174" s="0">
-        <v>40</v>
+        <v>0.78</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="C175" s="0">
-        <v>200</v>
+        <v>0.28</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C176" s="0">
-        <v>20</v>
+        <v>0.302</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="C177" s="0">
-        <v>0.5</v>
+        <v>40</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>98</v>
+        <v>284</v>
       </c>
       <c r="C178" s="0">
-        <v>0.502</v>
+        <v>200</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>289</v>
+        <v>207</v>
       </c>
       <c r="C179" s="0">
-        <v>0.451</v>
+        <v>20</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>29</v>
+        <v>287</v>
       </c>
       <c r="C180" s="0">
-        <v>0.785</v>
+        <v>0.5</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>272</v>
+        <v>16</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="C181" s="0">
-        <v>11</v>
+        <v>1.19</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>294</v>
+        <v>154</v>
       </c>
       <c r="C182" s="0">
-        <v>1</v>
+        <v>0.803</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>296</v>
+        <v>5</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="C183" s="0">
-        <v>0.453</v>
+        <v>0.451</v>
       </c>
       <c r="D183" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>81</v>
+        <v>294</v>
       </c>
       <c r="C184" s="0">
-        <v>0.42</v>
+        <v>0.78</v>
       </c>
       <c r="D184" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>214</v>
+        <v>296</v>
       </c>
       <c r="C185" s="0">
-        <v>0.87</v>
+        <v>0.297</v>
       </c>
       <c r="D185" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>302</v>
+        <v>38</v>
       </c>
       <c r="C186" s="0">
-        <v>0.575</v>
+        <v>0.785</v>
       </c>
       <c r="D186" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="C187" s="0">
-        <v>3</v>
+        <v>0.28</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C188" s="0">
-        <v>0.245</v>
+        <v>0.47</v>
       </c>
       <c r="D188" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>307</v>
+        <v>273</v>
       </c>
       <c r="C189" s="0">
-        <v>0.502</v>
+        <v>0.196</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="C190" s="0">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>176</v>
+        <v>236</v>
       </c>
       <c r="C191" s="0">
-        <v>0.97</v>
+        <v>0.27</v>
       </c>
       <c r="D191" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>272</v>
+        <v>16</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="C192" s="0">
-        <v>52</v>
+        <v>1</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>314</v>
+        <v>45</v>
       </c>
       <c r="C193" s="0">
-        <v>25</v>
+        <v>0.805</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>316</v>
+        <v>273</v>
       </c>
       <c r="C194" s="0">
-        <v>70</v>
+        <v>0.199</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>294</v>
+        <v>24</v>
       </c>
       <c r="C195" s="0">
-        <v>1</v>
+        <v>2.1</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>319</v>
+        <v>255</v>
       </c>
       <c r="C196" s="0">
-        <v>1.02</v>
+        <v>0.107</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>321</v>
+        <v>34</v>
       </c>
       <c r="C197" s="0">
-        <v>0.32</v>
+        <v>1</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C198" s="0">
-        <v>0.22</v>
+        <v>2.5</v>
       </c>
       <c r="D198" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>15</v>
+        <v>109</v>
       </c>
       <c r="C199" s="0">
-        <v>0.73</v>
+        <v>0.42</v>
       </c>
       <c r="D199" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>5</v>
+        <v>251</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>324</v>
+        <v>252</v>
       </c>
       <c r="C200" s="0">
-        <v>0.615</v>
+        <v>0.87</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>235</v>
+        <v>6</v>
       </c>
       <c r="C201" s="0">
-        <v>10.095</v>
+        <v>1.15</v>
       </c>
       <c r="D201" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>326</v>
+        <v>316</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>6</v>
+        <v>317</v>
       </c>
       <c r="C202" s="0">
-        <v>0.291</v>
+        <v>0.575</v>
       </c>
       <c r="D202" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>327</v>
+        <v>318</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="C203" s="0">
-        <v>2.256</v>
+        <v>3</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>330</v>
+        <v>30</v>
       </c>
       <c r="C204" s="0">
-        <v>1.002</v>
+        <v>0.245</v>
       </c>
       <c r="D204" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>26</v>
+        <v>213</v>
       </c>
       <c r="C205" s="0">
-        <v>0.224</v>
+        <v>0.113</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>81</v>
+        <v>248</v>
       </c>
       <c r="C206" s="0">
-        <v>0.284</v>
+        <v>0.502</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="C207" s="0">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>336</v>
+        <v>218</v>
       </c>
       <c r="C208" s="0">
-        <v>0.342</v>
+        <v>0.238</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>337</v>
+        <v>326</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="C209" s="0">
-        <v>0.527</v>
+        <v>0.97</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>339</v>
+        <v>328</v>
       </c>
       <c r="C210" s="0">
-        <v>0.605</v>
+        <v>52</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>340</v>
+        <v>329</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>341</v>
+        <v>296</v>
       </c>
       <c r="C211" s="0">
-        <v>43</v>
+        <v>0.304</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>342</v>
+        <v>330</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>5</v>
+        <v>267</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>24</v>
+        <v>331</v>
       </c>
       <c r="C212" s="0">
-        <v>0.478</v>
+        <v>25</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>51</v>
+        <v>333</v>
       </c>
       <c r="C213" s="0">
-        <v>0.175</v>
+        <v>0.618</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>294</v>
+        <v>335</v>
       </c>
       <c r="C214" s="0">
-        <v>1.001</v>
+        <v>70</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>346</v>
+        <v>306</v>
       </c>
       <c r="C215" s="0">
-        <v>0.56</v>
+        <v>1</v>
       </c>
       <c r="D215" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>348</v>
+        <v>45</v>
       </c>
       <c r="C216" s="0">
-        <v>40</v>
+        <v>0.885</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E216" s="0" t="s">
-        <v>349</v>
+        <v>338</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>31</v>
+        <v>339</v>
       </c>
       <c r="C217" s="0">
-        <v>0.5</v>
+        <v>1.02</v>
       </c>
       <c r="D217" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>138</v>
+        <v>159</v>
       </c>
       <c r="C218" s="0">
-        <v>4.5</v>
+        <v>0.88</v>
       </c>
       <c r="D218" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="C219" s="0">
-        <v>3</v>
+        <v>0.167</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="C220" s="0">
-        <v>0.815</v>
+        <v>0.62</v>
       </c>
       <c r="D220" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>176</v>
+        <v>345</v>
       </c>
       <c r="C221" s="0">
-        <v>0.957</v>
+        <v>2.256</v>
       </c>
       <c r="D221" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>356</v>
+        <v>6</v>
       </c>
       <c r="C222" s="0">
-        <v>0.245</v>
+        <v>0.291</v>
       </c>
       <c r="D222" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>358</v>
+        <v>207</v>
       </c>
       <c r="C223" s="0">
-        <v>0.602</v>
+        <v>10.095</v>
       </c>
       <c r="D223" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>359</v>
+        <v>348</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>149</v>
+        <v>342</v>
       </c>
       <c r="C224" s="0">
-        <v>2.8</v>
+        <v>0.168</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>360</v>
+        <v>349</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="C225" s="0">
-        <v>2.77</v>
+        <v>0.224</v>
       </c>
       <c r="D225" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>362</v>
+        <v>350</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>26</v>
+        <v>211</v>
       </c>
       <c r="C226" s="0">
-        <v>0.567</v>
+        <v>0.316</v>
       </c>
       <c r="D226" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>364</v>
+        <v>232</v>
       </c>
       <c r="C227" s="0">
-        <v>0.296</v>
+        <v>0.128</v>
       </c>
       <c r="D227" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>365</v>
+        <v>352</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>272</v>
+        <v>16</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>366</v>
+        <v>6</v>
       </c>
       <c r="C228" s="0">
-        <v>241</v>
+        <v>1.21</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>367</v>
+        <v>353</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>368</v>
+        <v>333</v>
       </c>
       <c r="C229" s="0">
-        <v>0.325</v>
+        <v>0.837</v>
       </c>
       <c r="D229" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>369</v>
+        <v>354</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>370</v>
+        <v>109</v>
       </c>
       <c r="C230" s="0">
-        <v>0.43</v>
+        <v>0.284</v>
       </c>
       <c r="D230" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>372</v>
+        <v>211</v>
       </c>
       <c r="C231" s="0">
-        <v>0.21</v>
+        <v>0.311</v>
       </c>
       <c r="D231" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E231" s="0" t="s">
-        <v>373</v>
+        <v>356</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>5</v>
+        <v>267</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>51</v>
+        <v>357</v>
       </c>
       <c r="C232" s="0">
-        <v>0.28</v>
+        <v>50</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E232" s="0" t="s">
-        <v>374</v>
+        <v>358</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>37</v>
+        <v>232</v>
       </c>
       <c r="C233" s="0">
-        <v>0.242</v>
+        <v>0.125</v>
       </c>
       <c r="D233" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>375</v>
+        <v>359</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>376</v>
+        <v>360</v>
       </c>
       <c r="C234" s="0">
-        <v>0.276</v>
+        <v>0.315</v>
       </c>
       <c r="D234" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>377</v>
+        <v>361</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>26</v>
+        <v>232</v>
       </c>
       <c r="C235" s="0">
-        <v>0.805</v>
+        <v>0.128</v>
       </c>
       <c r="D235" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>378</v>
+        <v>362</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="C236" s="0">
-        <v>0.283</v>
+        <v>1.36</v>
       </c>
       <c r="D236" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>77</v>
+        <v>260</v>
       </c>
       <c r="C237" s="0">
-        <v>0.545</v>
+        <v>0.342</v>
       </c>
       <c r="D237" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="C238" s="0">
-        <v>0.25</v>
+        <v>0.527</v>
       </c>
       <c r="D238" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>381</v>
+        <v>366</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="C239" s="0">
-        <v>2.77</v>
+        <v>43</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>382</v>
+        <v>368</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>361</v>
+        <v>45</v>
       </c>
       <c r="C240" s="0">
-        <v>2.77</v>
+        <v>0.175</v>
       </c>
       <c r="D240" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>383</v>
+        <v>369</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>384</v>
+        <v>42</v>
       </c>
       <c r="C241" s="0">
-        <v>0.867</v>
+        <v>0.073</v>
       </c>
       <c r="D241" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>385</v>
+        <v>370</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>6</v>
+        <v>342</v>
       </c>
       <c r="C242" s="0">
-        <v>1.185</v>
+        <v>0.147</v>
       </c>
       <c r="D242" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>386</v>
+        <v>371</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>145</v>
+        <v>306</v>
       </c>
       <c r="C243" s="0">
-        <v>4.15</v>
+        <v>1.001</v>
       </c>
       <c r="D243" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>387</v>
+        <v>372</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>37</v>
+        <v>211</v>
       </c>
       <c r="C244" s="0">
-        <v>0.346</v>
+        <v>0.316</v>
       </c>
       <c r="D244" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>388</v>
+        <v>373</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>6</v>
+        <v>342</v>
       </c>
       <c r="C245" s="0">
-        <v>1.22</v>
+        <v>0.112</v>
       </c>
       <c r="D245" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>389</v>
+        <v>374</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>29</v>
+        <v>294</v>
       </c>
       <c r="C246" s="0">
-        <v>0.635</v>
+        <v>0.62</v>
       </c>
       <c r="D246" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>390</v>
+        <v>375</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>155</v>
+        <v>232</v>
       </c>
       <c r="C247" s="0">
-        <v>0.34</v>
+        <v>0.124</v>
       </c>
       <c r="D247" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E247" s="0" t="s">
-        <v>391</v>
+        <v>376</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>361</v>
+        <v>22</v>
       </c>
       <c r="C248" s="0">
-        <v>2.77</v>
+        <v>3.06</v>
       </c>
       <c r="D248" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E248" s="0" t="s">
-        <v>392</v>
+        <v>377</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>179</v>
+        <v>26</v>
       </c>
       <c r="C249" s="0">
-        <v>0.273</v>
+        <v>1.66</v>
       </c>
       <c r="D249" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>393</v>
+        <v>378</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>394</v>
+        <v>207</v>
       </c>
       <c r="C250" s="0">
-        <v>1.07</v>
+        <v>17.981</v>
       </c>
       <c r="D250" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>395</v>
+        <v>379</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>396</v>
+        <v>380</v>
       </c>
       <c r="C251" s="0">
-        <v>7</v>
+        <v>0.56</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>397</v>
+        <v>381</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>339</v>
+        <v>45</v>
       </c>
       <c r="C252" s="0">
-        <v>0.6</v>
+        <v>0.885</v>
       </c>
       <c r="D252" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>398</v>
+        <v>382</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>339</v>
+        <v>207</v>
       </c>
       <c r="C253" s="0">
-        <v>0.608</v>
+        <v>26.083</v>
       </c>
       <c r="D253" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E253" s="0" t="s">
-        <v>399</v>
+        <v>383</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>400</v>
+        <v>384</v>
       </c>
       <c r="C254" s="0">
-        <v>50</v>
+        <v>0.29</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>401</v>
+        <v>385</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>402</v>
+        <v>211</v>
       </c>
       <c r="C255" s="0">
-        <v>60</v>
+        <v>0.315</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E255" s="0" t="s">
-        <v>403</v>
+        <v>386</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>98</v>
+        <v>342</v>
       </c>
       <c r="C256" s="0">
-        <v>0.502</v>
+        <v>0.169</v>
       </c>
       <c r="D256" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>404</v>
+        <v>387</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>5</v>
+        <v>267</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>405</v>
+        <v>388</v>
       </c>
       <c r="C257" s="0">
-        <v>0.306</v>
+        <v>40</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>406</v>
+        <v>389</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>407</v>
+        <v>97</v>
       </c>
       <c r="C258" s="0">
-        <v>0.22</v>
+        <v>0.33</v>
       </c>
       <c r="D258" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>408</v>
+        <v>390</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>409</v>
+        <v>391</v>
       </c>
       <c r="C259" s="0">
-        <v>0.2</v>
+        <v>3</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>410</v>
+        <v>392</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>411</v>
+        <v>333</v>
       </c>
       <c r="C260" s="0">
-        <v>0.127</v>
+        <v>0.31</v>
       </c>
       <c r="D260" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>412</v>
+        <v>393</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>413</v>
+        <v>279</v>
       </c>
       <c r="C261" s="0">
-        <v>160</v>
+        <v>0.277</v>
       </c>
       <c r="D261" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E261" s="0" t="s">
-        <v>414</v>
+        <v>394</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="C262" s="0">
-        <v>0.38</v>
+        <v>2.5</v>
       </c>
       <c r="D262" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>415</v>
+        <v>395</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>416</v>
+        <v>159</v>
       </c>
       <c r="C263" s="0">
-        <v>1.05</v>
+        <v>0.957</v>
       </c>
       <c r="D263" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>417</v>
+        <v>396</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>418</v>
+        <v>397</v>
       </c>
       <c r="C264" s="0">
-        <v>0.37</v>
+        <v>0.84</v>
       </c>
       <c r="D264" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>419</v>
+        <v>398</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>272</v>
+        <v>16</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>420</v>
+        <v>24</v>
       </c>
       <c r="C265" s="0">
-        <v>1</v>
+        <v>0.784</v>
       </c>
       <c r="D265" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>421</v>
+        <v>399</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>422</v>
+        <v>12</v>
       </c>
       <c r="C266" s="0">
-        <v>110</v>
+        <v>0.55</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>423</v>
+        <v>400</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>368</v>
+        <v>401</v>
       </c>
       <c r="C267" s="0">
-        <v>0.49</v>
+        <v>0.245</v>
       </c>
       <c r="D267" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>424</v>
+        <v>402</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>336</v>
+        <v>255</v>
       </c>
       <c r="C268" s="0">
-        <v>0.2</v>
+        <v>0.302</v>
       </c>
       <c r="D268" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>425</v>
+        <v>403</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>15</v>
+        <v>404</v>
       </c>
       <c r="C269" s="0">
-        <v>0.18</v>
+        <v>0.602</v>
       </c>
       <c r="D269" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>426</v>
+        <v>405</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="C270" s="0">
-        <v>1.5</v>
+        <v>2.8</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>427</v>
+        <v>406</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>428</v>
+        <v>211</v>
       </c>
       <c r="C271" s="0">
-        <v>2</v>
+        <v>0.32</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>429</v>
+        <v>407</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>296</v>
+        <v>5</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>297</v>
+        <v>232</v>
       </c>
       <c r="C272" s="0">
-        <v>0.542</v>
+        <v>0.128</v>
       </c>
       <c r="D272" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>430</v>
+        <v>408</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>77</v>
+        <v>255</v>
       </c>
       <c r="C273" s="0">
-        <v>0.5</v>
+        <v>0.305</v>
       </c>
       <c r="D273" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>431</v>
+        <v>409</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>432</v>
+        <v>24</v>
       </c>
       <c r="C274" s="0">
-        <v>1</v>
+        <v>0.567</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>433</v>
+        <v>410</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>434</v>
+        <v>211</v>
       </c>
       <c r="C275" s="0">
-        <v>0.254</v>
+        <v>0.315</v>
       </c>
       <c r="D275" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>435</v>
+        <v>411</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>436</v>
+        <v>342</v>
       </c>
       <c r="C276" s="0">
-        <v>0.84</v>
+        <v>0.17</v>
       </c>
       <c r="D276" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>437</v>
+        <v>412</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>207</v>
+        <v>342</v>
       </c>
       <c r="C277" s="0">
-        <v>0.32</v>
+        <v>0.172</v>
       </c>
       <c r="D277" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>438</v>
+        <v>413</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>77</v>
+        <v>255</v>
       </c>
       <c r="C278" s="0">
-        <v>0.51</v>
+        <v>0.302</v>
       </c>
       <c r="D278" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>439</v>
+        <v>414</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>26</v>
+        <v>415</v>
       </c>
       <c r="C279" s="0">
-        <v>0.2</v>
+        <v>241</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>440</v>
+        <v>416</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="C280" s="0">
-        <v>0.545</v>
+        <v>0.75</v>
       </c>
       <c r="D280" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E280" s="0" t="s">
-        <v>441</v>
+        <v>417</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>442</v>
+        <v>42</v>
       </c>
       <c r="C281" s="0">
-        <v>6</v>
+        <v>0.075</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>443</v>
+        <v>418</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>159</v>
+        <v>419</v>
       </c>
       <c r="C282" s="0">
-        <v>0.735</v>
+        <v>0.325</v>
       </c>
       <c r="D282" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>444</v>
+        <v>420</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>26</v>
+        <v>421</v>
       </c>
       <c r="C283" s="0">
-        <v>0.858</v>
+        <v>0.43</v>
       </c>
       <c r="D283" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>445</v>
+        <v>422</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>446</v>
+        <v>30</v>
       </c>
       <c r="C284" s="0">
-        <v>27</v>
+        <v>0.318</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>447</v>
+        <v>423</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>448</v>
+        <v>424</v>
       </c>
       <c r="C285" s="0">
-        <v>0.17</v>
+        <v>0.21</v>
       </c>
       <c r="D285" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>449</v>
+        <v>425</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>300</v>
+        <v>16</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>450</v>
+        <v>426</v>
       </c>
       <c r="C286" s="0">
-        <v>1</v>
+        <v>0.273</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>451</v>
+        <v>427</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>272</v>
+        <v>16</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>452</v>
+        <v>289</v>
       </c>
       <c r="C287" s="0">
-        <v>500</v>
+        <v>1.19</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>453</v>
+        <v>428</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>454</v>
+        <v>273</v>
       </c>
       <c r="C288" s="0">
-        <v>0.275</v>
+        <v>0.194</v>
       </c>
       <c r="D288" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E288" s="0" t="s">
-        <v>455</v>
+        <v>429</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>456</v>
+        <v>30</v>
       </c>
       <c r="C289" s="0">
-        <v>0.26</v>
+        <v>0.242</v>
       </c>
       <c r="D289" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>457</v>
+        <v>430</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>145</v>
+        <v>431</v>
       </c>
       <c r="C290" s="0">
-        <v>4.15</v>
+        <v>0.276</v>
       </c>
       <c r="D290" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E290" s="0" t="s">
-        <v>458</v>
+        <v>432</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>207</v>
+        <v>30</v>
       </c>
       <c r="C291" s="0">
-        <v>0.228</v>
+        <v>0.7</v>
       </c>
       <c r="D291" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>459</v>
+        <v>433</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>214</v>
+        <v>97</v>
       </c>
       <c r="C292" s="0">
-        <v>0.155</v>
+        <v>1</v>
       </c>
       <c r="D292" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>460</v>
+        <v>434</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>151</v>
+        <v>232</v>
       </c>
       <c r="C293" s="0">
-        <v>0.327</v>
+        <v>0.128</v>
       </c>
       <c r="D293" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>461</v>
+        <v>435</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>138</v>
+        <v>436</v>
       </c>
       <c r="C294" s="0">
-        <v>6</v>
+        <v>0.283</v>
       </c>
       <c r="D294" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E294" s="0" t="s">
-        <v>462</v>
+        <v>437</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>214</v>
+        <v>74</v>
       </c>
       <c r="C295" s="0">
-        <v>0.188</v>
+        <v>0.545</v>
       </c>
       <c r="D295" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E295" s="0" t="s">
-        <v>463</v>
+        <v>438</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>172</v>
+        <v>74</v>
       </c>
       <c r="C296" s="0">
-        <v>0.413</v>
+        <v>0.25</v>
       </c>
       <c r="D296" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E296" s="0" t="s">
-        <v>464</v>
+        <v>438</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>465</v>
+        <v>227</v>
       </c>
       <c r="C297" s="0">
-        <v>6</v>
+        <v>0.28</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>466</v>
+        <v>439</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>467</v>
+        <v>12</v>
       </c>
       <c r="C298" s="0">
-        <v>0.25</v>
+        <v>0.5</v>
       </c>
       <c r="D298" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E298" s="0" t="s">
-        <v>468</v>
+        <v>440</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>469</v>
+        <v>213</v>
       </c>
       <c r="C299" s="0">
-        <v>46</v>
+        <v>0.116</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E299" s="0" t="s">
-        <v>470</v>
+        <v>441</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>159</v>
+        <v>45</v>
       </c>
       <c r="C300" s="0">
-        <v>0.37</v>
+        <v>0.885</v>
       </c>
       <c r="D300" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E300" s="0" t="s">
-        <v>471</v>
+        <v>442</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>472</v>
+        <v>12</v>
       </c>
       <c r="C301" s="0">
-        <v>0.157</v>
+        <v>0.943</v>
       </c>
       <c r="D301" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E301" s="0" t="s">
-        <v>473</v>
+        <v>443</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>474</v>
+        <v>241</v>
       </c>
       <c r="C302" s="0">
-        <v>0.23</v>
+        <v>0.22</v>
       </c>
       <c r="D302" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>475</v>
+        <v>444</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>138</v>
+        <v>445</v>
       </c>
       <c r="C303" s="0">
-        <v>6</v>
+        <v>0.867</v>
       </c>
       <c r="D303" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E303" s="0" t="s">
-        <v>476</v>
+        <v>446</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>235</v>
+        <v>333</v>
       </c>
       <c r="C304" s="0">
-        <v>24.95</v>
+        <v>0.51</v>
       </c>
       <c r="D304" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E304" s="0" t="s">
-        <v>477</v>
+        <v>447</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>179</v>
+        <v>24</v>
       </c>
       <c r="C305" s="0">
-        <v>0.391</v>
+        <v>1.9</v>
       </c>
       <c r="D305" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E305" s="0" t="s">
-        <v>478</v>
+        <v>448</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>479</v>
+        <v>6</v>
       </c>
       <c r="C306" s="0">
-        <v>0.25</v>
+        <v>1.185</v>
       </c>
       <c r="D306" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E306" s="0" t="s">
-        <v>480</v>
+        <v>449</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>132</v>
+        <v>95</v>
       </c>
       <c r="C307" s="0">
-        <v>0.41</v>
+        <v>2.51</v>
       </c>
       <c r="D307" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E307" s="0" t="s">
-        <v>481</v>
+        <v>450</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>26</v>
+        <v>342</v>
       </c>
       <c r="C308" s="0">
-        <v>1.7</v>
+        <v>0.169</v>
       </c>
       <c r="D308" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>482</v>
+        <v>451</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>29</v>
+        <v>452</v>
       </c>
       <c r="C309" s="0">
-        <v>1.1</v>
+        <v>0.276</v>
       </c>
       <c r="D309" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>483</v>
+        <v>453</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>138</v>
+        <v>30</v>
       </c>
       <c r="C310" s="0">
-        <v>0.26</v>
+        <v>0.346</v>
       </c>
       <c r="D310" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>484</v>
+        <v>454</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>253</v>
+        <v>455</v>
       </c>
       <c r="C311" s="0">
-        <v>0.126</v>
+        <v>0.7</v>
       </c>
       <c r="D311" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>485</v>
+        <v>456</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>486</v>
+        <v>6</v>
       </c>
       <c r="C312" s="0">
-        <v>0.205</v>
+        <v>1.22</v>
       </c>
       <c r="D312" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>487</v>
+        <v>457</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>486</v>
+        <v>40</v>
       </c>
       <c r="C313" s="0">
-        <v>0.205</v>
+        <v>0.34</v>
       </c>
       <c r="D313" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>488</v>
+        <v>458</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>489</v>
+        <v>97</v>
       </c>
       <c r="C314" s="0">
-        <v>0.128</v>
+        <v>0.45</v>
       </c>
       <c r="D314" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E314" s="0" t="s">
-        <v>490</v>
+        <v>459</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>51</v>
+        <v>227</v>
       </c>
       <c r="C315" s="0">
-        <v>0.91</v>
+        <v>0.35</v>
       </c>
       <c r="D315" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>491</v>
+        <v>460</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>296</v>
+        <v>80</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>297</v>
+        <v>227</v>
       </c>
       <c r="C316" s="0">
-        <v>0.501</v>
+        <v>2.1</v>
       </c>
       <c r="D316" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>492</v>
+        <v>461</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>296</v>
+        <v>16</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>493</v>
+        <v>252</v>
       </c>
       <c r="C317" s="0">
-        <v>0.265</v>
+        <v>1</v>
       </c>
       <c r="D317" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E317" s="0" t="s">
-        <v>494</v>
+        <v>462</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>456</v>
+        <v>218</v>
       </c>
       <c r="C318" s="0">
-        <v>0.91</v>
+        <v>0.231</v>
       </c>
       <c r="D318" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>495</v>
+        <v>463</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>272</v>
+        <v>16</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>496</v>
+        <v>189</v>
       </c>
       <c r="C319" s="0">
-        <v>14</v>
+        <v>1.07</v>
       </c>
       <c r="D319" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E319" s="0" t="s">
-        <v>497</v>
+        <v>464</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>498</v>
+        <v>207</v>
       </c>
       <c r="C320" s="0">
-        <v>0.852</v>
+        <v>42.467</v>
       </c>
       <c r="D320" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>499</v>
+        <v>465</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>500</v>
+        <v>466</v>
       </c>
       <c r="C321" s="0">
-        <v>0.013</v>
+        <v>0.19</v>
       </c>
       <c r="D321" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>501</v>
+        <v>467</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>502</v>
+        <v>294</v>
       </c>
       <c r="C322" s="0">
-        <v>50</v>
+        <v>0.64</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>503</v>
+        <v>468</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>504</v>
+        <v>469</v>
       </c>
       <c r="C323" s="0">
-        <v>2</v>
+        <v>0.702</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E323" s="0" t="s">
-        <v>505</v>
+        <v>470</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>506</v>
+        <v>159</v>
       </c>
       <c r="C324" s="0">
-        <v>0.83</v>
+        <v>0.88</v>
       </c>
       <c r="D324" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>507</v>
+        <v>471</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>336</v>
+        <v>472</v>
       </c>
       <c r="C325" s="0">
-        <v>0.25</v>
+        <v>7</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E325" s="0" t="s">
-        <v>508</v>
+        <v>473</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>509</v>
+        <v>474</v>
       </c>
       <c r="C326" s="0">
-        <v>0.838</v>
+        <v>0.6</v>
       </c>
       <c r="D326" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E326" s="0" t="s">
-        <v>510</v>
+        <v>475</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>176</v>
+        <v>22</v>
       </c>
       <c r="C327" s="0">
-        <v>0.97</v>
+        <v>3.06</v>
       </c>
       <c r="D327" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E327" s="0" t="s">
-        <v>511</v>
+        <v>476</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>145</v>
+        <v>477</v>
       </c>
       <c r="C328" s="0">
-        <v>4.15</v>
+        <v>50</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E328" s="0" t="s">
-        <v>512</v>
+        <v>478</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>10</v>
+        <v>218</v>
       </c>
       <c r="C329" s="0">
-        <v>1.626</v>
+        <v>0.235</v>
       </c>
       <c r="D329" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>513</v>
+        <v>479</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>272</v>
+        <v>16</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>514</v>
+        <v>480</v>
       </c>
       <c r="C330" s="0">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="D330" s="0" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="E330" s="0" t="s">
-        <v>515</v>
+        <v>481</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>506</v>
+        <v>333</v>
       </c>
       <c r="C331" s="0">
-        <v>0.83</v>
+        <v>0.51</v>
       </c>
       <c r="D331" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>516</v>
+        <v>482</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>517</v>
+        <v>99</v>
       </c>
       <c r="C332" s="0">
-        <v>0.114</v>
+        <v>0.502</v>
       </c>
       <c r="D332" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>518</v>
+        <v>483</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>15</v>
+        <v>342</v>
       </c>
       <c r="C333" s="0">
-        <v>0.355</v>
+        <v>0.168</v>
       </c>
       <c r="D333" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>519</v>
+        <v>484</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>15</v>
+        <v>485</v>
       </c>
       <c r="C334" s="0">
-        <v>0.7</v>
+        <v>0.306</v>
       </c>
       <c r="D334" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>519</v>
+        <v>486</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>520</v>
+        <v>45</v>
       </c>
       <c r="C335" s="0">
-        <v>1000</v>
+        <v>0.7</v>
       </c>
       <c r="D335" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E335" s="0" t="s">
-        <v>521</v>
+        <v>487</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>5</v>
+        <v>251</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>138</v>
+        <v>159</v>
       </c>
       <c r="C336" s="0">
-        <v>5</v>
+        <v>0.79</v>
       </c>
       <c r="D336" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>522</v>
+        <v>488</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>334</v>
+        <v>17</v>
       </c>
       <c r="C337" s="0">
-        <v>10</v>
+        <v>2.517</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E337" s="0" t="s">
-        <v>523</v>
+        <v>489</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>524</v>
+        <v>211</v>
       </c>
       <c r="C338" s="0">
-        <v>0.339</v>
+        <v>0.03</v>
       </c>
       <c r="D338" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E338" s="0" t="s">
-        <v>525</v>
+        <v>490</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>155</v>
+        <v>218</v>
       </c>
       <c r="C339" s="0">
-        <v>1.83</v>
+        <v>0.235</v>
       </c>
       <c r="D339" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E339" s="0" t="s">
-        <v>526</v>
+        <v>491</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>214</v>
+        <v>342</v>
       </c>
       <c r="C340" s="0">
-        <v>0.18</v>
+        <v>0.167</v>
       </c>
       <c r="D340" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>527</v>
+        <v>492</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>153</v>
+        <v>16</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>17</v>
+        <v>493</v>
       </c>
       <c r="C341" s="0">
-        <v>2.622</v>
+        <v>0.2</v>
       </c>
       <c r="D341" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E341" s="0" t="s">
-        <v>528</v>
+        <v>494</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>529</v>
+        <v>495</v>
       </c>
       <c r="C342" s="0">
-        <v>0.201</v>
+        <v>0.22</v>
       </c>
       <c r="D342" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>530</v>
+        <v>496</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>531</v>
+        <v>279</v>
       </c>
       <c r="C343" s="0">
-        <v>1</v>
+        <v>0.276</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E343" s="0" t="s">
-        <v>532</v>
+        <v>497</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>533</v>
+        <v>294</v>
       </c>
       <c r="C344" s="0">
-        <v>99</v>
+        <v>0.7</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E344" s="0" t="s">
-        <v>534</v>
+        <v>498</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>358</v>
+        <v>34</v>
       </c>
       <c r="C345" s="0">
-        <v>0.61</v>
+        <v>1.05</v>
       </c>
       <c r="D345" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E345" s="0" t="s">
-        <v>535</v>
+        <v>499</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>536</v>
+        <v>12</v>
       </c>
       <c r="C346" s="0">
-        <v>0.168</v>
+        <v>0.99</v>
       </c>
       <c r="D346" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E346" s="0" t="s">
-        <v>537</v>
+        <v>500</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>151</v>
+        <v>501</v>
       </c>
       <c r="C347" s="0">
-        <v>0.231</v>
+        <v>160</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E347" s="0" t="s">
-        <v>538</v>
+        <v>502</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>520</v>
+        <v>503</v>
       </c>
       <c r="C348" s="0">
-        <v>10</v>
+        <v>0.206</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E348" s="0" t="s">
-        <v>539</v>
+        <v>504</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>540</v>
+        <v>255</v>
       </c>
       <c r="C349" s="0">
-        <v>900</v>
+        <v>0.3</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E349" s="0" t="s">
-        <v>541</v>
+        <v>505</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>542</v>
+        <v>245</v>
       </c>
       <c r="C350" s="0">
-        <v>0.227</v>
+        <v>1.05</v>
       </c>
       <c r="D350" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E350" s="0" t="s">
-        <v>543</v>
+        <v>506</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>159</v>
+        <v>17</v>
       </c>
       <c r="C351" s="0">
-        <v>0.501</v>
+        <v>3</v>
       </c>
       <c r="D351" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>544</v>
+        <v>507</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>67</v>
+        <v>38</v>
       </c>
       <c r="C352" s="0">
-        <v>0.501</v>
+        <v>0.38</v>
       </c>
       <c r="D352" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E352" s="0" t="s">
-        <v>545</v>
+        <v>508</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>218</v>
+        <v>509</v>
       </c>
       <c r="C353" s="0">
-        <v>0.25</v>
+        <v>0.37</v>
       </c>
       <c r="D353" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>546</v>
+        <v>510</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>5</v>
+        <v>267</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>324</v>
+        <v>511</v>
       </c>
       <c r="C354" s="0">
-        <v>0.71</v>
+        <v>1</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E354" s="0" t="s">
-        <v>547</v>
+        <v>512</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>548</v>
+        <v>279</v>
       </c>
       <c r="C355" s="0">
-        <v>0.32</v>
+        <v>0.277</v>
       </c>
       <c r="D355" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E355" s="0" t="s">
-        <v>549</v>
+        <v>513</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>550</v>
+        <v>218</v>
       </c>
       <c r="C356" s="0">
-        <v>0.356</v>
+        <v>0.237</v>
       </c>
       <c r="D356" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E356" s="0" t="s">
-        <v>551</v>
+        <v>514</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>5</v>
+        <v>267</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>552</v>
+        <v>515</v>
       </c>
       <c r="C357" s="0">
-        <v>0.214</v>
+        <v>110</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E357" s="0" t="s">
-        <v>553</v>
+        <v>516</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>554</v>
+        <v>419</v>
       </c>
       <c r="C358" s="0">
-        <v>0.505</v>
+        <v>0.49</v>
       </c>
       <c r="D358" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E358" s="0" t="s">
-        <v>555</v>
+        <v>517</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>272</v>
+        <v>16</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>413</v>
+        <v>260</v>
       </c>
       <c r="C359" s="0">
-        <v>13</v>
+        <v>0.2</v>
       </c>
       <c r="D359" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E359" s="0" t="s">
-        <v>556</v>
+        <v>518</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>37</v>
+        <v>193</v>
       </c>
       <c r="C360" s="0">
-        <v>0.302</v>
+        <v>4.25</v>
       </c>
       <c r="D360" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E360" s="0" t="s">
-        <v>557</v>
+        <v>519</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>428</v>
+        <v>296</v>
       </c>
       <c r="C361" s="0">
-        <v>14</v>
+        <v>0.299</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E361" s="0" t="s">
-        <v>558</v>
+        <v>520</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>559</v>
+        <v>245</v>
       </c>
       <c r="C362" s="0">
-        <v>0.341</v>
+        <v>1.2</v>
       </c>
       <c r="D362" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E362" s="0" t="s">
-        <v>560</v>
+        <v>521</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>179</v>
+        <v>26</v>
       </c>
       <c r="C363" s="0">
-        <v>0.216</v>
+        <v>1.66</v>
       </c>
       <c r="D363" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E363" s="0" t="s">
-        <v>561</v>
+        <v>522</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>562</v>
+        <v>455</v>
       </c>
       <c r="C364" s="0">
-        <v>1</v>
+        <v>1.1</v>
       </c>
       <c r="D364" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E364" s="0" t="s">
-        <v>563</v>
+        <v>523</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>564</v>
+        <v>524</v>
       </c>
       <c r="C365" s="0">
         <v>2</v>
       </c>
       <c r="D365" s="0" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="E365" s="0" t="s">
-        <v>565</v>
+        <v>525</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>566</v>
+        <v>45</v>
       </c>
       <c r="C366" s="0">
-        <v>0.38</v>
+        <v>0.904</v>
       </c>
       <c r="D366" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E366" s="0" t="s">
-        <v>567</v>
+        <v>526</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="C367" s="0">
-        <v>4.215</v>
+        <v>1.9</v>
       </c>
       <c r="D367" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E367" s="0" t="s">
-        <v>568</v>
+        <v>527</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>569</v>
+        <v>42</v>
       </c>
       <c r="C368" s="0">
-        <v>23</v>
+        <v>0.073</v>
       </c>
       <c r="D368" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E368" s="0" t="s">
-        <v>570</v>
+        <v>528</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>5</v>
+        <v>251</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>324</v>
+        <v>45</v>
       </c>
       <c r="C369" s="0">
-        <v>0.65</v>
+        <v>0.86</v>
       </c>
       <c r="D369" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E369" s="0" t="s">
-        <v>571</v>
+        <v>529</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>572</v>
+        <v>45</v>
       </c>
       <c r="C370" s="0">
-        <v>0.18</v>
+        <v>0.73</v>
       </c>
       <c r="D370" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E370" s="0" t="s">
-        <v>573</v>
+        <v>530</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>394</v>
+        <v>531</v>
       </c>
       <c r="C371" s="0">
-        <v>0.246</v>
+        <v>1</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E371" s="0" t="s">
-        <v>574</v>
+        <v>532</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>6</v>
+        <v>232</v>
       </c>
       <c r="C372" s="0">
-        <v>1.265</v>
+        <v>0.123</v>
       </c>
       <c r="D372" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E372" s="0" t="s">
-        <v>575</v>
+        <v>533</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>67</v>
+        <v>534</v>
       </c>
       <c r="C373" s="0">
-        <v>0.486</v>
+        <v>0.254</v>
       </c>
       <c r="D373" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E373" s="0" t="s">
-        <v>576</v>
+        <v>535</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>5</v>
+        <v>251</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>245</v>
+        <v>455</v>
       </c>
       <c r="C374" s="0">
-        <v>0.24</v>
+        <v>1.3</v>
       </c>
       <c r="D374" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E374" s="0" t="s">
-        <v>577</v>
+        <v>536</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>5</v>
+        <v>251</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>220</v>
+        <v>537</v>
       </c>
       <c r="C375" s="0">
-        <v>0.352</v>
+        <v>0.84</v>
       </c>
       <c r="D375" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E375" s="0" t="s">
-        <v>578</v>
+        <v>538</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>358</v>
+        <v>24</v>
       </c>
       <c r="C376" s="0">
-        <v>0.702</v>
+        <v>2</v>
       </c>
       <c r="D376" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E376" s="0" t="s">
-        <v>579</v>
+        <v>539</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>580</v>
+        <v>213</v>
       </c>
       <c r="C377" s="0">
-        <v>0.285</v>
+        <v>0.116</v>
       </c>
       <c r="D377" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E377" s="0" t="s">
-        <v>581</v>
+        <v>540</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>580</v>
+        <v>333</v>
       </c>
       <c r="C378" s="0">
-        <v>0.385</v>
+        <v>0.275</v>
       </c>
       <c r="D378" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E378" s="0" t="s">
-        <v>581</v>
+        <v>541</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>582</v>
+        <v>273</v>
       </c>
       <c r="C379" s="0">
-        <v>32</v>
+        <v>0.196</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E379" s="0" t="s">
-        <v>583</v>
+        <v>542</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>26</v>
+        <v>232</v>
       </c>
       <c r="C380" s="0">
-        <v>0.465</v>
+        <v>0.129</v>
       </c>
       <c r="D380" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E380" s="0" t="s">
-        <v>584</v>
+        <v>543</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>324</v>
+        <v>74</v>
       </c>
       <c r="C381" s="0">
-        <v>0.01</v>
+        <v>0.51</v>
       </c>
       <c r="D381" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E381" s="0" t="s">
-        <v>585</v>
+        <v>544</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>586</v>
+        <v>97</v>
       </c>
       <c r="C382" s="0">
-        <v>0.15</v>
+        <v>0.352</v>
       </c>
       <c r="D382" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E382" s="0" t="s">
-        <v>585</v>
+        <v>545</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>587</v>
+        <v>24</v>
       </c>
       <c r="C383" s="0">
-        <v>0.5</v>
+        <v>0.2</v>
       </c>
       <c r="D383" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E383" s="0" t="s">
-        <v>588</v>
+        <v>546</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>589</v>
+        <v>97</v>
       </c>
       <c r="C384" s="0">
-        <v>0.208</v>
+        <v>0.512</v>
       </c>
       <c r="D384" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E384" s="0" t="s">
-        <v>590</v>
+        <v>547</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>591</v>
+        <v>97</v>
       </c>
       <c r="C385" s="0">
-        <v>0.629</v>
+        <v>0.299</v>
       </c>
       <c r="D385" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="E385" s="0" t="s">
-        <v>592</v>
+        <v>548</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>467</v>
+        <v>193</v>
       </c>
       <c r="C386" s="0">
-        <v>0.256</v>
+        <v>4.2</v>
       </c>
       <c r="D386" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E386" s="0" t="s">
-        <v>593</v>
+        <v>549</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>26</v>
+        <v>279</v>
       </c>
       <c r="C387" s="0">
-        <v>0.388</v>
+        <v>0.273</v>
       </c>
       <c r="D387" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E387" s="0" t="s">
-        <v>594</v>
+        <v>550</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>595</v>
+        <v>17</v>
       </c>
       <c r="C388" s="0">
-        <v>0.07</v>
+        <v>2.425</v>
       </c>
       <c r="D388" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E388" s="0" t="s">
-        <v>596</v>
+        <v>551</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>29</v>
+        <v>552</v>
       </c>
       <c r="C389" s="0">
-        <v>0.5</v>
+        <v>6</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E389" s="0" t="s">
-        <v>597</v>
+        <v>553</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>598</v>
+        <v>232</v>
       </c>
       <c r="C390" s="0">
-        <v>17</v>
+        <v>0.126</v>
       </c>
       <c r="D390" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E390" s="0" t="s">
-        <v>599</v>
+        <v>554</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>330</v>
+        <v>45</v>
       </c>
       <c r="C391" s="0">
-        <v>0.802</v>
+        <v>0.85</v>
       </c>
       <c r="D391" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E391" s="0" t="s">
-        <v>600</v>
+        <v>555</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>601</v>
+        <v>24</v>
       </c>
       <c r="C392" s="0">
-        <v>1.173</v>
+        <v>0.858</v>
       </c>
       <c r="D392" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E392" s="0" t="s">
-        <v>602</v>
+        <v>556</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>5</v>
+        <v>267</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>580</v>
+        <v>557</v>
       </c>
       <c r="C393" s="0">
-        <v>0.639</v>
+        <v>27</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E393" s="0" t="s">
-        <v>603</v>
+        <v>558</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>253</v>
+        <v>342</v>
       </c>
       <c r="C394" s="0">
-        <v>0.126</v>
+        <v>0.167</v>
       </c>
       <c r="D394" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E394" s="0" t="s">
-        <v>604</v>
+        <v>559</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>10</v>
+        <v>560</v>
       </c>
       <c r="C395" s="0">
-        <v>1.67</v>
+        <v>0.17</v>
       </c>
       <c r="D395" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E395" s="0" t="s">
-        <v>605</v>
+        <v>561</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>336</v>
+        <v>562</v>
       </c>
       <c r="C396" s="0">
-        <v>0.271</v>
+        <v>1</v>
       </c>
       <c r="D396" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E396" s="0" t="s">
-        <v>606</v>
+        <v>563</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>37</v>
+        <v>193</v>
       </c>
       <c r="C397" s="0">
-        <v>0.228</v>
+        <v>4.055</v>
       </c>
       <c r="D397" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E397" s="0" t="s">
-        <v>607</v>
+        <v>564</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>43</v>
+        <v>565</v>
       </c>
       <c r="C398" s="0">
-        <v>1.982</v>
+        <v>500</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E398" s="0" t="s">
-        <v>608</v>
+        <v>566</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>609</v>
+        <v>263</v>
       </c>
       <c r="C399" s="0">
-        <v>0.15</v>
+        <v>1.11</v>
       </c>
       <c r="D399" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E399" s="0" t="s">
-        <v>610</v>
+        <v>567</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>506</v>
+        <v>342</v>
       </c>
       <c r="C400" s="0">
-        <v>0.83</v>
+        <v>0.168</v>
       </c>
       <c r="D400" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E400" s="0" t="s">
-        <v>611</v>
+        <v>568</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>29</v>
+        <v>296</v>
       </c>
       <c r="C401" s="0">
-        <v>3.601</v>
+        <v>0.309</v>
       </c>
       <c r="D401" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E401" s="0" t="s">
-        <v>612</v>
+        <v>569</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>307</v>
+        <v>255</v>
       </c>
       <c r="C402" s="0">
-        <v>0.38</v>
+        <v>0.072</v>
       </c>
       <c r="D402" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E402" s="0" t="s">
-        <v>613</v>
+        <v>570</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>358</v>
+        <v>218</v>
       </c>
       <c r="C403" s="0">
-        <v>0.55</v>
+        <v>0.233</v>
       </c>
       <c r="D403" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E403" s="0" t="s">
-        <v>614</v>
+        <v>571</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>500</v>
+        <v>455</v>
       </c>
       <c r="C404" s="0">
-        <v>0.044</v>
+        <v>0.228</v>
       </c>
       <c r="D404" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E404" s="0" t="s">
-        <v>615</v>
+        <v>572</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>506</v>
+        <v>218</v>
       </c>
       <c r="C405" s="0">
-        <v>0.83</v>
+        <v>0.235</v>
       </c>
       <c r="D405" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E405" s="0" t="s">
-        <v>616</v>
+        <v>573</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>17</v>
+        <v>574</v>
       </c>
       <c r="C406" s="0">
-        <v>1.96</v>
+        <v>0.261</v>
       </c>
       <c r="D406" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E406" s="0" t="s">
-        <v>617</v>
+        <v>575</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>49</v>
+        <v>576</v>
       </c>
       <c r="C407" s="0">
-        <v>0.2</v>
+        <v>0.501</v>
       </c>
       <c r="D407" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E407" s="0" t="s">
-        <v>618</v>
+        <v>577</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>619</v>
+        <v>232</v>
       </c>
       <c r="C408" s="0">
-        <v>4</v>
+        <v>0.13</v>
       </c>
       <c r="D408" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E408" s="0" t="s">
-        <v>620</v>
+        <v>578</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>145</v>
+        <v>42</v>
       </c>
       <c r="C409" s="0">
-        <v>2.392</v>
+        <v>0.075</v>
       </c>
       <c r="D409" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E409" s="0" t="s">
-        <v>621</v>
+        <v>579</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>176</v>
+        <v>213</v>
       </c>
       <c r="C410" s="0">
-        <v>0.97</v>
+        <v>0.056</v>
       </c>
       <c r="D410" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E410" s="0" t="s">
-        <v>622</v>
+        <v>580</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>62</v>
+        <v>581</v>
       </c>
       <c r="C411" s="0">
-        <v>1.2</v>
+        <v>6</v>
       </c>
       <c r="D411" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E411" s="0" t="s">
-        <v>623</v>
+        <v>582</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>324</v>
+        <v>576</v>
       </c>
       <c r="C412" s="0">
-        <v>0.71</v>
+        <v>0.25</v>
       </c>
       <c r="D412" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E412" s="0" t="s">
-        <v>624</v>
+        <v>583</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>625</v>
+        <v>273</v>
       </c>
       <c r="C413" s="0">
-        <v>0.5</v>
+        <v>0.194</v>
       </c>
       <c r="D413" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E413" s="0" t="s">
-        <v>626</v>
+        <v>584</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>40</v>
+        <v>267</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>207</v>
+        <v>585</v>
       </c>
       <c r="C414" s="0">
-        <v>0.605</v>
+        <v>46</v>
       </c>
       <c r="D414" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E414" s="0" t="s">
-        <v>627</v>
+        <v>586</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>628</v>
+        <v>232</v>
       </c>
       <c r="C415" s="0">
-        <v>0.33</v>
+        <v>0.123</v>
       </c>
       <c r="D415" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E415" s="0" t="s">
-        <v>629</v>
+        <v>587</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>29</v>
+        <v>588</v>
       </c>
       <c r="C416" s="0">
-        <v>3.601</v>
+        <v>0.157</v>
       </c>
       <c r="D416" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E416" s="0" t="s">
-        <v>630</v>
+        <v>589</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>384</v>
+        <v>193</v>
       </c>
       <c r="C417" s="0">
-        <v>0.734</v>
+        <v>4.1</v>
       </c>
       <c r="D417" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E417" s="0" t="s">
-        <v>631</v>
+        <v>590</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>632</v>
+        <v>213</v>
       </c>
       <c r="C418" s="0">
-        <v>0.398</v>
+        <v>0.071</v>
       </c>
       <c r="D418" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E418" s="0" t="s">
-        <v>633</v>
+        <v>591</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>153</v>
+        <v>5</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>138</v>
+        <v>213</v>
       </c>
       <c r="C419" s="0">
-        <v>4.318</v>
+        <v>0.03</v>
       </c>
       <c r="D419" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E419" s="0" t="s">
-        <v>634</v>
+        <v>592</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>589</v>
+        <v>207</v>
       </c>
       <c r="C420" s="0">
-        <v>0.822</v>
+        <v>38.814</v>
       </c>
       <c r="D420" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E420" s="0" t="s">
-        <v>635</v>
+        <v>593</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>294</v>
+        <v>109</v>
       </c>
       <c r="C421" s="0">
-        <v>1</v>
+        <v>0.875</v>
       </c>
       <c r="D421" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E421" s="0" t="s">
-        <v>636</v>
+        <v>594</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>145</v>
+        <v>342</v>
       </c>
       <c r="C422" s="0">
-        <v>4.18</v>
+        <v>0.169</v>
       </c>
       <c r="D422" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E422" s="0" t="s">
-        <v>637</v>
+        <v>595</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>159</v>
+        <v>207</v>
       </c>
       <c r="C423" s="0">
-        <v>0.501</v>
+        <v>5.92</v>
       </c>
       <c r="D423" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E423" s="0" t="s">
-        <v>638</v>
+        <v>596</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>17</v>
+        <v>207</v>
       </c>
       <c r="C424" s="0">
-        <v>0.254</v>
+        <v>24.95</v>
       </c>
       <c r="D424" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E424" s="0" t="s">
-        <v>639</v>
+        <v>597</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="C425" s="0">
-        <v>0.623</v>
+        <v>0.391</v>
       </c>
       <c r="D425" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E425" s="0" t="s">
-        <v>639</v>
+        <v>598</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>132</v>
+        <v>273</v>
       </c>
       <c r="C426" s="0">
-        <v>1.63</v>
+        <v>0.191</v>
       </c>
       <c r="D426" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E426" s="0" t="s">
-        <v>640</v>
+        <v>599</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>641</v>
+        <v>273</v>
       </c>
       <c r="C427" s="0">
-        <v>0.357</v>
+        <v>0.195</v>
       </c>
       <c r="D427" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E427" s="0" t="s">
-        <v>642</v>
+        <v>600</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>589</v>
+        <v>601</v>
       </c>
       <c r="C428" s="0">
-        <v>0.252</v>
+        <v>0.25</v>
       </c>
       <c r="D428" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E428" s="0" t="s">
-        <v>643</v>
+        <v>602</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="C429" s="0">
-        <v>0.39</v>
+        <v>0.85</v>
       </c>
       <c r="D429" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E429" s="0" t="s">
-        <v>644</v>
+        <v>603</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>10</v>
+        <v>263</v>
       </c>
       <c r="C430" s="0">
-        <v>1.67</v>
+        <v>0.41</v>
       </c>
       <c r="D430" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E430" s="0" t="s">
-        <v>645</v>
+        <v>604</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>31</v>
+        <v>294</v>
       </c>
       <c r="C431" s="0">
-        <v>0.2</v>
+        <v>0.78</v>
       </c>
       <c r="D431" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E431" s="0" t="s">
-        <v>646</v>
+        <v>605</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="C432" s="0">
-        <v>1.19</v>
+        <v>1.7</v>
       </c>
       <c r="D432" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E432" s="0" t="s">
-        <v>647</v>
+        <v>606</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>245</v>
+        <v>232</v>
       </c>
       <c r="C433" s="0">
-        <v>0.24</v>
+        <v>0.129</v>
       </c>
       <c r="D433" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E433" s="0" t="s">
-        <v>648</v>
+        <v>607</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>324</v>
+        <v>342</v>
       </c>
       <c r="C434" s="0">
-        <v>0.71</v>
+        <v>0.169</v>
       </c>
       <c r="D434" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E434" s="0" t="s">
-        <v>649</v>
+        <v>608</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>506</v>
+        <v>452</v>
       </c>
       <c r="C435" s="0">
-        <v>0.83</v>
+        <v>0.178</v>
       </c>
       <c r="D435" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E435" s="0" t="s">
-        <v>650</v>
+        <v>609</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>272</v>
+        <v>16</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>651</v>
+        <v>227</v>
       </c>
       <c r="C436" s="0">
-        <v>36</v>
+        <v>2.007</v>
       </c>
       <c r="D436" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E436" s="0" t="s">
-        <v>652</v>
+        <v>610</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>653</v>
+        <v>6</v>
       </c>
       <c r="C437" s="0">
-        <v>0.415</v>
+        <v>1.19</v>
       </c>
       <c r="D437" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E437" s="0" t="s">
-        <v>654</v>
+        <v>611</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>60</v>
+        <v>397</v>
       </c>
       <c r="C438" s="0">
-        <v>0.503</v>
+        <v>0.83</v>
       </c>
       <c r="D438" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E438" s="0" t="s">
-        <v>655</v>
+        <v>612</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="C439" s="0">
-        <v>1.67</v>
+        <v>1.51</v>
       </c>
       <c r="D439" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E439" s="0" t="s">
-        <v>656</v>
+        <v>613</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>127</v>
+        <v>232</v>
       </c>
       <c r="C440" s="0">
-        <v>0.19</v>
+        <v>0.126</v>
       </c>
       <c r="D440" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E440" s="0" t="s">
-        <v>657</v>
+        <v>614</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>658</v>
+        <v>45</v>
       </c>
       <c r="C441" s="0">
-        <v>0.38</v>
+        <v>0.885</v>
       </c>
       <c r="D441" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E441" s="0" t="s">
-        <v>659</v>
+        <v>615</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>660</v>
+        <v>95</v>
       </c>
       <c r="C442" s="0">
-        <v>0.171</v>
+        <v>0.26</v>
       </c>
       <c r="D442" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E442" s="0" t="s">
-        <v>661</v>
+        <v>616</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>396</v>
+        <v>26</v>
       </c>
       <c r="C443" s="0">
-        <v>15</v>
+        <v>1.5</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E443" s="0" t="s">
-        <v>662</v>
+        <v>617</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>324</v>
+        <v>342</v>
       </c>
       <c r="C444" s="0">
-        <v>0.71</v>
+        <v>0.04</v>
       </c>
       <c r="D444" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E444" s="0" t="s">
-        <v>663</v>
+        <v>618</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>294</v>
+        <v>22</v>
       </c>
       <c r="C445" s="0">
-        <v>0.75</v>
+        <v>3.975</v>
       </c>
       <c r="D445" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E445" s="0" t="s">
-        <v>664</v>
+        <v>619</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>665</v>
+        <v>6</v>
       </c>
       <c r="C446" s="0">
-        <v>0.35</v>
+        <v>1.19</v>
       </c>
       <c r="D446" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E446" s="0" t="s">
-        <v>666</v>
+        <v>620</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>12</v>
+        <v>296</v>
       </c>
       <c r="C447" s="0">
-        <v>2.78</v>
+        <v>0.305</v>
       </c>
       <c r="D447" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E447" s="0" t="s">
-        <v>667</v>
+        <v>621</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>628</v>
+        <v>232</v>
       </c>
       <c r="C448" s="0">
-        <v>0.34</v>
+        <v>0.126</v>
       </c>
       <c r="D448" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E448" s="0" t="s">
-        <v>668</v>
+        <v>622</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>77</v>
+        <v>623</v>
       </c>
       <c r="C449" s="0">
-        <v>0.65</v>
+        <v>0.205</v>
       </c>
       <c r="D449" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E449" s="0" t="s">
-        <v>669</v>
+        <v>624</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>71</v>
+        <v>623</v>
       </c>
       <c r="C450" s="0">
-        <v>0.801</v>
+        <v>0.205</v>
       </c>
       <c r="D450" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E450" s="0" t="s">
-        <v>670</v>
+        <v>625</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>10</v>
+        <v>626</v>
       </c>
       <c r="C451" s="0">
-        <v>1.67</v>
+        <v>0.128</v>
       </c>
       <c r="D451" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E451" s="0" t="s">
-        <v>671</v>
+        <v>627</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>151</v>
+        <v>333</v>
       </c>
       <c r="C452" s="0">
-        <v>2.289</v>
+        <v>0.268</v>
       </c>
       <c r="D452" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E452" s="0" t="s">
-        <v>672</v>
+        <v>628</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>220</v>
+        <v>296</v>
       </c>
       <c r="C453" s="0">
-        <v>4.23</v>
+        <v>0.308</v>
       </c>
       <c r="D453" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E453" s="0" t="s">
-        <v>673</v>
+        <v>629</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>138</v>
+        <v>279</v>
       </c>
       <c r="C454" s="0">
-        <v>0.54</v>
+        <v>0.268</v>
       </c>
       <c r="D454" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E454" s="0" t="s">
-        <v>674</v>
+        <v>630</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>675</v>
+        <v>42</v>
       </c>
       <c r="C455" s="0">
-        <v>8</v>
+        <v>0.074</v>
       </c>
       <c r="D455" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E455" s="0" t="s">
-        <v>676</v>
+        <v>631</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>677</v>
+        <v>45</v>
       </c>
       <c r="C456" s="0">
-        <v>24</v>
+        <v>0.9</v>
       </c>
       <c r="D456" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E456" s="0" t="s">
-        <v>678</v>
+        <v>632</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>529</v>
+        <v>45</v>
       </c>
       <c r="C457" s="0">
-        <v>0.201</v>
+        <v>0.885</v>
       </c>
       <c r="D457" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E457" s="0" t="s">
-        <v>679</v>
+        <v>633</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>680</v>
+        <v>22</v>
       </c>
       <c r="C458" s="0">
-        <v>0.701</v>
+        <v>3</v>
       </c>
       <c r="D458" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E458" s="0" t="s">
-        <v>681</v>
+        <v>634</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>296</v>
+        <v>635</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>297</v>
+        <v>636</v>
       </c>
       <c r="C459" s="0">
-        <v>0.501</v>
+        <v>0.265</v>
       </c>
       <c r="D459" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E459" s="0" t="s">
-        <v>682</v>
+        <v>637</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>51</v>
+        <v>296</v>
       </c>
       <c r="C460" s="0">
-        <v>0.675</v>
+        <v>0.308</v>
       </c>
       <c r="D460" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E460" s="0" t="s">
-        <v>683</v>
+        <v>638</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>5</v>
+        <v>251</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C461" s="0">
-        <v>0.245</v>
+        <v>0.91</v>
       </c>
       <c r="D461" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E461" s="0" t="s">
-        <v>684</v>
+        <v>639</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C462" s="0">
-        <v>0.2</v>
+        <v>0.074</v>
       </c>
       <c r="D462" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E462" s="0" t="s">
-        <v>685</v>
+        <v>640</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B463" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="C463" s="0">
         <v>14</v>
       </c>
-      <c r="B463" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D463" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E463" s="0" t="s">
-        <v>686</v>
+        <v>642</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>314</v>
+        <v>643</v>
       </c>
       <c r="C464" s="0">
-        <v>30</v>
+        <v>0.852</v>
       </c>
       <c r="D464" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E464" s="0" t="s">
-        <v>687</v>
+        <v>644</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>358</v>
+        <v>273</v>
       </c>
       <c r="C465" s="0">
-        <v>0.405</v>
+        <v>0.193</v>
       </c>
       <c r="D465" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E465" s="0" t="s">
-        <v>688</v>
+        <v>645</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>272</v>
+        <v>5</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>689</v>
+        <v>342</v>
       </c>
       <c r="C466" s="0">
-        <v>126</v>
+        <v>0.172</v>
       </c>
       <c r="D466" s="0" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="E466" s="0" t="s">
-        <v>690</v>
+        <v>646</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="C467" s="0">
-        <v>0.475</v>
+        <v>0.334</v>
       </c>
       <c r="D467" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E467" s="0" t="s">
-        <v>691</v>
+        <v>647</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>692</v>
+        <v>42</v>
       </c>
       <c r="C468" s="0">
-        <v>0.272</v>
+        <v>0.076</v>
       </c>
       <c r="D468" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E468" s="0" t="s">
-        <v>693</v>
+        <v>648</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>692</v>
+        <v>649</v>
       </c>
       <c r="C469" s="0">
-        <v>0.55</v>
+        <v>0.013</v>
       </c>
       <c r="D469" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E469" s="0" t="s">
-        <v>693</v>
+        <v>650</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>296</v>
+        <v>267</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>694</v>
+        <v>651</v>
       </c>
       <c r="C470" s="0">
-        <v>0.425</v>
+        <v>50</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E470" s="0" t="s">
-        <v>695</v>
+        <v>652</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="C471" s="0">
-        <v>0.351</v>
+        <v>0.86</v>
       </c>
       <c r="D471" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E471" s="0" t="s">
-        <v>696</v>
+        <v>653</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>697</v>
+        <v>211</v>
       </c>
       <c r="C472" s="0">
-        <v>0.202</v>
+        <v>0.312</v>
       </c>
       <c r="D472" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E472" s="0" t="s">
-        <v>698</v>
+        <v>654</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="C473" s="0">
-        <v>0.502</v>
+        <v>2</v>
       </c>
       <c r="D473" s="0" t="s">
-        <v>7</v>
+        <v>269</v>
       </c>
       <c r="E473" s="0" t="s">
-        <v>699</v>
+        <v>656</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="C474" s="0">
-        <v>0.348</v>
+        <v>0.34</v>
       </c>
       <c r="D474" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E474" s="0" t="s">
-        <v>700</v>
+        <v>657</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>67</v>
+        <v>397</v>
       </c>
       <c r="C475" s="0">
-        <v>0.208</v>
+        <v>0.83</v>
       </c>
       <c r="D475" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E475" s="0" t="s">
-        <v>701</v>
+        <v>658</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B476" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C476" s="0">
+        <v>0.25</v>
+      </c>
+      <c r="D476" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E476" s="0" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B477" s="0" t="s">
+        <v>660</v>
+      </c>
+      <c r="C477" s="0">
+        <v>0.838</v>
+      </c>
+      <c r="D477" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E477" s="0" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B478" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C478" s="0">
+        <v>0.97</v>
+      </c>
+      <c r="D478" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E478" s="0" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B479" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C479" s="0">
+        <v>0.128</v>
+      </c>
+      <c r="D479" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E479" s="0" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B480" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="C480" s="0">
+        <v>0.602</v>
+      </c>
+      <c r="D480" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E480" s="0" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B481" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C481" s="0">
+        <v>4.3</v>
+      </c>
+      <c r="D481" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E481" s="0" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B482" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C482" s="0">
+        <v>1.19</v>
+      </c>
+      <c r="D482" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E482" s="0" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B483" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C483" s="0">
+        <v>0.46</v>
+      </c>
+      <c r="D483" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E483" s="0" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B484" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C484" s="0">
+        <v>0.304</v>
+      </c>
+      <c r="D484" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E484" s="0" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B485" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C485" s="0">
+        <v>3</v>
+      </c>
+      <c r="D485" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E485" s="0" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B486" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C486" s="0">
+        <v>1.626</v>
+      </c>
+      <c r="D486" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E486" s="0" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B487" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C487" s="0">
+        <v>2.3</v>
+      </c>
+      <c r="D487" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E487" s="0" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B488" s="0" t="s">
+        <v>673</v>
+      </c>
+      <c r="C488" s="0">
+        <v>40</v>
+      </c>
+      <c r="D488" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E488" s="0" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B489" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C489" s="0">
+        <v>0.65</v>
+      </c>
+      <c r="D489" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E489" s="0" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B490" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C490" s="0">
+        <v>0.83</v>
+      </c>
+      <c r="D490" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E490" s="0" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B491" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="C491" s="0">
+        <v>0.114</v>
+      </c>
+      <c r="D491" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E491" s="0" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B492" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C492" s="0">
+        <v>0.48</v>
+      </c>
+      <c r="D492" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E492" s="0" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B493" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C493" s="0">
+        <v>0.169</v>
+      </c>
+      <c r="D493" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E493" s="0" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B494" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C494" s="0">
+        <v>0.102</v>
+      </c>
+      <c r="D494" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E494" s="0" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B495" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="C495" s="0">
+        <v>1000</v>
+      </c>
+      <c r="D495" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E495" s="0" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B496" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C496" s="0">
+        <v>10</v>
+      </c>
+      <c r="D496" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E496" s="0" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B497" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C497" s="0">
+        <v>0.2</v>
+      </c>
+      <c r="D497" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E497" s="0" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B498" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C498" s="0">
+        <v>0.018</v>
+      </c>
+      <c r="D498" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E498" s="0" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B499" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C499" s="0">
+        <v>0.278</v>
+      </c>
+      <c r="D499" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E499" s="0" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B500" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C500" s="0">
+        <v>0.034</v>
+      </c>
+      <c r="D500" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E500" s="0" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B501" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C501" s="0">
+        <v>0.236</v>
+      </c>
+      <c r="D501" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E501" s="0" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B502" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="C502" s="0">
+        <v>0.7</v>
+      </c>
+      <c r="D502" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E502" s="0" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B503" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C503" s="0">
+        <v>4.01</v>
+      </c>
+      <c r="D503" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E503" s="0" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B504" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="C504" s="0">
+        <v>1.83</v>
+      </c>
+      <c r="D504" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E504" s="0" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B505" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="C505" s="0">
+        <v>0.201</v>
+      </c>
+      <c r="D505" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E505" s="0" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B506" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C506" s="0">
+        <v>2.305</v>
+      </c>
+      <c r="D506" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E506" s="0" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B507" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C507" s="0">
+        <v>2.794</v>
+      </c>
+      <c r="D507" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E507" s="0" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B508" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="C508" s="0">
+        <v>99</v>
+      </c>
+      <c r="D508" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E508" s="0" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B509" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="C509" s="0">
+        <v>1</v>
+      </c>
+      <c r="D509" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E509" s="0" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B510" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C510" s="0">
+        <v>1.19</v>
+      </c>
+      <c r="D510" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E510" s="0" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B511" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C511" s="0">
+        <v>0.064</v>
+      </c>
+      <c r="D511" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E511" s="0" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B512" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="C512" s="0">
+        <v>0.168</v>
+      </c>
+      <c r="D512" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E512" s="0" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B513" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C513" s="0">
+        <v>0.168</v>
+      </c>
+      <c r="D513" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E513" s="0" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B514" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="C514" s="0">
+        <v>10</v>
+      </c>
+      <c r="D514" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E514" s="0" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B515" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C515" s="0">
+        <v>0.166</v>
+      </c>
+      <c r="D515" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E515" s="0" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B516" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="C516" s="0">
+        <v>900</v>
+      </c>
+      <c r="D516" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E516" s="0" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B517" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="C517" s="0">
+        <v>0.227</v>
+      </c>
+      <c r="D517" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E517" s="0" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B518" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C518" s="0">
+        <v>0.131</v>
+      </c>
+      <c r="D518" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E518" s="0" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B519" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C519" s="0">
+        <v>0.191</v>
+      </c>
+      <c r="D519" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E519" s="0" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B520" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C520" s="0">
+        <v>0.126</v>
+      </c>
+      <c r="D520" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E520" s="0" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B521" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C521" s="0">
+        <v>1.19</v>
+      </c>
+      <c r="D521" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E521" s="0" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B522" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C522" s="0">
+        <v>0.279</v>
+      </c>
+      <c r="D522" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E522" s="0" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B523" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C523" s="0">
+        <v>0.25</v>
+      </c>
+      <c r="D523" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E523" s="0" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B524" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C524" s="0">
+        <v>0.197</v>
+      </c>
+      <c r="D524" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E524" s="0" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B525" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C525" s="0">
+        <v>0.072</v>
+      </c>
+      <c r="D525" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E525" s="0" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B526" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="C526" s="0">
+        <v>0.356</v>
+      </c>
+      <c r="D526" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E526" s="0" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B527" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="C527" s="0">
+        <v>0.32</v>
+      </c>
+      <c r="D527" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E527" s="0" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B528" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="C528" s="0">
+        <v>0.22</v>
+      </c>
+      <c r="D528" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E528" s="0" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B529" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C529" s="0">
+        <v>0.715</v>
+      </c>
+      <c r="D529" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E529" s="0" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B530" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="C530" s="0">
+        <v>0.505</v>
+      </c>
+      <c r="D530" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E530" s="0" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B531" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="C531" s="0">
+        <v>0.18</v>
+      </c>
+      <c r="D531" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E531" s="0" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B532" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C532" s="0">
+        <v>0.075</v>
+      </c>
+      <c r="D532" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E532" s="0" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B533" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C533" s="0">
+        <v>0.167</v>
+      </c>
+      <c r="D533" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E533" s="0" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B534" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="C534" s="0">
+        <v>13</v>
+      </c>
+      <c r="D534" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E534" s="0" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B535" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C535" s="0">
+        <v>0.302</v>
+      </c>
+      <c r="D535" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E535" s="0" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B536" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="C536" s="0">
         <v>14</v>
       </c>
-      <c r="B476" s="0" t="s">
-[...9 lines deleted...]
-        <v>702</v>
+      <c r="D536" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E536" s="0" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B537" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="C537" s="0">
+        <v>0.341</v>
+      </c>
+      <c r="D537" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E537" s="0" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B538" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C538" s="0">
+        <v>0.216</v>
+      </c>
+      <c r="D538" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E538" s="0" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B539" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C539" s="0">
+        <v>1.521</v>
+      </c>
+      <c r="D539" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E539" s="0" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B540" s="0" t="s">
+        <v>739</v>
+      </c>
+      <c r="C540" s="0">
+        <v>2</v>
+      </c>
+      <c r="D540" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E540" s="0" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B541" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="C541" s="0">
+        <v>1</v>
+      </c>
+      <c r="D541" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E541" s="0" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B542" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="C542" s="0">
+        <v>0.925</v>
+      </c>
+      <c r="D542" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E542" s="0" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B543" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C543" s="0">
+        <v>0.066</v>
+      </c>
+      <c r="D543" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E543" s="0" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B544" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C544" s="0">
+        <v>0.169</v>
+      </c>
+      <c r="D544" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E544" s="0" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B545" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C545" s="0">
+        <v>0.282</v>
+      </c>
+      <c r="D545" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E545" s="0" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B546" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C546" s="0">
+        <v>0.885</v>
+      </c>
+      <c r="D546" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E546" s="0" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B547" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C547" s="0">
+        <v>0.38</v>
+      </c>
+      <c r="D547" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E547" s="0" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B548" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C548" s="0">
+        <v>0.7</v>
+      </c>
+      <c r="D548" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E548" s="0" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B549" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C549" s="0">
+        <v>0.357</v>
+      </c>
+      <c r="D549" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E549" s="0" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B550" s="0" t="s">
+        <v>752</v>
+      </c>
+      <c r="C550" s="0">
+        <v>23</v>
+      </c>
+      <c r="D550" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E550" s="0" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B551" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C551" s="0">
+        <v>0.252</v>
+      </c>
+      <c r="D551" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E551" s="0" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B552" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C552" s="0">
+        <v>0.237</v>
+      </c>
+      <c r="D552" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E552" s="0" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B553" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C553" s="0">
+        <v>1.19</v>
+      </c>
+      <c r="D553" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E553" s="0" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B554" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C554" s="0">
+        <v>0.041</v>
+      </c>
+      <c r="D554" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E554" s="0" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B555" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C555" s="0">
+        <v>1.945</v>
+      </c>
+      <c r="D555" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E555" s="0" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B556" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C556" s="0">
+        <v>1.265</v>
+      </c>
+      <c r="D556" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E556" s="0" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B557" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C557" s="0">
+        <v>0.371</v>
+      </c>
+      <c r="D557" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E557" s="0" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B558" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C558" s="0">
+        <v>0.24</v>
+      </c>
+      <c r="D558" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E558" s="0" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B559" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C559" s="0">
+        <v>0.13</v>
+      </c>
+      <c r="D559" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E559" s="0" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B560" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C560" s="0">
+        <v>0.299</v>
+      </c>
+      <c r="D560" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E560" s="0" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B561" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C561" s="0">
+        <v>0.295</v>
+      </c>
+      <c r="D561" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E561" s="0" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B562" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C562" s="0">
+        <v>0.352</v>
+      </c>
+      <c r="D562" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E562" s="0" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B563" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C563" s="0">
+        <v>1.2</v>
+      </c>
+      <c r="D563" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E563" s="0" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B564" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C564" s="0">
+        <v>0.285</v>
+      </c>
+      <c r="D564" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E564" s="0" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B565" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C565" s="0">
+        <v>0.385</v>
+      </c>
+      <c r="D565" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E565" s="0" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B566" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C566" s="0">
+        <v>1.9</v>
+      </c>
+      <c r="D566" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E566" s="0" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B567" s="0" t="s">
+        <v>769</v>
+      </c>
+      <c r="C567" s="0">
+        <v>32</v>
+      </c>
+      <c r="D567" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E567" s="0" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B568" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C568" s="0">
+        <v>0.352</v>
+      </c>
+      <c r="D568" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E568" s="0" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B569" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C569" s="0">
+        <v>0.465</v>
+      </c>
+      <c r="D569" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E569" s="0" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B570" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C570" s="0">
+        <v>0.28</v>
+      </c>
+      <c r="D570" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E570" s="0" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B571" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C571" s="0">
+        <v>0.466</v>
+      </c>
+      <c r="D571" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E571" s="0" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B572" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C572" s="0">
+        <v>2.3</v>
+      </c>
+      <c r="D572" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E572" s="0" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B573" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C573" s="0">
+        <v>0.502</v>
+      </c>
+      <c r="D573" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E573" s="0" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B574" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="C574" s="0">
+        <v>0.01</v>
+      </c>
+      <c r="D574" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E574" s="0" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B575" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="C575" s="0">
+        <v>0.5</v>
+      </c>
+      <c r="D575" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E575" s="0" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B576" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="C576" s="0">
+        <v>0.15</v>
+      </c>
+      <c r="D576" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E576" s="0" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B577" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="C577" s="0">
+        <v>0.208</v>
+      </c>
+      <c r="D577" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E577" s="0" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B578" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C578" s="0">
+        <v>0.65</v>
+      </c>
+      <c r="D578" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E578" s="0" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B579" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C579" s="0">
+        <v>0.127</v>
+      </c>
+      <c r="D579" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E579" s="0" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B580" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C580" s="0">
+        <v>1.1</v>
+      </c>
+      <c r="D580" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E580" s="0" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B581" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C581" s="0">
+        <v>1.712</v>
+      </c>
+      <c r="D581" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E581" s="0" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B582" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C582" s="0">
+        <v>1</v>
+      </c>
+      <c r="D582" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E582" s="0" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B583" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="C583" s="0">
+        <v>0.629</v>
+      </c>
+      <c r="D583" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="E583" s="0" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B584" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="C584" s="0">
+        <v>0.557</v>
+      </c>
+      <c r="D584" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E584" s="0" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B585" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C585" s="0">
+        <v>0.848</v>
+      </c>
+      <c r="D585" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E585" s="0" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B586" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="C586" s="0">
+        <v>0.256</v>
+      </c>
+      <c r="D586" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E586" s="0" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B587" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C587" s="0">
+        <v>0.277</v>
+      </c>
+      <c r="D587" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E587" s="0" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B588" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C588" s="0">
+        <v>0.108</v>
+      </c>
+      <c r="D588" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E588" s="0" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B589" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C589" s="0">
+        <v>0.388</v>
+      </c>
+      <c r="D589" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E589" s="0" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B590" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="C590" s="0">
+        <v>0.07</v>
+      </c>
+      <c r="D590" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E590" s="0" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B591" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="C591" s="0">
+        <v>17</v>
+      </c>
+      <c r="D591" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E591" s="0" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B592" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="C592" s="0">
+        <v>0.802</v>
+      </c>
+      <c r="D592" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E592" s="0" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B593" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="C593" s="0">
+        <v>1.173</v>
+      </c>
+      <c r="D593" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E593" s="0" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B594" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C594" s="0">
+        <v>19.204</v>
+      </c>
+      <c r="D594" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E594" s="0" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B595" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C595" s="0">
+        <v>0.126</v>
+      </c>
+      <c r="D595" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E595" s="0" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B596" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C596" s="0">
+        <v>0.13</v>
+      </c>
+      <c r="D596" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E596" s="0" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B597" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C597" s="0">
+        <v>1.67</v>
+      </c>
+      <c r="D597" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E597" s="0" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B598" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C598" s="0">
+        <v>1.5</v>
+      </c>
+      <c r="D598" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E598" s="0" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B599" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="C599" s="0">
+        <v>0.7</v>
+      </c>
+      <c r="D599" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E599" s="0" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B600" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C600" s="0">
+        <v>0.49</v>
+      </c>
+      <c r="D600" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E600" s="0" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B601" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C601" s="0">
+        <v>0.17</v>
+      </c>
+      <c r="D601" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E601" s="0" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B602" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C602" s="0">
+        <v>0.271</v>
+      </c>
+      <c r="D602" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E602" s="0" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B603" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C603" s="0">
+        <v>1.5</v>
+      </c>
+      <c r="D603" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E603" s="0" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B604" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C604" s="0">
+        <v>0.86</v>
+      </c>
+      <c r="D604" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E604" s="0" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B605" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C605" s="0">
+        <v>0.073</v>
+      </c>
+      <c r="D605" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E605" s="0" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B606" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C606" s="0">
+        <v>0.168</v>
+      </c>
+      <c r="D606" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E606" s="0" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="607">
+      <c r="A607" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B607" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="C607" s="0">
+        <v>1.982</v>
+      </c>
+      <c r="D607" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E607" s="0" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="608">
+      <c r="A608" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B608" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C608" s="0">
+        <v>26.838</v>
+      </c>
+      <c r="D608" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E608" s="0" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B609" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="C609" s="0">
+        <v>0.15</v>
+      </c>
+      <c r="D609" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E609" s="0" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B610" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C610" s="0">
+        <v>0.075</v>
+      </c>
+      <c r="D610" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E610" s="0" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B611" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C611" s="0">
+        <v>0.128</v>
+      </c>
+      <c r="D611" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E611" s="0" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B612" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C612" s="0">
+        <v>0.83</v>
+      </c>
+      <c r="D612" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E612" s="0" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B613" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="C613" s="0">
+        <v>0.55</v>
+      </c>
+      <c r="D613" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E613" s="0" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B614" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C614" s="0">
+        <v>1.13</v>
+      </c>
+      <c r="D614" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E614" s="0" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B615" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C615" s="0">
+        <v>1</v>
+      </c>
+      <c r="D615" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E615" s="0" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B616" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C616" s="0">
+        <v>0.295</v>
+      </c>
+      <c r="D616" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E616" s="0" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B617" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="C617" s="0">
+        <v>0.044</v>
+      </c>
+      <c r="D617" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E617" s="0" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B618" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="C618" s="0">
+        <v>0.502</v>
+      </c>
+      <c r="D618" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E618" s="0" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B619" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C619" s="0">
+        <v>0.83</v>
+      </c>
+      <c r="D619" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E619" s="0" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B620" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C620" s="0">
+        <v>0.304</v>
+      </c>
+      <c r="D620" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E620" s="0" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B621" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C621" s="0">
+        <v>0.277</v>
+      </c>
+      <c r="D621" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E621" s="0" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B622" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C622" s="0">
+        <v>0.355</v>
+      </c>
+      <c r="D622" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E622" s="0" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B623" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C623" s="0">
+        <v>1.96</v>
+      </c>
+      <c r="D623" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E623" s="0" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="624">
+      <c r="A624" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B624" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C624" s="0">
+        <v>0.302</v>
+      </c>
+      <c r="D624" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E624" s="0" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="625">
+      <c r="A625" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B625" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C625" s="0">
+        <v>0.311</v>
+      </c>
+      <c r="D625" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E625" s="0" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="626">
+      <c r="A626" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B626" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="C626" s="0">
+        <v>1.278</v>
+      </c>
+      <c r="D626" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E626" s="0" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="627">
+      <c r="A627" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B627" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="C627" s="0">
+        <v>4</v>
+      </c>
+      <c r="D627" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E627" s="0" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="628">
+      <c r="A628" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B628" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C628" s="0">
+        <v>0.285</v>
+      </c>
+      <c r="D628" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E628" s="0" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="629">
+      <c r="A629" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B629" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C629" s="0">
+        <v>0.97</v>
+      </c>
+      <c r="D629" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E629" s="0" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="630">
+      <c r="A630" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B630" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C630" s="0">
+        <v>1.4</v>
+      </c>
+      <c r="D630" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E630" s="0" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="631">
+      <c r="A631" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B631" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="C631" s="0">
+        <v>0.71</v>
+      </c>
+      <c r="D631" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E631" s="0" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="632">
+      <c r="A632" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B632" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C632" s="0">
+        <v>1.15</v>
+      </c>
+      <c r="D632" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E632" s="0" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="633">
+      <c r="A633" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B633" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C633" s="0">
+        <v>0.53</v>
+      </c>
+      <c r="D633" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E633" s="0" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="634">
+      <c r="A634" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B634" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C634" s="0">
+        <v>0.33</v>
+      </c>
+      <c r="D634" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E634" s="0" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="635">
+      <c r="A635" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B635" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="C635" s="0">
+        <v>0.734</v>
+      </c>
+      <c r="D635" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E635" s="0" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="636">
+      <c r="A636" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B636" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="C636" s="0">
+        <v>0.7</v>
+      </c>
+      <c r="D636" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E636" s="0" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="637">
+      <c r="A637" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B637" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C637" s="0">
+        <v>0.17</v>
+      </c>
+      <c r="D637" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E637" s="0" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="638">
+      <c r="A638" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B638" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C638" s="0">
+        <v>0.126</v>
+      </c>
+      <c r="D638" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E638" s="0" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="639">
+      <c r="A639" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B639" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="C639" s="0">
+        <v>0.398</v>
+      </c>
+      <c r="D639" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E639" s="0" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="640">
+      <c r="A640" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B640" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C640" s="0">
+        <v>1.992</v>
+      </c>
+      <c r="D640" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E640" s="0" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="641">
+      <c r="A641" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B641" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="C641" s="0">
+        <v>14</v>
+      </c>
+      <c r="D641" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E641" s="0" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="642">
+      <c r="A642" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B642" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="C642" s="0">
+        <v>0.822</v>
+      </c>
+      <c r="D642" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E642" s="0" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="643">
+      <c r="A643" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B643" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C643" s="0">
+        <v>1</v>
+      </c>
+      <c r="D643" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E643" s="0" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="644">
+      <c r="A644" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B644" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C644" s="0">
+        <v>0.831</v>
+      </c>
+      <c r="D644" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E644" s="0" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="645">
+      <c r="A645" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B645" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C645" s="0">
+        <v>0.51</v>
+      </c>
+      <c r="D645" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E645" s="0" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="646">
+      <c r="A646" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B646" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C646" s="0">
+        <v>0.58</v>
+      </c>
+      <c r="D646" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E646" s="0" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="647">
+      <c r="A647" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B647" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C647" s="0">
+        <v>0.114</v>
+      </c>
+      <c r="D647" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E647" s="0" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="648">
+      <c r="A648" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B648" s="0" t="s">
+        <v>862</v>
+      </c>
+      <c r="C648" s="0">
+        <v>0.21</v>
+      </c>
+      <c r="D648" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E648" s="0" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="649">
+      <c r="A649" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B649" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C649" s="0">
+        <v>0.581</v>
+      </c>
+      <c r="D649" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E649" s="0" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="650">
+      <c r="A650" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B650" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C650" s="0">
+        <v>32.386</v>
+      </c>
+      <c r="D650" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E650" s="0" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="651">
+      <c r="A651" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B651" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C651" s="0">
+        <v>0.239</v>
+      </c>
+      <c r="D651" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E651" s="0" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="652">
+      <c r="A652" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B652" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C652" s="0">
+        <v>1.19</v>
+      </c>
+      <c r="D652" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E652" s="0" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="653">
+      <c r="A653" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B653" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C653" s="0">
+        <v>0.316</v>
+      </c>
+      <c r="D653" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E653" s="0" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="654">
+      <c r="A654" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B654" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C654" s="0">
+        <v>0.128</v>
+      </c>
+      <c r="D654" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E654" s="0" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="655">
+      <c r="A655" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B655" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C655" s="0">
+        <v>0.254</v>
+      </c>
+      <c r="D655" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E655" s="0" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="656">
+      <c r="A656" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B656" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C656" s="0">
+        <v>0.623</v>
+      </c>
+      <c r="D656" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E656" s="0" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="657">
+      <c r="A657" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B657" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C657" s="0">
+        <v>1.19</v>
+      </c>
+      <c r="D657" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E657" s="0" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="658">
+      <c r="A658" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B658" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C658" s="0">
+        <v>0.702</v>
+      </c>
+      <c r="D658" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E658" s="0" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="659">
+      <c r="A659" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B659" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C659" s="0">
+        <v>30.344</v>
+      </c>
+      <c r="D659" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E659" s="0" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="660">
+      <c r="A660" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B660" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C660" s="0">
+        <v>1.25</v>
+      </c>
+      <c r="D660" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E660" s="0" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="661">
+      <c r="A661" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B661" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="C661" s="0">
+        <v>0.357</v>
+      </c>
+      <c r="D661" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E661" s="0" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="662">
+      <c r="A662" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B662" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="C662" s="0">
+        <v>0.252</v>
+      </c>
+      <c r="D662" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E662" s="0" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="663">
+      <c r="A663" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B663" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C663" s="0">
+        <v>0.39</v>
+      </c>
+      <c r="D663" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E663" s="0" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="664">
+      <c r="A664" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B664" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C664" s="0">
+        <v>0.69</v>
+      </c>
+      <c r="D664" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E664" s="0" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="665">
+      <c r="A665" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B665" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C665" s="0">
+        <v>0.81</v>
+      </c>
+      <c r="D665" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E665" s="0" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="666">
+      <c r="A666" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B666" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C666" s="0">
+        <v>0.53</v>
+      </c>
+      <c r="D666" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E666" s="0" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="667">
+      <c r="A667" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B667" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C667" s="0">
+        <v>0.192</v>
+      </c>
+      <c r="D667" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E667" s="0" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="668">
+      <c r="A668" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B668" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C668" s="0">
+        <v>0.168</v>
+      </c>
+      <c r="D668" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E668" s="0" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="669">
+      <c r="A669" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B669" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C669" s="0">
+        <v>2.5</v>
+      </c>
+      <c r="D669" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E669" s="0" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="670">
+      <c r="A670" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B670" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C670" s="0">
+        <v>1.67</v>
+      </c>
+      <c r="D670" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E670" s="0" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="671">
+      <c r="A671" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B671" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C671" s="0">
+        <v>0.297</v>
+      </c>
+      <c r="D671" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E671" s="0" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="672">
+      <c r="A672" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B672" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C672" s="0">
+        <v>0.035</v>
+      </c>
+      <c r="D672" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E672" s="0" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="673">
+      <c r="A673" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B673" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C673" s="0">
+        <v>0.298</v>
+      </c>
+      <c r="D673" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E673" s="0" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="674">
+      <c r="A674" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B674" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C674" s="0">
+        <v>0.97</v>
+      </c>
+      <c r="D674" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E674" s="0" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="675">
+      <c r="A675" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B675" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C675" s="0">
+        <v>0.2</v>
+      </c>
+      <c r="D675" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E675" s="0" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="676">
+      <c r="A676" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B676" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C676" s="0">
+        <v>0.24</v>
+      </c>
+      <c r="D676" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E676" s="0" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="677">
+      <c r="A677" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B677" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C677" s="0">
+        <v>0.235</v>
+      </c>
+      <c r="D677" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E677" s="0" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="678">
+      <c r="A678" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B678" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C678" s="0">
+        <v>0.23</v>
+      </c>
+      <c r="D678" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E678" s="0" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="679">
+      <c r="A679" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B679" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="C679" s="0">
+        <v>0.71</v>
+      </c>
+      <c r="D679" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E679" s="0" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="680">
+      <c r="A680" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B680" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C680" s="0">
+        <v>0.282</v>
+      </c>
+      <c r="D680" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E680" s="0" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="681">
+      <c r="A681" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B681" s="0" t="s">
+        <v>896</v>
+      </c>
+      <c r="C681" s="0">
+        <v>36</v>
+      </c>
+      <c r="D681" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E681" s="0" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="682">
+      <c r="A682" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B682" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C682" s="0">
+        <v>0.126</v>
+      </c>
+      <c r="D682" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E682" s="0" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="683">
+      <c r="A683" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B683" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C683" s="0">
+        <v>0.198</v>
+      </c>
+      <c r="D683" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E683" s="0" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="684">
+      <c r="A684" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B684" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C684" s="0">
+        <v>0.352</v>
+      </c>
+      <c r="D684" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E684" s="0" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="685">
+      <c r="A685" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B685" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="C685" s="0">
+        <v>0.415</v>
+      </c>
+      <c r="D685" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E685" s="0" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="686">
+      <c r="A686" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B686" s="0" t="s">
+        <v>902</v>
+      </c>
+      <c r="C686" s="0">
+        <v>0.32</v>
+      </c>
+      <c r="D686" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E686" s="0" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="687">
+      <c r="A687" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B687" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C687" s="0">
+        <v>0.118</v>
+      </c>
+      <c r="D687" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E687" s="0" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="688">
+      <c r="A688" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B688" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C688" s="0">
+        <v>1.67</v>
+      </c>
+      <c r="D688" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E688" s="0" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="689">
+      <c r="A689" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B689" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C689" s="0">
+        <v>0.19</v>
+      </c>
+      <c r="D689" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E689" s="0" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="690">
+      <c r="A690" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B690" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C690" s="0">
+        <v>0.505</v>
+      </c>
+      <c r="D690" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E690" s="0" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="691">
+      <c r="A691" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B691" s="0" t="s">
+        <v>908</v>
+      </c>
+      <c r="C691" s="0">
+        <v>0.38</v>
+      </c>
+      <c r="D691" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E691" s="0" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="692">
+      <c r="A692" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B692" s="0" t="s">
+        <v>910</v>
+      </c>
+      <c r="C692" s="0">
+        <v>0.171</v>
+      </c>
+      <c r="D692" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E692" s="0" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="693">
+      <c r="A693" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B693" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C693" s="0">
+        <v>0.312</v>
+      </c>
+      <c r="D693" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E693" s="0" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="694">
+      <c r="A694" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B694" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="C694" s="0">
+        <v>15</v>
+      </c>
+      <c r="D694" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E694" s="0" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="695">
+      <c r="A695" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B695" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C695" s="0">
+        <v>0.75</v>
+      </c>
+      <c r="D695" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E695" s="0" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="696">
+      <c r="A696" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B696" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C696" s="0">
+        <v>0.33</v>
+      </c>
+      <c r="D696" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E696" s="0" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="697">
+      <c r="A697" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B697" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="C697" s="0">
+        <v>0.71</v>
+      </c>
+      <c r="D697" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E697" s="0" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="698">
+      <c r="A698" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B698" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C698" s="0">
+        <v>1.19</v>
+      </c>
+      <c r="D698" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E698" s="0" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="699">
+      <c r="A699" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B699" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C699" s="0">
+        <v>2.5</v>
+      </c>
+      <c r="D699" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E699" s="0" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="700">
+      <c r="A700" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B700" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C700" s="0">
+        <v>0.885</v>
+      </c>
+      <c r="D700" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E700" s="0" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="701">
+      <c r="A701" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B701" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C701" s="0">
+        <v>2.78</v>
+      </c>
+      <c r="D701" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E701" s="0" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="702">
+      <c r="A702" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B702" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C702" s="0">
+        <v>0.051</v>
+      </c>
+      <c r="D702" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E702" s="0" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="703">
+      <c r="A703" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B703" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C703" s="0">
+        <v>0.65</v>
+      </c>
+      <c r="D703" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E703" s="0" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="704">
+      <c r="A704" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B704" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C704" s="0">
+        <v>1.67</v>
+      </c>
+      <c r="D704" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E704" s="0" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="705">
+      <c r="A705" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B705" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C705" s="0">
+        <v>0.114</v>
+      </c>
+      <c r="D705" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E705" s="0" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="706">
+      <c r="A706" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B706" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C706" s="0">
+        <v>0.233</v>
+      </c>
+      <c r="D706" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E706" s="0" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="707">
+      <c r="A707" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B707" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="C707" s="0">
+        <v>0.501</v>
+      </c>
+      <c r="D707" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E707" s="0" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="708">
+      <c r="A708" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B708" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C708" s="0">
+        <v>0.985</v>
+      </c>
+      <c r="D708" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E708" s="0" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="709">
+      <c r="A709" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B709" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C709" s="0">
+        <v>1.738</v>
+      </c>
+      <c r="D709" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E709" s="0" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="710">
+      <c r="A710" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B710" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="C710" s="0">
+        <v>0.7</v>
+      </c>
+      <c r="D710" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E710" s="0" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="711">
+      <c r="A711" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B711" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C711" s="0">
+        <v>4.23</v>
+      </c>
+      <c r="D711" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E711" s="0" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="712">
+      <c r="A712" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B712" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C712" s="0">
+        <v>0.54</v>
+      </c>
+      <c r="D712" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E712" s="0" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="713">
+      <c r="A713" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B713" s="0" t="s">
+        <v>932</v>
+      </c>
+      <c r="C713" s="0">
+        <v>8</v>
+      </c>
+      <c r="D713" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E713" s="0" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="714">
+      <c r="A714" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B714" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C714" s="0">
+        <v>0.885</v>
+      </c>
+      <c r="D714" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E714" s="0" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="715">
+      <c r="A715" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B715" s="0" t="s">
+        <v>935</v>
+      </c>
+      <c r="C715" s="0">
+        <v>24</v>
+      </c>
+      <c r="D715" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E715" s="0" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="716">
+      <c r="A716" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B716" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C716" s="0">
+        <v>1.075</v>
+      </c>
+      <c r="D716" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E716" s="0" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="717">
+      <c r="A717" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B717" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="C717" s="0">
+        <v>0.201</v>
+      </c>
+      <c r="D717" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E717" s="0" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="718">
+      <c r="A718" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B718" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C718" s="0">
+        <v>0.72</v>
+      </c>
+      <c r="D718" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E718" s="0" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="719">
+      <c r="A719" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B719" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C719" s="0">
+        <v>0.304</v>
+      </c>
+      <c r="D719" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E719" s="0" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="720">
+      <c r="A720" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B720" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C720" s="0">
+        <v>0.297</v>
+      </c>
+      <c r="D720" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E720" s="0" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="721">
+      <c r="A721" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B721" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="C721" s="0">
+        <v>30</v>
+      </c>
+      <c r="D721" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E721" s="0" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="722">
+      <c r="A722" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B722" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C722" s="0">
+        <v>0.174</v>
+      </c>
+      <c r="D722" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E722" s="0" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="723">
+      <c r="A723" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B723" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C723" s="0">
+        <v>1.285</v>
+      </c>
+      <c r="D723" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E723" s="0" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="724">
+      <c r="A724" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B724" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C724" s="0">
+        <v>0.885</v>
+      </c>
+      <c r="D724" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E724" s="0" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="725">
+      <c r="A725" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B725" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="C725" s="0">
+        <v>126</v>
+      </c>
+      <c r="D725" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E725" s="0" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="726">
+      <c r="A726" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B726" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C726" s="0">
+        <v>0.785</v>
+      </c>
+      <c r="D726" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E726" s="0" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="727">
+      <c r="A727" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B727" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C727" s="0">
+        <v>0.475</v>
+      </c>
+      <c r="D727" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E727" s="0" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="728">
+      <c r="A728" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="B728" s="0" t="s">
+        <v>950</v>
+      </c>
+      <c r="C728" s="0">
+        <v>0.425</v>
+      </c>
+      <c r="D728" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E728" s="0" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="729">
+      <c r="A729" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B729" s="0" t="s">
+        <v>952</v>
+      </c>
+      <c r="C729" s="0">
+        <v>0.55</v>
+      </c>
+      <c r="D729" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E729" s="0" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="730">
+      <c r="A730" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B730" s="0" t="s">
+        <v>952</v>
+      </c>
+      <c r="C730" s="0">
+        <v>0.272</v>
+      </c>
+      <c r="D730" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E730" s="0" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="731">
+      <c r="A731" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B731" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C731" s="0">
+        <v>0.351</v>
+      </c>
+      <c r="D731" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E731" s="0" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="732">
+      <c r="A732" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B732" s="0" t="s">
+        <v>955</v>
+      </c>
+      <c r="C732" s="0">
+        <v>0.202</v>
+      </c>
+      <c r="D732" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E732" s="0" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="733">
+      <c r="A733" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B733" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="C733" s="0">
+        <v>0.502</v>
+      </c>
+      <c r="D733" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E733" s="0" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="734">
+      <c r="A734" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B734" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C734" s="0">
+        <v>0.094</v>
+      </c>
+      <c r="D734" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E734" s="0" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="735">
+      <c r="A735" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B735" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C735" s="0">
+        <v>2.335</v>
+      </c>
+      <c r="D735" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E735" s="0" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="736">
+      <c r="A736" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B736" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C736" s="0">
+        <v>0.348</v>
+      </c>
+      <c r="D736" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E736" s="0" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="737">
+      <c r="A737" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B737" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="C737" s="0">
+        <v>0.106</v>
+      </c>
+      <c r="D737" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E737" s="0" t="s">
+        <v>961</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>