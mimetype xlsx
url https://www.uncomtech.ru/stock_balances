--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -4,15505 +4,20282 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Данные" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="962" uniqueCount="962">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1200" uniqueCount="1200">
   <si>
     <t>Склад</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Доступно</t>
   </si>
   <si>
     <t>ЕИ</t>
   </si>
   <si>
     <t>№ барабана</t>
   </si>
   <si>
     <t>Кирс завод</t>
   </si>
   <si>
+    <t>СИП-3 1*150-20</t>
+  </si>
+  <si>
+    <t>КМ</t>
+  </si>
+  <si>
+    <t>22503666</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*95+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22503739</t>
+  </si>
+  <si>
+    <t>Иркутск</t>
+  </si>
+  <si>
+    <t>ААБл 3*50(ож)-10</t>
+  </si>
+  <si>
+    <t>22P03644</t>
+  </si>
+  <si>
+    <t>СИП-2 3*50+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>12P04118</t>
+  </si>
+  <si>
+    <t>СИП-4 4*16-0.6/1</t>
+  </si>
+  <si>
+    <t>12P02828</t>
+  </si>
+  <si>
+    <t>АС 70/11</t>
+  </si>
+  <si>
+    <t>Т</t>
+  </si>
+  <si>
+    <t>11P01081</t>
+  </si>
+  <si>
+    <t>СИП-3 1*50-20</t>
+  </si>
+  <si>
+    <t>12P03469</t>
+  </si>
+  <si>
+    <t>АСБл 3*120(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04157</t>
+  </si>
+  <si>
+    <t>22507221</t>
+  </si>
+  <si>
+    <t>СИП-4 4*25-0.6/1</t>
+  </si>
+  <si>
+    <t>12P03119</t>
+  </si>
+  <si>
+    <t>СИП-4 4*35-0.6/1</t>
+  </si>
+  <si>
+    <t>12P01864</t>
+  </si>
+  <si>
+    <t>EPRCab БШвнг(А)-LS-ХЛ 3*1,5ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>32P00238</t>
+  </si>
+  <si>
+    <t>22514399</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*95-0.6/1</t>
+  </si>
+  <si>
+    <t>22510174</t>
+  </si>
+  <si>
+    <t>Хабаровск</t>
+  </si>
+  <si>
+    <t>12P01715</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 5*1,5</t>
+  </si>
+  <si>
+    <t>32502779</t>
+  </si>
+  <si>
+    <t>ААБл 3*95(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04466</t>
+  </si>
+  <si>
+    <t>СИП-3 1*35-20</t>
+  </si>
+  <si>
+    <t>22512260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСМ  1*6,0 Д 6,40</t>
+  </si>
+  <si>
+    <t>52100498</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 4*1,5</t>
+  </si>
+  <si>
+    <t>22503150</t>
+  </si>
+  <si>
+    <t>12P04958</t>
+  </si>
+  <si>
+    <t>СИП-3 1*70-20</t>
+  </si>
+  <si>
+    <t>22516707</t>
+  </si>
+  <si>
+    <t>12P03714</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 5*4</t>
+  </si>
+  <si>
+    <t>22506064</t>
+  </si>
+  <si>
+    <t>12P05815</t>
+  </si>
+  <si>
+    <t>АСБл 3*150-10</t>
+  </si>
+  <si>
+    <t>22N03518</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*1,713 Д 4,30</t>
+  </si>
+  <si>
+    <t>51960318</t>
+  </si>
+  <si>
+    <t>22P04206</t>
+  </si>
+  <si>
+    <t>12P04785</t>
+  </si>
+  <si>
+    <t>22509609</t>
+  </si>
+  <si>
+    <t>22512120</t>
+  </si>
+  <si>
+    <t>22512149</t>
+  </si>
+  <si>
+    <t>22516028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНММНКн  1*0,769 Д 3,70</t>
+  </si>
+  <si>
+    <t>51900217</t>
+  </si>
+  <si>
+    <t>ЦААШв 3*240(ож)-10</t>
+  </si>
+  <si>
+    <t>22P02761</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 4*50мк(N)-1</t>
+  </si>
+  <si>
+    <t>22314077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПуГВнг(А)-LS 1*6  450/750 В зелено-желтый</t>
+  </si>
+  <si>
+    <t>32503335</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНММНМ  1*2,5 Д 5,30</t>
+  </si>
+  <si>
+    <t>51960283</t>
+  </si>
+  <si>
+    <t>СИП-4 4*70-0.6/1</t>
+  </si>
+  <si>
+    <t>22511994</t>
+  </si>
+  <si>
+    <t>КВБбШвнг(А)-LS 4*1,5</t>
+  </si>
+  <si>
+    <t>22413684</t>
+  </si>
+  <si>
+    <t>СИП-4 4*25+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22402783</t>
+  </si>
+  <si>
+    <t>22511985</t>
+  </si>
+  <si>
+    <t>22512298</t>
+  </si>
+  <si>
+    <t>22512442</t>
+  </si>
+  <si>
+    <t>22512453</t>
+  </si>
+  <si>
+    <t>СИП-4 2*25-0.6/1</t>
+  </si>
+  <si>
+    <t>12P06131</t>
+  </si>
+  <si>
+    <t>12P07069</t>
+  </si>
+  <si>
+    <t>12P07045</t>
+  </si>
+  <si>
+    <t>12P06158</t>
+  </si>
+  <si>
+    <t>АС 240/32</t>
+  </si>
+  <si>
+    <t>12214334</t>
+  </si>
+  <si>
+    <t>12N01250/1-1</t>
+  </si>
+  <si>
+    <t>АПвБШп 4*185мс(N)-1</t>
+  </si>
+  <si>
+    <t>22405958</t>
+  </si>
+  <si>
+    <t>АПвБШв 4*150мс(N)-1</t>
+  </si>
+  <si>
+    <t>22406705</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-FRLS 5*25мк(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22414256</t>
+  </si>
+  <si>
+    <t>51900261</t>
+  </si>
+  <si>
+    <t>12P04428</t>
+  </si>
+  <si>
+    <t>ААБл 3*185-10</t>
+  </si>
+  <si>
+    <t>22P05017</t>
+  </si>
+  <si>
+    <t>22L00072</t>
+  </si>
+  <si>
+    <t>АСБл 3*95(ож)-10</t>
+  </si>
+  <si>
+    <t>22P05287</t>
+  </si>
+  <si>
+    <t>СИП-4 2*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22516735</t>
+  </si>
+  <si>
+    <t>АСБл 3*150(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04207</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 4*2,5ок(N)-1</t>
+  </si>
+  <si>
+    <t>32302510</t>
+  </si>
+  <si>
+    <t>ПуГВ 1*0,50 450/750 В зелено-желтый</t>
+  </si>
+  <si>
+    <t>32005029/1-2</t>
+  </si>
+  <si>
+    <t>22P04394</t>
+  </si>
+  <si>
+    <t>КГРЭОП-ХЛ 3*50л+2*16л+1*16л-6000</t>
+  </si>
+  <si>
+    <t>31Z01531/1-1</t>
+  </si>
+  <si>
+    <t>22516755</t>
+  </si>
+  <si>
+    <t>СИП-2 3*35+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>22506112</t>
+  </si>
+  <si>
+    <t>ВВГЭнг(А)-LS 4*70мс(PE)-1</t>
+  </si>
+  <si>
+    <t>31N00890/2-1</t>
+  </si>
+  <si>
+    <t>22600302</t>
+  </si>
+  <si>
+    <t>22600507</t>
+  </si>
+  <si>
+    <t>22510127</t>
+  </si>
+  <si>
+    <t>СИП-3 1*95-20</t>
+  </si>
+  <si>
+    <t>22514815</t>
+  </si>
+  <si>
+    <t>22517231</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*70-0.6/1</t>
+  </si>
+  <si>
+    <t>22517579</t>
+  </si>
+  <si>
+    <t>22517582</t>
+  </si>
+  <si>
+    <t>22517589</t>
+  </si>
+  <si>
+    <t>22600152</t>
+  </si>
+  <si>
+    <t>22600489</t>
+  </si>
+  <si>
+    <t>22600602</t>
+  </si>
+  <si>
+    <t>22600603</t>
+  </si>
+  <si>
+    <t>22516888</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КШРвЭКП(гж)нг(А)-HF  3*400мк/35-10</t>
+  </si>
+  <si>
+    <t>33P02300/2-1</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 3*4ок-0.66</t>
+  </si>
+  <si>
+    <t>22314111</t>
+  </si>
+  <si>
+    <t>12P05734</t>
+  </si>
+  <si>
+    <t>22507591</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 14*1,5</t>
+  </si>
+  <si>
+    <t>32300797</t>
+  </si>
+  <si>
+    <t>31N00890</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 2*2*0,75</t>
+  </si>
+  <si>
+    <t>32Z01480/3-1</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 5*95мс(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22507322</t>
+  </si>
+  <si>
+    <t>ААБл 3*150(ож)-10</t>
+  </si>
+  <si>
+    <t>22P03720</t>
+  </si>
+  <si>
+    <t>51900263</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 5*6ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>32N02749</t>
+  </si>
+  <si>
+    <t>ААБл 3*95-10</t>
+  </si>
+  <si>
+    <t>22P04375</t>
+  </si>
+  <si>
+    <t>22512388</t>
+  </si>
+  <si>
+    <t>22512427</t>
+  </si>
+  <si>
+    <t>СИП-3 1*240-20</t>
+  </si>
+  <si>
+    <t>22317675</t>
+  </si>
+  <si>
+    <t>22514501</t>
+  </si>
+  <si>
+    <t>СИП-2 3*120+1*95-0.6/1</t>
+  </si>
+  <si>
+    <t>12P06194</t>
+  </si>
+  <si>
+    <t>12P06137</t>
+  </si>
+  <si>
+    <t>СИП-2 3*35+1*54,6+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22512318</t>
+  </si>
+  <si>
+    <t>22503840</t>
+  </si>
+  <si>
+    <t>ВБШв 4*4ок(N)-1</t>
+  </si>
+  <si>
+    <t>32200023</t>
+  </si>
+  <si>
+    <t>АСК 240/56</t>
+  </si>
+  <si>
+    <t>12214330</t>
+  </si>
+  <si>
+    <t>Ростов</t>
+  </si>
+  <si>
+    <t>22416719</t>
+  </si>
+  <si>
+    <t>51900256</t>
+  </si>
+  <si>
+    <t>12U01672</t>
+  </si>
+  <si>
+    <t>22517203</t>
+  </si>
+  <si>
+    <t>22513266</t>
+  </si>
+  <si>
+    <t>EPRCab ПГнг(А)-HF-ХЛ 3*2,5мк-0.66</t>
+  </si>
+  <si>
+    <t>32Z02570</t>
+  </si>
+  <si>
+    <t>22N04948</t>
+  </si>
+  <si>
+    <t>22403423</t>
+  </si>
+  <si>
+    <t>22405472</t>
+  </si>
+  <si>
+    <t>22512307</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>12N06612</t>
+  </si>
+  <si>
+    <t>ВВГЭнг(А)-LS 2*10ок(N)-0.66</t>
+  </si>
+  <si>
+    <t>22408295</t>
+  </si>
+  <si>
+    <t>КВВГЭ 7*1,5</t>
+  </si>
+  <si>
+    <t>22405131</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 5*35мк(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22503660</t>
+  </si>
+  <si>
+    <t>АПвПу2г 1*240мк/50-10</t>
+  </si>
+  <si>
+    <t>42502825</t>
+  </si>
+  <si>
+    <t>12N02949</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*70+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>12U06752</t>
+  </si>
+  <si>
+    <t>22503661</t>
+  </si>
+  <si>
+    <t>П-274М 2*0,50</t>
+  </si>
+  <si>
+    <t>32510036</t>
+  </si>
+  <si>
+    <t>22500897</t>
+  </si>
+  <si>
+    <t>12P06130</t>
+  </si>
+  <si>
+    <t>12P07071</t>
+  </si>
+  <si>
+    <t>EPRCab ПГнг(А)-HF-ХЛ 5*2,5мк(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>32Z02569</t>
+  </si>
+  <si>
+    <t>32Z02569/1-1</t>
+  </si>
+  <si>
+    <t>АСБ 3*240-10</t>
+  </si>
+  <si>
+    <t>22P01689</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 5*70мс(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22501033</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 3*2,5ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22316609</t>
+  </si>
+  <si>
+    <t>22512175</t>
+  </si>
+  <si>
+    <t>12P05535</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS-ХЛ 4*1,5</t>
+  </si>
+  <si>
+    <t>22314278</t>
+  </si>
+  <si>
+    <t>ААБл 3*70-10</t>
+  </si>
+  <si>
+    <t>22P03494</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS-ХЛ 3*2,5ок-0.66</t>
+  </si>
+  <si>
+    <t>22512314</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-FRLS 4*1,5</t>
+  </si>
+  <si>
+    <t>22503080</t>
+  </si>
+  <si>
+    <t>22408382</t>
+  </si>
+  <si>
+    <t>КВБбШвнг(А)-LS 4*1,0</t>
+  </si>
+  <si>
+    <t>22414235</t>
+  </si>
+  <si>
+    <t>12N05684</t>
+  </si>
+  <si>
+    <t>12P04478</t>
+  </si>
+  <si>
+    <t>22P05136</t>
+  </si>
+  <si>
+    <t>22L00068</t>
+  </si>
+  <si>
+    <t>СИП-3 1*50-35</t>
+  </si>
+  <si>
+    <t>12N01930</t>
+  </si>
+  <si>
+    <t>12P06668</t>
+  </si>
+  <si>
+    <t>12P07050</t>
+  </si>
+  <si>
+    <t>12N03865</t>
+  </si>
+  <si>
+    <t>22416657</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS-ХЛ 5*10ок(N,PE)-1</t>
+  </si>
+  <si>
+    <t>32N00842</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 10*1,5</t>
+  </si>
+  <si>
+    <t>32503055</t>
+  </si>
+  <si>
+    <t>22515183</t>
+  </si>
+  <si>
+    <t>СИП-2 3*16+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>22511192</t>
+  </si>
+  <si>
+    <t>СИП-2 3*25+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>22512446</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*0,270 Д 3,20</t>
+  </si>
+  <si>
+    <t>52503864</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСМ  1*2,5 Д 5,30</t>
+  </si>
+  <si>
+    <t>52503949</t>
+  </si>
+  <si>
+    <t>52503934</t>
+  </si>
+  <si>
+    <t>ААБл 3*70-6</t>
+  </si>
+  <si>
+    <t>22N04819</t>
+  </si>
+  <si>
+    <t>22501998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСКн  1*0,769 Д 3,70</t>
+  </si>
+  <si>
+    <t>52500106/1-1</t>
+  </si>
+  <si>
+    <t>22503625</t>
+  </si>
+  <si>
+    <t>СИП-2 1*16+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>22511704</t>
+  </si>
+  <si>
+    <t>СИП-2 3*50+1*54,6+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22517163</t>
+  </si>
+  <si>
+    <t>22514547</t>
+  </si>
+  <si>
+    <t>КГС ПЭ 2*4+3*1,5+2*1,0</t>
+  </si>
+  <si>
+    <t>32503246</t>
+  </si>
+  <si>
+    <t>ВВГнг(А) 2*1,5ок(N)-1</t>
+  </si>
+  <si>
+    <t>22403520</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСКн  1*3,046 Д 4,90</t>
+  </si>
+  <si>
+    <t>52500100</t>
+  </si>
+  <si>
+    <t>ПуГВ 1*6 450/750 В</t>
+  </si>
+  <si>
+    <t>32P02335</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*95+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>22313813</t>
+  </si>
+  <si>
+    <t>12P05736</t>
+  </si>
+  <si>
+    <t>12P01859</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КМЖ  4*2,5-750  Д 10,1</t>
+  </si>
+  <si>
+    <t>52260069</t>
+  </si>
+  <si>
+    <t>СИП-1 3*70+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>22302214</t>
+  </si>
+  <si>
+    <t>СИП-2 3*35+1*50-0.6/1</t>
+  </si>
+  <si>
+    <t>22509332</t>
+  </si>
+  <si>
+    <t>22600483</t>
+  </si>
+  <si>
+    <t>АСБл 3*240(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04554</t>
+  </si>
+  <si>
+    <t>22509812</t>
+  </si>
+  <si>
+    <t>22516844</t>
+  </si>
+  <si>
+    <t>22509904</t>
+  </si>
+  <si>
+    <t>22517536</t>
+  </si>
+  <si>
+    <t>22517533</t>
+  </si>
+  <si>
+    <t>Электросталь</t>
+  </si>
+  <si>
+    <t>22516459</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*0,108 Д 3,20</t>
+  </si>
+  <si>
+    <t>52503877</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*54,6+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22600576</t>
+  </si>
+  <si>
+    <t>22517588</t>
+  </si>
+  <si>
+    <t>12P04673</t>
+  </si>
+  <si>
+    <t>ПуГВ 1*25 450/750 В зелено-желтый</t>
+  </si>
+  <si>
+    <t>22509602</t>
+  </si>
+  <si>
+    <t>22517096</t>
+  </si>
+  <si>
+    <t>АСБл 3*120-10</t>
+  </si>
+  <si>
+    <t>22L00183</t>
+  </si>
+  <si>
+    <t>22516027</t>
+  </si>
+  <si>
+    <t>ААБл 3*120(ож)-10</t>
+  </si>
+  <si>
+    <t>22P05293</t>
+  </si>
+  <si>
+    <t>ААБл 3*240-10</t>
+  </si>
+  <si>
+    <t>22P04498</t>
+  </si>
+  <si>
+    <t>СИП-2 3*25+1*35-0.6/1</t>
+  </si>
+  <si>
+    <t>22512185</t>
+  </si>
+  <si>
+    <t>12P06769</t>
+  </si>
+  <si>
+    <t>12P03405</t>
+  </si>
+  <si>
+    <t>Екатеринбург</t>
+  </si>
+  <si>
+    <t>Зажим 153N+BI</t>
+  </si>
+  <si>
+    <t>ШТ</t>
+  </si>
+  <si>
+    <t>AX000369</t>
+  </si>
+  <si>
+    <t>22511984</t>
+  </si>
+  <si>
+    <t>22600522</t>
+  </si>
+  <si>
+    <t>AX000368</t>
+  </si>
+  <si>
+    <t>ККЗ ИК ПвЭПнг(А)-HF-ХЛ 4*2*0,78</t>
+  </si>
+  <si>
+    <t>32504566</t>
+  </si>
+  <si>
+    <t>22517184</t>
+  </si>
+  <si>
+    <t>52503946</t>
+  </si>
+  <si>
+    <t>22516550</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*70-0.6/1</t>
+  </si>
+  <si>
+    <t>22517126</t>
+  </si>
+  <si>
+    <t>22513340</t>
+  </si>
+  <si>
+    <t>12P06724</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*0,432 Д 3,40</t>
+  </si>
+  <si>
+    <t>52503888</t>
+  </si>
+  <si>
+    <t>ААБл 3*120-10</t>
+  </si>
+  <si>
+    <t>22P05138</t>
+  </si>
+  <si>
+    <t>ААБл 3*240(ож)-10</t>
+  </si>
+  <si>
+    <t>22P05308</t>
+  </si>
+  <si>
+    <t>22600277</t>
+  </si>
+  <si>
+    <t>ОГРАНИЧИТЕЛЬ ОР 600/28</t>
+  </si>
+  <si>
+    <t>AX000401</t>
+  </si>
+  <si>
+    <t>22600316</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный (CTN 70 А)-ВК</t>
+  </si>
+  <si>
+    <t>3444/8</t>
+  </si>
+  <si>
+    <t>22600525</t>
+  </si>
+  <si>
+    <t>ГСП 2*0,50</t>
+  </si>
+  <si>
+    <t>32410128</t>
+  </si>
+  <si>
+    <t>22L00071</t>
+  </si>
+  <si>
+    <t>22600215</t>
+  </si>
+  <si>
+    <t>22515959</t>
+  </si>
+  <si>
+    <t>22600499</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*70+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22600205</t>
+  </si>
+  <si>
+    <t>22600527</t>
+  </si>
+  <si>
+    <t>22P05203</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 3*6ок-0.66</t>
+  </si>
+  <si>
+    <t>22503383</t>
+  </si>
+  <si>
+    <t>22600308</t>
+  </si>
+  <si>
+    <t>22517517</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*0,171 Д 3,20</t>
+  </si>
+  <si>
+    <t>52503916</t>
+  </si>
+  <si>
+    <t>12P03948</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 5*35мк(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22515091</t>
+  </si>
+  <si>
+    <t>22516825</t>
+  </si>
+  <si>
+    <t>22516478</t>
+  </si>
+  <si>
+    <t>22600150</t>
+  </si>
+  <si>
+    <t>22600268</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСКн  1*1,226 Д 4,00</t>
+  </si>
+  <si>
+    <t>52503924</t>
+  </si>
+  <si>
+    <t>Зажим SL 25.2</t>
+  </si>
+  <si>
+    <t>12-12</t>
+  </si>
+  <si>
+    <t>22514631</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 4*2*0,75</t>
+  </si>
+  <si>
+    <t>32P00236</t>
+  </si>
+  <si>
+    <t>52503932</t>
+  </si>
+  <si>
+    <t>22600501</t>
+  </si>
+  <si>
+    <t>52561502</t>
+  </si>
+  <si>
+    <t>22516631</t>
+  </si>
+  <si>
+    <t>22516011</t>
+  </si>
+  <si>
+    <t>22513345</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСМ  1*0,693 Д 3,70</t>
+  </si>
+  <si>
+    <t>52501399</t>
+  </si>
+  <si>
+    <t>СИП-2 3*50+1*54,6+2*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22517611</t>
+  </si>
+  <si>
+    <t>СИП-2 3*50+1*70-0.6/1</t>
+  </si>
+  <si>
+    <t>12P07023</t>
+  </si>
+  <si>
+    <t>КВБбШв 7*1,5</t>
+  </si>
+  <si>
+    <t>22504896</t>
+  </si>
+  <si>
+    <t>12P06638</t>
+  </si>
+  <si>
+    <t>22L00214</t>
+  </si>
+  <si>
+    <t>Алматы</t>
+  </si>
+  <si>
+    <t>22P04098</t>
+  </si>
+  <si>
+    <t>Зажим 151N+BI</t>
+  </si>
+  <si>
+    <t>AX000388</t>
+  </si>
+  <si>
+    <t>22516448</t>
+  </si>
+  <si>
+    <t>22516939</t>
+  </si>
+  <si>
+    <t>22517532</t>
+  </si>
+  <si>
+    <t>22P05100</t>
+  </si>
+  <si>
+    <t>ТРАВЕРСА ТС 1</t>
+  </si>
+  <si>
+    <t>18065</t>
+  </si>
+  <si>
+    <t>12P06669</t>
+  </si>
+  <si>
+    <t>52503907</t>
+  </si>
+  <si>
+    <t>22600650</t>
+  </si>
+  <si>
+    <t>Зажим 71+BI</t>
+  </si>
+  <si>
+    <t>AX000385</t>
+  </si>
+  <si>
+    <t>52503919</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 70N</t>
+  </si>
+  <si>
+    <t>AX000380</t>
+  </si>
+  <si>
+    <t>22600506</t>
+  </si>
+  <si>
+    <t>Зажим PS 4-16/70</t>
+  </si>
+  <si>
+    <t>AX000410</t>
+  </si>
+  <si>
+    <t>32P00266</t>
+  </si>
+  <si>
+    <t>22517516</t>
+  </si>
+  <si>
+    <t>22516871</t>
+  </si>
+  <si>
+    <t>12P07051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСКн  1*1,96 Д 4,40</t>
+  </si>
+  <si>
+    <t>52503994</t>
+  </si>
+  <si>
+    <t>22P05388</t>
+  </si>
+  <si>
+    <t>22516603</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 1*2*0,75</t>
+  </si>
+  <si>
+    <t>32P00322</t>
+  </si>
+  <si>
     <t>СИП-4 4*50-0.6/1</t>
   </si>
   <si>
-    <t>КМ</t>
-[...116 lines deleted...]
-    <t>12P04846</t>
+    <t>22214818</t>
+  </si>
+  <si>
+    <t>32410137</t>
+  </si>
+  <si>
+    <t>12P06753</t>
+  </si>
+  <si>
+    <t>52503989</t>
+  </si>
+  <si>
+    <t>22600614</t>
+  </si>
+  <si>
+    <t>12P03795</t>
+  </si>
+  <si>
+    <t>52503862</t>
+  </si>
+  <si>
+    <t>52503968</t>
+  </si>
+  <si>
+    <t>22516607</t>
+  </si>
+  <si>
+    <t>22600233</t>
+  </si>
+  <si>
+    <t>ААБл 3*240(ож)-6</t>
+  </si>
+  <si>
+    <t>22L00181</t>
+  </si>
+  <si>
+    <t>22516474</t>
+  </si>
+  <si>
+    <t>52503863</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 95</t>
+  </si>
+  <si>
+    <t>AX000373</t>
+  </si>
+  <si>
+    <t>22516543</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*70+2*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22515725</t>
+  </si>
+  <si>
+    <t>52503964</t>
+  </si>
+  <si>
+    <t>АСБл 3*185(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04421</t>
+  </si>
+  <si>
+    <t>22600207</t>
+  </si>
+  <si>
+    <t>22600156</t>
+  </si>
+  <si>
+    <t>12P03731</t>
+  </si>
+  <si>
+    <t>Наконечник CPTAUR 16</t>
+  </si>
+  <si>
+    <t>AX000376</t>
+  </si>
+  <si>
+    <t>22517521</t>
+  </si>
+  <si>
+    <t>СИП-3 1*120-20</t>
+  </si>
+  <si>
+    <t>22600213</t>
+  </si>
+  <si>
+    <t>12P05024</t>
+  </si>
+  <si>
+    <t>52503939</t>
+  </si>
+  <si>
+    <t>52503992</t>
+  </si>
+  <si>
+    <t>32P00237</t>
+  </si>
+  <si>
+    <t>12P07038</t>
+  </si>
+  <si>
+    <t>52503861</t>
+  </si>
+  <si>
+    <t>52503972</t>
+  </si>
+  <si>
+    <t>22P05288</t>
+  </si>
+  <si>
+    <t>12P06770</t>
+  </si>
+  <si>
+    <t>22L00084</t>
+  </si>
+  <si>
+    <t>22600676</t>
+  </si>
+  <si>
+    <t>22515697</t>
+  </si>
+  <si>
+    <t>22517524</t>
+  </si>
+  <si>
+    <t>22600153</t>
+  </si>
+  <si>
+    <t>12P06155</t>
+  </si>
+  <si>
+    <t>32510040</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-FRLS 3*1,5ок-1</t>
+  </si>
+  <si>
+    <t>32500610</t>
+  </si>
+  <si>
+    <t>22L00201</t>
+  </si>
+  <si>
+    <t>32510035</t>
+  </si>
+  <si>
+    <t>22600407</t>
+  </si>
+  <si>
+    <t>СИП-2 1*25+1*35-0.6/1</t>
+  </si>
+  <si>
+    <t>22516386</t>
+  </si>
+  <si>
+    <t>52503860</t>
+  </si>
+  <si>
+    <t>52503988</t>
+  </si>
+  <si>
+    <t>Зажим MJPВ 25</t>
+  </si>
+  <si>
+    <t>AX000378</t>
+  </si>
+  <si>
+    <t>22515662</t>
+  </si>
+  <si>
+    <t>Муфта СТП 3*70/120 - 10</t>
+  </si>
+  <si>
+    <t>14271</t>
+  </si>
+  <si>
+    <t>22P02760</t>
+  </si>
+  <si>
+    <t>52503889</t>
+  </si>
+  <si>
+    <t>22600526</t>
+  </si>
+  <si>
+    <t>12P05365</t>
+  </si>
+  <si>
+    <t>12P05583</t>
+  </si>
+  <si>
+    <t>22600613</t>
+  </si>
+  <si>
+    <t>22517175</t>
+  </si>
+  <si>
+    <t>22600590</t>
+  </si>
+  <si>
+    <t>52503875</t>
+  </si>
+  <si>
+    <t>22600307</t>
+  </si>
+  <si>
+    <t>22L00085</t>
+  </si>
+  <si>
+    <t>22600275</t>
+  </si>
+  <si>
+    <t>АПвПу2г 1*300мк/50-10</t>
+  </si>
+  <si>
+    <t>33P03108</t>
+  </si>
+  <si>
+    <t>22P05403</t>
+  </si>
+  <si>
+    <t>12214340</t>
+  </si>
+  <si>
+    <t>22600293</t>
+  </si>
+  <si>
+    <t>22516993</t>
+  </si>
+  <si>
+    <t>22509426</t>
+  </si>
+  <si>
+    <t>52503865</t>
+  </si>
+  <si>
+    <t>52503967</t>
+  </si>
+  <si>
+    <t>22P05430</t>
+  </si>
+  <si>
+    <t>52503879</t>
+  </si>
+  <si>
+    <t>22600154</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*50-0.6/1</t>
+  </si>
+  <si>
+    <t>22517551</t>
+  </si>
+  <si>
+    <t>52503868</t>
+  </si>
+  <si>
+    <t>52503980</t>
+  </si>
+  <si>
+    <t>52503993</t>
+  </si>
+  <si>
+    <t>22517556</t>
+  </si>
+  <si>
+    <t>22600643</t>
+  </si>
+  <si>
+    <t>52503878</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 50</t>
+  </si>
+  <si>
+    <t>AX000386</t>
+  </si>
+  <si>
+    <t>52503943</t>
+  </si>
+  <si>
+    <t>22509387</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А) 4*1,5</t>
+  </si>
+  <si>
+    <t>22405486</t>
+  </si>
+  <si>
+    <t>22516078</t>
+  </si>
+  <si>
+    <t>12N02741</t>
+  </si>
+  <si>
+    <t>52501397</t>
+  </si>
+  <si>
+    <t>22P04747</t>
+  </si>
+  <si>
+    <t>52503931</t>
+  </si>
+  <si>
+    <t>22507155</t>
+  </si>
+  <si>
+    <t>22600214</t>
+  </si>
+  <si>
+    <t>22517528</t>
+  </si>
+  <si>
+    <t>12L00065</t>
+  </si>
+  <si>
+    <t>22517529</t>
+  </si>
+  <si>
+    <t>52503999</t>
+  </si>
+  <si>
+    <t>22600612</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-ХЛ 5*6ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22400057</t>
+  </si>
+  <si>
+    <t>32301629</t>
+  </si>
+  <si>
+    <t>22407261</t>
+  </si>
+  <si>
+    <t>22600510</t>
+  </si>
+  <si>
+    <t>22600605</t>
+  </si>
+  <si>
+    <t>22600212</t>
+  </si>
+  <si>
+    <t>52503950</t>
+  </si>
+  <si>
+    <t>12P06637</t>
+  </si>
+  <si>
+    <t>АПвВнг(А)-LS 1*240мк/50-10</t>
+  </si>
+  <si>
+    <t>33P02421</t>
+  </si>
+  <si>
+    <t>22P05143</t>
+  </si>
+  <si>
+    <t>12P07049</t>
+  </si>
+  <si>
+    <t>12L00007</t>
+  </si>
+  <si>
+    <t>22P04506</t>
+  </si>
+  <si>
+    <t>22516890</t>
+  </si>
+  <si>
+    <t>22600559</t>
+  </si>
+  <si>
+    <t>22517544</t>
+  </si>
+  <si>
+    <t>22512422</t>
+  </si>
+  <si>
+    <t>12P04132</t>
+  </si>
+  <si>
+    <t>22600305</t>
+  </si>
+  <si>
+    <t>12P06635</t>
+  </si>
+  <si>
+    <t>52503987</t>
+  </si>
+  <si>
+    <t>22517526</t>
+  </si>
+  <si>
+    <t>22P04551</t>
+  </si>
+  <si>
+    <t>22511410</t>
+  </si>
+  <si>
+    <t>12P00959</t>
+  </si>
+  <si>
+    <t>22514471</t>
+  </si>
+  <si>
+    <t>22509285</t>
+  </si>
+  <si>
+    <t>22600411</t>
+  </si>
+  <si>
+    <t>12P05536</t>
+  </si>
+  <si>
+    <t>12P06199</t>
+  </si>
+  <si>
+    <t>22514696</t>
+  </si>
+  <si>
+    <t>22P05268</t>
+  </si>
+  <si>
+    <t>52503899</t>
+  </si>
+  <si>
+    <t>32406680</t>
+  </si>
+  <si>
+    <t>32502771</t>
+  </si>
+  <si>
+    <t>32510039</t>
+  </si>
+  <si>
+    <t>22516595</t>
+  </si>
+  <si>
+    <t>12L00001</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 3*1,5ок(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22515648</t>
+  </si>
+  <si>
+    <t>22515682</t>
+  </si>
+  <si>
+    <t>22517029</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 50N</t>
+  </si>
+  <si>
+    <t>964-6</t>
+  </si>
+  <si>
+    <t>22P04447</t>
+  </si>
+  <si>
+    <t>НАКОНЕЧНИК CPTAR 25</t>
+  </si>
+  <si>
+    <t>AX000412</t>
+  </si>
+  <si>
+    <t>22600615</t>
+  </si>
+  <si>
+    <t>22600409</t>
+  </si>
+  <si>
+    <t>52503906</t>
+  </si>
+  <si>
+    <t>МУФТАHITI 1205L</t>
+  </si>
+  <si>
+    <t>AX000245</t>
+  </si>
+  <si>
+    <t>22P04208</t>
+  </si>
+  <si>
+    <t>52503991</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 3*50мк(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22510730</t>
+  </si>
+  <si>
+    <t>22P04927</t>
+  </si>
+  <si>
+    <t>22P05096</t>
+  </si>
+  <si>
+    <t>22600583</t>
+  </si>
+  <si>
+    <t>22509895</t>
+  </si>
+  <si>
+    <t>22600228</t>
+  </si>
+  <si>
+    <t>22513356</t>
+  </si>
+  <si>
+    <t>52561500</t>
+  </si>
+  <si>
+    <t>52503905</t>
+  </si>
+  <si>
+    <t>52503984</t>
+  </si>
+  <si>
+    <t>22600204</t>
+  </si>
+  <si>
+    <t>22516646</t>
+  </si>
+  <si>
+    <t>22600203</t>
+  </si>
+  <si>
+    <t>22600279</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 10*2*0,75</t>
+  </si>
+  <si>
+    <t>32P00208</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 10*6</t>
+  </si>
+  <si>
+    <t>22509174</t>
+  </si>
+  <si>
+    <t>52503885</t>
+  </si>
+  <si>
+    <t>22N03526</t>
+  </si>
+  <si>
+    <t>22515712</t>
+  </si>
+  <si>
+    <t>22600284</t>
+  </si>
+  <si>
+    <t>22P05322</t>
+  </si>
+  <si>
+    <t>22517552</t>
+  </si>
+  <si>
+    <t>Зажим N 70</t>
+  </si>
+  <si>
+    <t>AX000370</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS-ХЛ 5*10ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22516485</t>
+  </si>
+  <si>
+    <t>52503872</t>
+  </si>
+  <si>
+    <t>22517159</t>
+  </si>
+  <si>
+    <t>ААБл 3*150-10</t>
+  </si>
+  <si>
+    <t>22L00153</t>
+  </si>
+  <si>
+    <t>12P00225</t>
+  </si>
+  <si>
+    <t>22506047</t>
+  </si>
+  <si>
+    <t>12P04253</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*95+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22206378</t>
+  </si>
+  <si>
+    <t>Смазка GN 250</t>
+  </si>
+  <si>
+    <t>AX000413</t>
+  </si>
+  <si>
+    <t>52503886</t>
+  </si>
+  <si>
+    <t>52503903</t>
+  </si>
+  <si>
+    <t>Зажим DN 35</t>
+  </si>
+  <si>
+    <t>AX000367</t>
+  </si>
+  <si>
+    <t>22600234</t>
+  </si>
+  <si>
+    <t>52503917</t>
+  </si>
+  <si>
+    <t>22600574</t>
+  </si>
+  <si>
+    <t>22516555</t>
+  </si>
+  <si>
+    <t>22509392</t>
+  </si>
+  <si>
+    <t>22516633</t>
+  </si>
+  <si>
+    <t>12P06156</t>
+  </si>
+  <si>
+    <t>Устройство M 6D</t>
+  </si>
+  <si>
+    <t>AX000393</t>
+  </si>
+  <si>
+    <t>22P05350</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 14*2,5</t>
+  </si>
+  <si>
+    <t>22516788</t>
+  </si>
+  <si>
+    <t>22516462</t>
+  </si>
+  <si>
+    <t>22513307</t>
+  </si>
+  <si>
+    <t>22517515</t>
+  </si>
+  <si>
+    <t>АПвБШв 4*120мс(N)-1</t>
+  </si>
+  <si>
+    <t>22517084</t>
+  </si>
+  <si>
+    <t>22600265</t>
+  </si>
+  <si>
+    <t>22516457</t>
+  </si>
+  <si>
+    <t>ЧУЛОК CM 1750</t>
+  </si>
+  <si>
+    <t>AX000383</t>
+  </si>
+  <si>
+    <t>12P06768</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 10*1,0</t>
+  </si>
+  <si>
+    <t>22405224</t>
+  </si>
+  <si>
+    <t>Кабель КМПЭВ 10х0,35-500В ТУ 16-705.169-80 (Электрокабель)</t>
+  </si>
+  <si>
+    <t>09140716</t>
+  </si>
+  <si>
+    <t>12L00008</t>
+  </si>
+  <si>
+    <t>22515803</t>
+  </si>
+  <si>
+    <t>52503947</t>
+  </si>
+  <si>
+    <t>22L00193</t>
+  </si>
+  <si>
+    <t>22600278</t>
+  </si>
+  <si>
+    <t>12P06756</t>
+  </si>
+  <si>
+    <t>52503933</t>
+  </si>
+  <si>
+    <t>52503959</t>
+  </si>
+  <si>
+    <t>22P04925</t>
+  </si>
+  <si>
+    <t>32301625</t>
+  </si>
+  <si>
+    <t>22512571</t>
+  </si>
+  <si>
+    <t>12N02249</t>
+  </si>
+  <si>
+    <t>22516727</t>
+  </si>
+  <si>
+    <t>22516897</t>
+  </si>
+  <si>
+    <t>52503884</t>
+  </si>
+  <si>
+    <t>УСТРОЙСТВО ДЛЯ МОНТАЖА (ПРОТЯЖКИ) ПРОВОДА</t>
+  </si>
+  <si>
+    <t>AX000247</t>
+  </si>
+  <si>
+    <t>12P06206</t>
+  </si>
+  <si>
+    <t>52503997</t>
+  </si>
+  <si>
+    <t>22600310</t>
+  </si>
+  <si>
+    <t>22516553</t>
+  </si>
+  <si>
+    <t>12P04670</t>
+  </si>
+  <si>
+    <t>22509897</t>
+  </si>
+  <si>
+    <t>22P05356</t>
+  </si>
+  <si>
+    <t>22600224</t>
+  </si>
+  <si>
+    <t>22509879</t>
+  </si>
+  <si>
+    <t>Зажим PSP 25/120R</t>
+  </si>
+  <si>
+    <t>AX000403</t>
+  </si>
+  <si>
+    <t>52503974</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 7*1,5</t>
+  </si>
+  <si>
+    <t>22504329</t>
+  </si>
+  <si>
+    <t>12P06765</t>
+  </si>
+  <si>
+    <t>22517201</t>
+  </si>
+  <si>
+    <t>Аппаратный зажим CD 82 50 100 C290-C</t>
+  </si>
+  <si>
+    <t>00000001</t>
+  </si>
+  <si>
+    <t>12P06761</t>
+  </si>
+  <si>
+    <t>Зажим MJPВ 6-16</t>
+  </si>
+  <si>
+    <t>AX000372</t>
+  </si>
+  <si>
+    <t>22517535</t>
+  </si>
+  <si>
+    <t>52503982</t>
+  </si>
+  <si>
+    <t>22600167</t>
+  </si>
+  <si>
+    <t>22L00191</t>
+  </si>
+  <si>
+    <t>22600306</t>
+  </si>
+  <si>
+    <t>52503913</t>
+  </si>
+  <si>
+    <t>52561501</t>
+  </si>
+  <si>
+    <t>52503902</t>
+  </si>
+  <si>
+    <t>32N00578</t>
+  </si>
+  <si>
+    <t>12L00066</t>
+  </si>
+  <si>
+    <t>22516490</t>
+  </si>
+  <si>
+    <t>22600346</t>
+  </si>
+  <si>
+    <t>52503896</t>
+  </si>
+  <si>
+    <t>22P04416</t>
+  </si>
+  <si>
+    <t>22P04884</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 4*120мс(N)-1</t>
+  </si>
+  <si>
+    <t>22513977</t>
+  </si>
+  <si>
+    <t>52503971</t>
+  </si>
+  <si>
+    <t>22517527</t>
+  </si>
+  <si>
+    <t>12P07048</t>
+  </si>
+  <si>
+    <t>52503945</t>
+  </si>
+  <si>
+    <t>22P04455</t>
+  </si>
+  <si>
+    <t>22511991</t>
+  </si>
+  <si>
+    <t>52503955</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 25N</t>
+  </si>
+  <si>
+    <t>AX000398</t>
+  </si>
+  <si>
+    <t>52503930</t>
+  </si>
+  <si>
+    <t>НАКОНЕЧНИК CPTAR 35</t>
+  </si>
+  <si>
+    <t>AX000411</t>
+  </si>
+  <si>
+    <t>22600170</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 27*1,5</t>
+  </si>
+  <si>
+    <t>22412921</t>
+  </si>
+  <si>
+    <t>22516898</t>
+  </si>
+  <si>
+    <t>52503954</t>
+  </si>
+  <si>
+    <t>52503948</t>
+  </si>
+  <si>
+    <t>32510038</t>
+  </si>
+  <si>
+    <t>22510218</t>
+  </si>
+  <si>
+    <t>22600216</t>
+  </si>
+  <si>
+    <t>22517166</t>
+  </si>
+  <si>
+    <t>22600647</t>
+  </si>
+  <si>
+    <t>22600646</t>
+  </si>
+  <si>
+    <t>52503978</t>
+  </si>
+  <si>
+    <t>32510043</t>
+  </si>
+  <si>
+    <t>22517525</t>
+  </si>
+  <si>
+    <t>12P06760</t>
+  </si>
+  <si>
+    <t>32408044</t>
+  </si>
+  <si>
+    <t>52503926</t>
+  </si>
+  <si>
+    <t>52503925</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 37*1,5</t>
+  </si>
+  <si>
+    <t>32E03651</t>
+  </si>
+  <si>
+    <t>22600319</t>
+  </si>
+  <si>
+    <t>22516497</t>
+  </si>
+  <si>
+    <t>22512573</t>
+  </si>
+  <si>
+    <t>22515911</t>
+  </si>
+  <si>
+    <t>12P04789</t>
+  </si>
+  <si>
+    <t>52503966</t>
+  </si>
+  <si>
+    <t>52503995</t>
+  </si>
+  <si>
+    <t>22P05177</t>
+  </si>
+  <si>
+    <t>12P06205</t>
+  </si>
+  <si>
+    <t>АПвПу2г 1*120мк/50-10</t>
+  </si>
+  <si>
+    <t>33P03092</t>
+  </si>
+  <si>
+    <t>12P05364</t>
+  </si>
+  <si>
+    <t>52504002</t>
+  </si>
+  <si>
+    <t>22600161</t>
+  </si>
+  <si>
+    <t>22600621</t>
+  </si>
+  <si>
+    <t>22600263</t>
+  </si>
+  <si>
+    <t>22512312</t>
+  </si>
+  <si>
+    <t>52561513</t>
+  </si>
+  <si>
+    <t>52503911</t>
+  </si>
+  <si>
+    <t>52500101</t>
+  </si>
+  <si>
+    <t>КВБбШвнг(А)-LS 7*1,5</t>
+  </si>
+  <si>
+    <t>22414824</t>
+  </si>
+  <si>
+    <t>22414831</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 19*1,5</t>
+  </si>
+  <si>
+    <t>22407979</t>
+  </si>
+  <si>
+    <t>22P05339</t>
+  </si>
+  <si>
+    <t>22600616</t>
+  </si>
+  <si>
+    <t>22P05215</t>
+  </si>
+  <si>
+    <t>22517530</t>
+  </si>
+  <si>
+    <t>52503915</t>
+  </si>
+  <si>
+    <t>12P06548</t>
+  </si>
+  <si>
+    <t>52503893</t>
+  </si>
+  <si>
+    <t>52503936</t>
+  </si>
+  <si>
+    <t>22516782</t>
+  </si>
+  <si>
+    <t>22L00215</t>
+  </si>
+  <si>
+    <t>22600168</t>
+  </si>
+  <si>
+    <t>СИП-2 4*16+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>12F08562</t>
+  </si>
+  <si>
+    <t>22516558</t>
+  </si>
+  <si>
+    <t>52503920</t>
+  </si>
+  <si>
+    <t>12R09737</t>
+  </si>
+  <si>
+    <t>52503941</t>
+  </si>
+  <si>
+    <t>Устройство MAT</t>
+  </si>
+  <si>
+    <t>730/1_2</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-ХЛ 3*2,5ок-1</t>
+  </si>
+  <si>
+    <t>32H02979</t>
+  </si>
+  <si>
+    <t>22516511</t>
+  </si>
+  <si>
+    <t>52503929</t>
+  </si>
+  <si>
+    <t>52503976</t>
+  </si>
+  <si>
+    <t>22513976</t>
+  </si>
+  <si>
+    <t>22514283</t>
+  </si>
+  <si>
+    <t>12L00003</t>
+  </si>
+  <si>
+    <t>52503944</t>
+  </si>
+  <si>
+    <t>22512489</t>
+  </si>
+  <si>
+    <t>22600672</t>
+  </si>
+  <si>
+    <t>22516857</t>
+  </si>
+  <si>
+    <t>22514695</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 35 (ВК)</t>
+  </si>
+  <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>22516456</t>
+  </si>
+  <si>
+    <t>52503869</t>
+  </si>
+  <si>
+    <t>22517534</t>
+  </si>
+  <si>
+    <t>22600262</t>
+  </si>
+  <si>
+    <t>МУФТАHIT3 1203L</t>
+  </si>
+  <si>
+    <t>AX000246</t>
+  </si>
+  <si>
+    <t>22516713</t>
+  </si>
+  <si>
+    <t>12P05362</t>
+  </si>
+  <si>
+    <t>22507312</t>
+  </si>
+  <si>
+    <t>22513077</t>
+  </si>
+  <si>
+    <t>22600202</t>
+  </si>
+  <si>
+    <t>22600617</t>
+  </si>
+  <si>
+    <t>КВБбШвнг(А)-LS 4*2,5</t>
+  </si>
+  <si>
+    <t>22313255</t>
+  </si>
+  <si>
+    <t>52504003</t>
+  </si>
+  <si>
+    <t>22517174</t>
+  </si>
+  <si>
+    <t>12P06125</t>
+  </si>
+  <si>
+    <t>12P03458</t>
+  </si>
+  <si>
+    <t>52503921</t>
+  </si>
+  <si>
+    <t>22600296</t>
+  </si>
+  <si>
+    <t>12P07040</t>
+  </si>
+  <si>
+    <t>12P04961</t>
+  </si>
+  <si>
+    <t>22517550</t>
+  </si>
+  <si>
+    <t>22513978</t>
+  </si>
+  <si>
+    <t>22P05428</t>
+  </si>
+  <si>
+    <t>22517150</t>
+  </si>
+  <si>
+    <t>22516872</t>
+  </si>
+  <si>
+    <t>22514537</t>
+  </si>
+  <si>
+    <t>Предохранитель бытовой 8.5*31.5 10А</t>
+  </si>
+  <si>
+    <t>AX000406</t>
+  </si>
+  <si>
+    <t>22516619</t>
+  </si>
+  <si>
+    <t>12P05363</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 10*1,5</t>
+  </si>
+  <si>
+    <t>22403908</t>
+  </si>
+  <si>
+    <t>22517592</t>
+  </si>
+  <si>
+    <t>22512696</t>
+  </si>
+  <si>
+    <t>22517630</t>
+  </si>
+  <si>
+    <t>52503979</t>
+  </si>
+  <si>
+    <t>22L00197</t>
+  </si>
+  <si>
+    <t>52503866</t>
+  </si>
+  <si>
+    <t>12L00064</t>
+  </si>
+  <si>
+    <t>Зажим PS 54QC</t>
+  </si>
+  <si>
+    <t>3011/1</t>
+  </si>
+  <si>
+    <t>AX000381</t>
+  </si>
+  <si>
+    <t>52561511</t>
+  </si>
+  <si>
+    <t>12P06636</t>
+  </si>
+  <si>
+    <t>52503892</t>
+  </si>
+  <si>
+    <t>52561510</t>
+  </si>
+  <si>
+    <t>52503900</t>
+  </si>
+  <si>
+    <t>22P05328</t>
+  </si>
+  <si>
+    <t>22512759</t>
+  </si>
+  <si>
+    <t>22516868</t>
+  </si>
+  <si>
+    <t>22514687</t>
+  </si>
+  <si>
+    <t>22L00196</t>
+  </si>
+  <si>
+    <t>22506026</t>
+  </si>
+  <si>
+    <t>22600201</t>
+  </si>
+  <si>
+    <t>22516688</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 5*2*0,75</t>
+  </si>
+  <si>
+    <t>32P00189</t>
+  </si>
+  <si>
+    <t>22514548</t>
+  </si>
+  <si>
+    <t>22600693</t>
+  </si>
+  <si>
+    <t>ОГРАНИЧИТЕЛЬ ОР 600/50</t>
+  </si>
+  <si>
+    <t>AX000405</t>
+  </si>
+  <si>
+    <t>Муфта концевая OHVT-145CW-C51D-83-B2A</t>
+  </si>
+  <si>
+    <t>00000002</t>
+  </si>
+  <si>
+    <t>22516856</t>
+  </si>
+  <si>
+    <t>52503870</t>
+  </si>
+  <si>
+    <t>32308612</t>
+  </si>
+  <si>
+    <t>22600482</t>
+  </si>
+  <si>
+    <t>22516989</t>
+  </si>
+  <si>
+    <t>52503975</t>
+  </si>
+  <si>
+    <t>2934/1</t>
+  </si>
+  <si>
+    <t>22515663</t>
+  </si>
+  <si>
+    <t>52503985</t>
+  </si>
+  <si>
+    <t>Зажим CT 1S 95А</t>
+  </si>
+  <si>
+    <t>UNC-177009</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 4*1,5ок(N)-0.66</t>
+  </si>
+  <si>
+    <t>22510373</t>
+  </si>
+  <si>
+    <t>52503874</t>
+  </si>
+  <si>
+    <t>22P04722</t>
+  </si>
+  <si>
+    <t>52503960</t>
+  </si>
+  <si>
+    <t>СИП-2 3*50+1*50-0.6/1</t>
+  </si>
+  <si>
+    <t>12P06238</t>
+  </si>
+  <si>
+    <t>22600253</t>
+  </si>
+  <si>
+    <t>52503891</t>
+  </si>
+  <si>
+    <t>22414236</t>
+  </si>
+  <si>
+    <t>22514440</t>
+  </si>
+  <si>
+    <t>22P04768</t>
+  </si>
+  <si>
+    <t>52503938</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-FRLS 4*2,5</t>
+  </si>
+  <si>
+    <t>32401547</t>
+  </si>
+  <si>
+    <t>22600264</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПуГВнг(А)-LS 1*4  450/750 В зелено-желтый</t>
+  </si>
+  <si>
+    <t>32500700</t>
+  </si>
+  <si>
+    <t>АСБл 3*240-10</t>
+  </si>
+  <si>
+    <t>22L00190</t>
+  </si>
+  <si>
+    <t>22600529</t>
+  </si>
+  <si>
+    <t>22P05327</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 7*2,5</t>
+  </si>
+  <si>
+    <t>22514984</t>
+  </si>
+  <si>
+    <t>22511992</t>
+  </si>
+  <si>
+    <t>22600620</t>
+  </si>
+  <si>
+    <t>АПвБШп 4*240мс(N)-1</t>
+  </si>
+  <si>
+    <t>31N03108</t>
+  </si>
+  <si>
+    <t>ВВГЭнг(А)-LS 3*1,5ок(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22515647</t>
+  </si>
+  <si>
+    <t>52503942</t>
+  </si>
+  <si>
+    <t>52503986</t>
+  </si>
+  <si>
+    <t>AX000371</t>
+  </si>
+  <si>
+    <t>22517434</t>
+  </si>
+  <si>
+    <t>22511219</t>
+  </si>
+  <si>
+    <t>12P07054</t>
+  </si>
+  <si>
+    <t>12L00005</t>
+  </si>
+  <si>
+    <t>AX000392</t>
+  </si>
+  <si>
+    <t>АВБШвнг(А)-ХЛ 3*2,5ок-0.66</t>
+  </si>
+  <si>
+    <t>22502103</t>
+  </si>
+  <si>
+    <t>32406681</t>
+  </si>
+  <si>
+    <t>22517170</t>
+  </si>
+  <si>
+    <t>22600523</t>
+  </si>
+  <si>
+    <t>12P07036</t>
+  </si>
+  <si>
+    <t>12L00009</t>
+  </si>
+  <si>
+    <t>12P06168</t>
+  </si>
+  <si>
+    <t>ПРЕСС HT 50</t>
+  </si>
+  <si>
+    <t>AX000391</t>
+  </si>
+  <si>
+    <t>ТРАВЕРСА ТМ 5</t>
+  </si>
+  <si>
+    <t>18097</t>
+  </si>
+  <si>
+    <t>52561509</t>
+  </si>
+  <si>
+    <t>52503977</t>
+  </si>
+  <si>
+    <t>АПвПуг 3*120мк/50-10</t>
+  </si>
+  <si>
+    <t>33P03090</t>
+  </si>
+  <si>
+    <t>22517168</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 4*35мк(N)-0.66</t>
+  </si>
+  <si>
+    <t>22509547</t>
+  </si>
+  <si>
+    <t>22517610</t>
+  </si>
+  <si>
+    <t>12P06999</t>
+  </si>
+  <si>
+    <t>22517590</t>
+  </si>
+  <si>
+    <t>Устройство CE 2</t>
+  </si>
+  <si>
+    <t>AX000382</t>
+  </si>
+  <si>
+    <t>22P04082</t>
+  </si>
+  <si>
+    <t>22512394</t>
+  </si>
+  <si>
+    <t>52503897</t>
+  </si>
+  <si>
+    <t>12P06237</t>
+  </si>
+  <si>
+    <t>52503952</t>
+  </si>
+  <si>
+    <t>12P04141</t>
+  </si>
+  <si>
+    <t>12P06037</t>
+  </si>
+  <si>
+    <t>52503998</t>
+  </si>
+  <si>
+    <t>52503871</t>
+  </si>
+  <si>
+    <t>52503881</t>
+  </si>
+  <si>
+    <t>22513769</t>
+  </si>
+  <si>
+    <t>22P04039</t>
+  </si>
+  <si>
+    <t>22509366</t>
   </si>
   <si>
     <t>СИП-2 3*70+1*95-0.6/1</t>
   </si>
   <si>
-    <t>22512003</t>
-[...1187 lines deleted...]
-    <t>22P01191</t>
+    <t>22501900</t>
+  </si>
+  <si>
+    <t>22512421</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 54.6N</t>
+  </si>
+  <si>
+    <t>AX000379</t>
+  </si>
+  <si>
+    <t>12P02672</t>
+  </si>
+  <si>
+    <t>22404950</t>
+  </si>
+  <si>
+    <t>22513277</t>
+  </si>
+  <si>
+    <t>22514535</t>
+  </si>
+  <si>
+    <t>22517632</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>31610013/6</t>
+  </si>
+  <si>
+    <t>НРШМ 1*120</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 14*2,5</t>
+  </si>
+  <si>
+    <t>22510035</t>
+  </si>
+  <si>
+    <t>22515681</t>
+  </si>
+  <si>
+    <t>52503996</t>
+  </si>
+  <si>
+    <t>22514549</t>
+  </si>
+  <si>
+    <t>АС 500/64</t>
+  </si>
+  <si>
+    <t>11P00961</t>
+  </si>
+  <si>
+    <t>22600195</t>
+  </si>
+  <si>
+    <t>52503890</t>
+  </si>
+  <si>
+    <t>22600269</t>
+  </si>
+  <si>
+    <t>12P03794</t>
+  </si>
+  <si>
+    <t>ОКБ-Т 6В-7</t>
+  </si>
+  <si>
+    <t>14/2196</t>
+  </si>
+  <si>
+    <t>12L00063</t>
+  </si>
+  <si>
+    <t>12P03939</t>
+  </si>
+  <si>
+    <t>Корпус PF 4</t>
+  </si>
+  <si>
+    <t>AX000415</t>
+  </si>
+  <si>
+    <t>22514685</t>
+  </si>
+  <si>
+    <t>ППГнг(А)-HF-ХЛ 3*2,5ок(N,PE)-1</t>
+  </si>
+  <si>
+    <t>32505813</t>
+  </si>
+  <si>
+    <t>22600226</t>
+  </si>
+  <si>
+    <t>32510034</t>
+  </si>
+  <si>
+    <t>52503958</t>
+  </si>
+  <si>
+    <t>12P04962</t>
+  </si>
+  <si>
+    <t>22512309</t>
+  </si>
+  <si>
+    <t>12P05519</t>
+  </si>
+  <si>
+    <t>22P05413</t>
+  </si>
+  <si>
+    <t>52503973</t>
+  </si>
+  <si>
+    <t>22512311</t>
+  </si>
+  <si>
+    <t>22600452</t>
+  </si>
+  <si>
+    <t>22600530</t>
+  </si>
+  <si>
+    <t>22516458</t>
+  </si>
+  <si>
+    <t>52503935</t>
+  </si>
+  <si>
+    <t>52503981</t>
+  </si>
+  <si>
+    <t>32502780</t>
+  </si>
+  <si>
+    <t>32510042</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 5*4ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22408775</t>
+  </si>
+  <si>
+    <t>12L00002</t>
+  </si>
+  <si>
+    <t>22517202</t>
+  </si>
+  <si>
+    <t>52503940</t>
+  </si>
+  <si>
+    <t>22509924</t>
+  </si>
+  <si>
+    <t>52503969</t>
+  </si>
+  <si>
+    <t>22516923</t>
+  </si>
+  <si>
+    <t>12P05360</t>
+  </si>
+  <si>
+    <t>52501398</t>
+  </si>
+  <si>
+    <t>22515636</t>
+  </si>
+  <si>
+    <t>22600162</t>
+  </si>
+  <si>
+    <t>22600648</t>
+  </si>
+  <si>
+    <t>22P04395</t>
+  </si>
+  <si>
+    <t>22516024</t>
+  </si>
+  <si>
+    <t>22516247</t>
+  </si>
+  <si>
+    <t>22L00187</t>
+  </si>
+  <si>
+    <t>22L00189</t>
+  </si>
+  <si>
+    <t>22600274</t>
+  </si>
+  <si>
+    <t>22517520</t>
+  </si>
+  <si>
+    <t>22P05095</t>
+  </si>
+  <si>
+    <t>22600589</t>
+  </si>
+  <si>
+    <t>12P05359</t>
+  </si>
+  <si>
+    <t>52503914</t>
+  </si>
+  <si>
+    <t>52503894</t>
+  </si>
+  <si>
+    <t>22515771</t>
+  </si>
+  <si>
+    <t>12P03528</t>
+  </si>
+  <si>
+    <t>52503912</t>
+  </si>
+  <si>
+    <t>52503867</t>
+  </si>
+  <si>
+    <t>АСБл 3*35(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04383</t>
+  </si>
+  <si>
+    <t>22503353</t>
+  </si>
+  <si>
+    <t>22600604</t>
+  </si>
+  <si>
+    <t>Предохранитель бытовой 8.5х31.5 4А</t>
+  </si>
+  <si>
+    <t>2313/1</t>
+  </si>
+  <si>
+    <t>22515354</t>
+  </si>
+  <si>
+    <t>22600292</t>
+  </si>
+  <si>
+    <t>52503918</t>
+  </si>
+  <si>
+    <t>22L00180</t>
+  </si>
+  <si>
+    <t>22514483</t>
+  </si>
+  <si>
+    <t>22600294</t>
+  </si>
+  <si>
+    <t>22517011</t>
+  </si>
+  <si>
+    <t>12P06630</t>
+  </si>
+  <si>
+    <t>32503336</t>
   </si>
   <si>
     <t>АПвПу2гж 1*500мк/70-20</t>
   </si>
   <si>
-    <t>41702528</t>
-[...1204 lines deleted...]
-  <si>
     <t>33М04163/</t>
   </si>
   <si>
-    <t>12P06185</t>
-[...1 lines deleted...]
-  <si>
     <t>52503983</t>
   </si>
   <si>
-    <t>52503961</t>
-[...1 lines deleted...]
-  <si>
     <t>Кабель КМПЭВ 7х0,35-500 В ТУ 16-705.169-80 (Электрокабель)</t>
   </si>
   <si>
     <t>07270045</t>
   </si>
   <si>
-    <t>22516888</t>
-[...2 lines deleted...]
-    <t>32510036</t>
+    <t>22600206</t>
+  </si>
+  <si>
+    <t>22505825</t>
+  </si>
+  <si>
+    <t>12P06456</t>
   </si>
   <si>
     <t>22510888</t>
   </si>
   <si>
+    <t>22517514</t>
+  </si>
+  <si>
+    <t>22600504</t>
+  </si>
+  <si>
+    <t>22L00086</t>
+  </si>
+  <si>
     <t>32P00231</t>
   </si>
   <si>
     <t>22506089</t>
   </si>
   <si>
     <t>22513358</t>
   </si>
   <si>
+    <t>12P06667</t>
+  </si>
+  <si>
     <t>12P06041</t>
   </si>
   <si>
     <t>52561503</t>
   </si>
   <si>
     <t>ВВГнг(А)-LS 4*1,5ок(N)-1</t>
   </si>
   <si>
     <t>22515646</t>
   </si>
   <si>
-    <t>22516318</t>
+    <t>22L00082</t>
+  </si>
+  <si>
+    <t>22P04038</t>
   </si>
   <si>
     <t>32510037</t>
   </si>
   <si>
     <t>52503901</t>
   </si>
   <si>
-    <t>22516707</t>
-[...1 lines deleted...]
-  <si>
     <t>52503859</t>
   </si>
   <si>
+    <t>22L00200</t>
+  </si>
+  <si>
+    <t>22515860</t>
+  </si>
+  <si>
+    <t>12P06762</t>
+  </si>
+  <si>
+    <t>22600151</t>
+  </si>
+  <si>
     <t>52504005</t>
   </si>
   <si>
     <t>12P03521</t>
   </si>
   <si>
-    <t>12P05727</t>
-[...2 lines deleted...]
-    <t>22P05142</t>
+    <t>22L00087</t>
   </si>
   <si>
     <t>32510041</t>
   </si>
   <si>
-    <t>22515460</t>
+    <t>22516949</t>
+  </si>
+  <si>
+    <t>12P07003</t>
   </si>
   <si>
     <t>ААШв 3*185(ож)-10</t>
   </si>
   <si>
     <t>22K08883</t>
   </si>
   <si>
     <t>22509811</t>
   </si>
   <si>
     <t>12P04966</t>
   </si>
   <si>
-    <t>12P06327</t>
-[...5 lines deleted...]
-    <t>12P06325</t>
+    <t>22600502</t>
+  </si>
+  <si>
+    <t>СИП-2 3*25+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>22600155</t>
   </si>
   <si>
     <t>52503927</t>
   </si>
   <si>
     <t>52503990</t>
   </si>
   <si>
     <t>22513353</t>
   </si>
   <si>
     <t>12P04956</t>
   </si>
   <si>
     <t>52503880</t>
   </si>
   <si>
     <t>52561499</t>
   </si>
   <si>
+    <t>22515594</t>
+  </si>
+  <si>
+    <t>22516973</t>
+  </si>
+  <si>
     <t>52503876</t>
   </si>
   <si>
+    <t>22516491</t>
+  </si>
+  <si>
     <t>22514697</t>
   </si>
   <si>
     <t>22511709</t>
   </si>
   <si>
-    <t>52500105</t>
-[...1 lines deleted...]
-  <si>
     <t>52503898</t>
   </si>
   <si>
     <t>22P05212</t>
   </si>
   <si>
-    <t>22514437</t>
+    <t>12P07053</t>
+  </si>
+  <si>
+    <t>12P05358</t>
   </si>
   <si>
     <t>52503895</t>
   </si>
   <si>
     <t>Крюк В 16/240 (ВК)</t>
   </si>
   <si>
     <t>1085/1-13</t>
   </si>
   <si>
+    <t>22514551</t>
+  </si>
+  <si>
+    <t>22600295</t>
+  </si>
+  <si>
     <t>52504001</t>
   </si>
   <si>
+    <t>22600519</t>
+  </si>
+  <si>
+    <t>12P07039</t>
+  </si>
+  <si>
     <t>52503928</t>
   </si>
   <si>
-    <t>22P04935</t>
-[...8 lines deleted...]
-    <t>22516266</t>
+    <t>22516862</t>
+  </si>
+  <si>
+    <t>22600645</t>
+  </si>
+  <si>
+    <t>22P04202</t>
+  </si>
+  <si>
+    <t>22600157</t>
   </si>
   <si>
     <t>52503951</t>
   </si>
   <si>
+    <t>22L00199</t>
+  </si>
+  <si>
     <t>12P04955</t>
   </si>
   <si>
+    <t>22600309</t>
+  </si>
+  <si>
+    <t>22600420</t>
+  </si>
+  <si>
+    <t>22516992</t>
+  </si>
+  <si>
+    <t>22516858</t>
+  </si>
+  <si>
     <t>22511701</t>
   </si>
   <si>
-    <t>22512280</t>
+    <t>22600500</t>
+  </si>
+  <si>
+    <t>22P04158</t>
+  </si>
+  <si>
+    <t>22516753</t>
   </si>
   <si>
     <t>КПКЭВнг(А)-FRLS  6*2*1</t>
   </si>
   <si>
     <t>120711</t>
   </si>
   <si>
     <t>КВВГЭнг(А)-LS 4*4</t>
   </si>
   <si>
     <t>22512766</t>
   </si>
   <si>
+    <t>22600611</t>
+  </si>
+  <si>
     <t>52503858</t>
   </si>
   <si>
+    <t>22600285</t>
+  </si>
+  <si>
+    <t>22600194</t>
+  </si>
+  <si>
+    <t>52501400</t>
+  </si>
+  <si>
     <t>231006/27</t>
   </si>
   <si>
     <t>32Z01481</t>
   </si>
   <si>
-    <t>12P01098</t>
-[...4 lines deleted...]
-  <si>
     <t>12P06240</t>
   </si>
   <si>
-    <t>22513337</t>
+    <t>22600271</t>
   </si>
   <si>
     <t>22516861</t>
   </si>
   <si>
+    <t>АВВГнг(А)-LS 4*16ок(N)-0.66</t>
+  </si>
+  <si>
+    <t>22514072</t>
+  </si>
+  <si>
+    <t>22516628</t>
+  </si>
+  <si>
     <t>22503669</t>
   </si>
   <si>
+    <t>12L00062</t>
+  </si>
+  <si>
     <t>52503953</t>
   </si>
   <si>
     <t>32302149</t>
   </si>
   <si>
     <t>12P04957</t>
   </si>
   <si>
     <t>52503957</t>
   </si>
   <si>
+    <t>22517537</t>
+  </si>
+  <si>
     <t>52503904</t>
   </si>
   <si>
-    <t>22P03719</t>
-[...4 lines deleted...]
-  <si>
     <t>32502815</t>
   </si>
   <si>
-    <t>12P06181</t>
+    <t>22L00092</t>
   </si>
   <si>
     <t>12N05676</t>
   </si>
   <si>
+    <t>22600528</t>
+  </si>
+  <si>
     <t>22510271</t>
   </si>
   <si>
     <t>Ролик RT 5</t>
   </si>
   <si>
     <t>AX000396</t>
   </si>
   <si>
-    <t>22516881</t>
-[...1 lines deleted...]
-  <si>
     <t>Зажим MJPT 50-70</t>
   </si>
   <si>
     <t>AX000414</t>
   </si>
   <si>
-    <t>22P05144</t>
+    <t>22513269</t>
+  </si>
+  <si>
+    <t>22600252</t>
+  </si>
+  <si>
+    <t>22516842</t>
+  </si>
+  <si>
+    <t>12P06777</t>
   </si>
   <si>
     <t>32P00187</t>
   </si>
   <si>
+    <t>12L00006</t>
+  </si>
+  <si>
+    <t>22517000</t>
+  </si>
+  <si>
+    <t>22516841</t>
+  </si>
+  <si>
+    <t>22P02830</t>
+  </si>
+  <si>
+    <t>22515806</t>
+  </si>
+  <si>
+    <t>22517543</t>
+  </si>
+  <si>
     <t>12P00767</t>
   </si>
   <si>
     <t>52503922</t>
   </si>
   <si>
     <t>52503873</t>
   </si>
   <si>
     <t>AX000387</t>
   </si>
   <si>
     <t>22N04263</t>
   </si>
   <si>
+    <t>ААБл 3*35(ож)-10</t>
+  </si>
+  <si>
+    <t>22P05369</t>
+  </si>
+  <si>
     <t>22516991</t>
   </si>
   <si>
-    <t>22516859</t>
+    <t>22600580</t>
   </si>
   <si>
     <t>Устройство CE 1</t>
   </si>
   <si>
     <t>AX000402</t>
   </si>
   <si>
-    <t>22507221</t>
-[...2 lines deleted...]
-    <t>22511409</t>
+    <t>12P06659</t>
+  </si>
+  <si>
+    <t>СИП-4 4*120-0.6/1</t>
+  </si>
+  <si>
+    <t>22516209</t>
+  </si>
+  <si>
+    <t>12P06754</t>
+  </si>
+  <si>
+    <t>12P06771</t>
   </si>
   <si>
     <t>ИРКАБ ЦАСБП 3*95ос-10</t>
   </si>
   <si>
     <t>22U00719</t>
   </si>
   <si>
+    <t>22516889</t>
+  </si>
+  <si>
     <t>КГТП-ХЛ 5*10 220/380-3</t>
   </si>
   <si>
     <t>32403583</t>
   </si>
   <si>
-    <t>12P02731</t>
-[...1 lines deleted...]
-  <si>
     <t>ВБШвнг(А)-LS 4*10ок(N)-0.66</t>
   </si>
   <si>
     <t>32108142</t>
   </si>
   <si>
-    <t>22P04369</t>
+    <t>22516519</t>
+  </si>
+  <si>
+    <t>22L00089</t>
   </si>
   <si>
     <t>52503965</t>
   </si>
   <si>
     <t>22514538</t>
   </si>
   <si>
-    <t>22511702</t>
+    <t>22509911</t>
   </si>
   <si>
     <t>22P04453</t>
+  </si>
+  <si>
+    <t>22517513</t>
+  </si>
+  <si>
+    <t>12L00004</t>
+  </si>
+  <si>
+    <t>22P04870</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E737"/>
+  <dimension ref="A1:E976"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.8705644607544" customWidth="1"/>
     <col min="2" max="2" width="59.3079605102539" customWidth="1"/>
     <col min="3" max="3" width="10.081130027771" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="14.1437225341797" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="0">
-        <v>0.627</v>
+        <v>1.055</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C3" s="0">
-        <v>0.45</v>
+        <v>0.24</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C4" s="0">
-        <v>1.055</v>
+        <v>1.002</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5" s="0">
-        <v>0.485</v>
+        <v>0.613</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C6" s="0">
-        <v>0.24</v>
+        <v>0.45</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="C7" s="0">
+        <v>0.86</v>
+      </c>
+      <c r="D7" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E7" s="0" t="s">
         <v>17</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C8" s="0">
-        <v>0.86</v>
+        <v>0.128</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C9" s="0">
-        <v>0.128</v>
+        <v>0.53</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10" s="0">
-        <v>0.53</v>
+        <v>0.503</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="0">
-        <v>0.471</v>
+        <v>0.553</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="0">
-        <v>0.51</v>
+        <v>0.471</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="0">
-        <v>1.603</v>
+        <v>0.51</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="0">
-        <v>0.225</v>
+        <v>1.603</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="C15" s="0">
-        <v>0.6</v>
+        <v>0.696</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="B16" s="0" t="s">
+      <c r="C16" s="0">
+        <v>0.225</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E16" s="0" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="B17" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="0">
+        <v>0.335</v>
+      </c>
+      <c r="D17" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E17" s="0" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B18" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C18" s="0">
+        <v>1.311</v>
+      </c>
+      <c r="D18" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E18" s="0" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B19" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C19" s="0">
+        <v>0.86</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E19" s="0" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B20" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C20" s="0">
+        <v>1.12</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E20" s="0" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="C21" s="0">
-        <v>1.29</v>
+        <v>0.024</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="0">
-        <v>0.515</v>
+        <v>0.154</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B23" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23" s="0">
+        <v>1.29</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E23" s="0" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="C24" s="0">
-        <v>0.305</v>
+        <v>0.638</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B25" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C25" s="0">
+        <v>0.305</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E25" s="0" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C26" s="0">
-        <v>0.368</v>
+        <v>0.442</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B27" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C27" s="0">
+        <v>0.368</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E27" s="0" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="C28" s="0">
-        <v>0.0532</v>
+        <v>3.575</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="C29" s="0">
-        <v>0.52</v>
+        <v>0.262</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="C30" s="0">
-        <v>1.5</v>
+        <v>0.0532</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C31" s="0">
-        <v>0.94</v>
+        <v>0.503</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="C32" s="0">
-        <v>0.87</v>
+        <v>1</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C33" s="0">
-        <v>0.785</v>
+        <v>1.94</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="C34" s="0">
-        <v>0.486</v>
+        <v>0.87</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B35" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C35" s="0">
+        <v>0.785</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E35" s="0" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="C36" s="0">
-        <v>0.311</v>
+        <v>0.426</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C37" s="0">
-        <v>0.442</v>
+        <v>0.06</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C38" s="0">
-        <v>0.205</v>
+        <v>0.402</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C39" s="0">
-        <v>0.031</v>
+        <v>0.205</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C40" s="0">
-        <v>0.009</v>
+        <v>0.031</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C41" s="0">
-        <v>0.603</v>
+        <v>0.009</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C42" s="0">
-        <v>0.27</v>
+        <v>0.673</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="C43" s="0">
-        <v>1.2</v>
+        <v>0.603</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="C44" s="0">
-        <v>1.125</v>
+        <v>0.27</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C45" s="0">
+        <v>0.6</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E45" s="0" t="s">
         <v>80</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="C46" s="0">
-        <v>0.416</v>
+        <v>1</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="C47" s="0">
-        <v>0.457</v>
+        <v>1.2</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>85</v>
+        <v>26</v>
       </c>
       <c r="C48" s="0">
-        <v>0.26</v>
+        <v>1.125</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C49" s="0">
-        <v>0.37</v>
+        <v>3.655</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="C50" s="0">
-        <v>0.25</v>
+        <v>1.356</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>91</v>
+        <v>48</v>
       </c>
       <c r="C51" s="0">
-        <v>0.22</v>
+        <v>2.4</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="C52" s="0">
-        <v>0.05</v>
+        <v>1.2</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="C53" s="0">
-        <v>0.61</v>
+        <v>0.416</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>95</v>
+        <v>48</v>
       </c>
       <c r="C54" s="0">
-        <v>2.8</v>
+        <v>0.457</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C55" s="0">
-        <v>0.789</v>
+        <v>0.26</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>80</v>
+        <v>5</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C56" s="0">
-        <v>0.555</v>
+        <v>0.37</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C57" s="0">
-        <v>0.702</v>
+        <v>0.22</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="C58" s="0">
-        <v>0.335</v>
+        <v>0.05</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="C59" s="0">
-        <v>0.44</v>
+        <v>0.61</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C60" s="0">
-        <v>0.075</v>
+        <v>0.602</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="C61" s="0">
-        <v>0.54</v>
+        <v>0.603</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>24</v>
+        <v>103</v>
       </c>
       <c r="C62" s="0">
-        <v>1.444</v>
+        <v>1.024</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="C63" s="0">
-        <v>3.87</v>
+        <v>2.8</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C64" s="0">
-        <v>0.6</v>
+        <v>0.789</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C65" s="0">
-        <v>0.13</v>
+        <v>0.702</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>38</v>
+        <v>109</v>
       </c>
       <c r="C66" s="0">
-        <v>0.438</v>
+        <v>0.335</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C67" s="0">
-        <v>0.058</v>
+        <v>0.44</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C68" s="0">
-        <v>0.16</v>
+        <v>0.075</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="C69" s="0">
-        <v>0.235</v>
+        <v>0.703</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="C70" s="0">
-        <v>1.1</v>
+        <v>0.54</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="C71" s="0">
-        <v>0.655</v>
+        <v>3.87</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="C72" s="0">
-        <v>0.364</v>
+        <v>0.6</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="C73" s="0">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>126</v>
+        <v>48</v>
       </c>
       <c r="C74" s="0">
-        <v>1.549</v>
+        <v>1.75</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="C75" s="0">
-        <v>0.05</v>
+        <v>1.12</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="C76" s="0">
-        <v>0.28</v>
+        <v>0.442</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="C77" s="0">
-        <v>0.135</v>
+        <v>0.69</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="C78" s="0">
-        <v>1.74</v>
+        <v>0.415</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>26</v>
+        <v>127</v>
       </c>
       <c r="C79" s="0">
-        <v>1.465</v>
+        <v>1.04</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="C80" s="0">
-        <v>0.505</v>
+        <v>0.55</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>95</v>
+        <v>127</v>
       </c>
       <c r="C81" s="0">
-        <v>0.607</v>
+        <v>0.49</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="C82" s="0">
-        <v>0.37</v>
+        <v>3.1</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C83" s="0">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="C84" s="0">
-        <v>0.41</v>
+        <v>0.54</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="C85" s="0">
-        <v>0.16</v>
+        <v>1.05</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="C86" s="0">
-        <v>2.032</v>
+        <v>1.992</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="C87" s="0">
-        <v>1.051</v>
+        <v>0.058</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="C88" s="0">
-        <v>2.733</v>
+        <v>0.235</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B89" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="0">
-        <v>0.681</v>
+        <v>1.1</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>80</v>
+        <v>5</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
       <c r="C90" s="0">
-        <v>0.2</v>
+        <v>0.575</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>54</v>
+        <v>142</v>
       </c>
       <c r="C91" s="0">
-        <v>0.032</v>
+        <v>0.364</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="C92" s="0">
-        <v>0.38</v>
+        <v>0.15</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>38</v>
+        <v>145</v>
       </c>
       <c r="C93" s="0">
-        <v>0.531</v>
+        <v>1.549</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="C94" s="0">
-        <v>0.163</v>
+        <v>0.49</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="C95" s="0">
-        <v>0.245</v>
+        <v>0.422</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="C96" s="0">
-        <v>0.202</v>
+        <v>0.05</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>24</v>
+        <v>152</v>
       </c>
       <c r="C97" s="0">
-        <v>0.102</v>
+        <v>0.135</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>26</v>
+        <v>154</v>
       </c>
       <c r="C98" s="0">
-        <v>1.51</v>
+        <v>0.702</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>159</v>
+        <v>26</v>
       </c>
       <c r="C99" s="0">
-        <v>0.13</v>
+        <v>1.74</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>161</v>
+        <v>28</v>
       </c>
       <c r="C100" s="0">
-        <v>0.42</v>
+        <v>1.465</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="C101" s="0">
-        <v>0.6</v>
+        <v>0.535</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>165</v>
+        <v>105</v>
       </c>
       <c r="C102" s="0">
-        <v>0.332</v>
+        <v>0.607</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="C103" s="0">
-        <v>0.206</v>
+        <v>0.37</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>134</v>
+        <v>26</v>
       </c>
       <c r="C104" s="0">
-        <v>0.295</v>
+        <v>0.55</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="C105" s="0">
-        <v>0.529</v>
+        <v>0.41</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="C106" s="0">
-        <v>0.264</v>
+        <v>0.16</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C107" s="0">
-        <v>0.238</v>
+        <v>1.051</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>24</v>
+        <v>169</v>
       </c>
       <c r="C108" s="0">
-        <v>0.27</v>
+        <v>2.733</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>175</v>
+        <v>161</v>
       </c>
       <c r="C109" s="0">
-        <v>1.216</v>
+        <v>0.2</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>175</v>
+        <v>56</v>
       </c>
       <c r="C110" s="0">
-        <v>0.025</v>
+        <v>0.032</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>178</v>
+        <v>117</v>
       </c>
       <c r="C111" s="0">
-        <v>0.5</v>
+        <v>0.38</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>180</v>
+        <v>117</v>
       </c>
       <c r="C112" s="0">
-        <v>0.23</v>
+        <v>0.39</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>182</v>
+        <v>48</v>
       </c>
       <c r="C113" s="0">
-        <v>0.201</v>
+        <v>0.531</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>109</v>
+        <v>177</v>
       </c>
       <c r="C114" s="0">
-        <v>0.46</v>
+        <v>0.163</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="C115" s="0">
-        <v>0.102</v>
+        <v>0.12</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>187</v>
+        <v>51</v>
       </c>
       <c r="C116" s="0">
-        <v>0.214</v>
+        <v>0.202</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>189</v>
+        <v>26</v>
       </c>
       <c r="C117" s="0">
-        <v>0.246</v>
+        <v>0.102</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>191</v>
+        <v>28</v>
       </c>
       <c r="C118" s="0">
-        <v>0.31</v>
+        <v>1.01</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="C119" s="0">
-        <v>1.9</v>
+        <v>0.13</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>22</v>
+        <v>185</v>
       </c>
       <c r="C120" s="0">
-        <v>0.173</v>
+        <v>0.42</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="C121" s="0">
-        <v>0.409</v>
+        <v>0.6</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="C122" s="0">
-        <v>0.45</v>
+        <v>0.332</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="C123" s="0">
-        <v>0.462</v>
+        <v>0.76</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>201</v>
+        <v>158</v>
       </c>
       <c r="C124" s="0">
-        <v>0.665</v>
+        <v>0.295</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>14</v>
+        <v>194</v>
       </c>
       <c r="C125" s="0">
-        <v>0.275</v>
+        <v>0.264</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="C126" s="0">
-        <v>0.125</v>
+        <v>0.238</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>109</v>
+        <v>197</v>
       </c>
       <c r="C127" s="0">
-        <v>0.05</v>
+        <v>7</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>207</v>
+        <v>26</v>
       </c>
       <c r="C128" s="0">
-        <v>21.126</v>
+        <v>0.27</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>209</v>
+        <v>84</v>
       </c>
       <c r="C129" s="0">
-        <v>0.668</v>
+        <v>3.33</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>211</v>
+        <v>21</v>
       </c>
       <c r="C130" s="0">
-        <v>0.047</v>
+        <v>1.337</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="C131" s="0">
-        <v>0.048</v>
+        <v>1.216</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="C132" s="0">
-        <v>0.53</v>
+        <v>0.025</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>122</v>
+        <v>205</v>
       </c>
       <c r="C133" s="0">
-        <v>0.04</v>
+        <v>0.5</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="C134" s="0">
-        <v>0.08</v>
+        <v>0.23</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>14</v>
+        <v>209</v>
       </c>
       <c r="C135" s="0">
-        <v>0.183</v>
+        <v>0.201</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>221</v>
+        <v>117</v>
       </c>
       <c r="C136" s="0">
-        <v>0.275</v>
+        <v>0.46</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="C137" s="0">
-        <v>0.726</v>
+        <v>1.57</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="C138" s="0">
-        <v>0.824</v>
+        <v>0.102</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="C139" s="0">
-        <v>1.256</v>
+        <v>0.801</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>225</v>
+        <v>216</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="C140" s="0">
-        <v>1.321</v>
+        <v>0.214</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="C141" s="0">
-        <v>1.476</v>
+        <v>0.246</v>
       </c>
       <c r="D141" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>227</v>
+        <v>45</v>
       </c>
       <c r="C142" s="0">
-        <v>0.377</v>
+        <v>0.206</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>40</v>
+        <v>222</v>
       </c>
       <c r="C143" s="0">
-        <v>1.421</v>
+        <v>0.31</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>230</v>
+        <v>84</v>
       </c>
       <c r="C144" s="0">
-        <v>0.627</v>
+        <v>1.9</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>232</v>
+        <v>21</v>
       </c>
       <c r="C145" s="0">
-        <v>0.028</v>
+        <v>0.092</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>234</v>
+        <v>12</v>
       </c>
       <c r="C146" s="0">
-        <v>0.002</v>
+        <v>0.458</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>236</v>
+        <v>39</v>
       </c>
       <c r="C147" s="0">
-        <v>0.211</v>
+        <v>1.003</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>12</v>
+        <v>228</v>
       </c>
       <c r="C148" s="0">
-        <v>0.66</v>
+        <v>0.249</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="C149" s="0">
-        <v>1.785</v>
+        <v>3.54</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="C150" s="0">
-        <v>0.445</v>
+        <v>2.153</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>241</v>
+        <v>84</v>
       </c>
       <c r="C151" s="0">
-        <v>0.296</v>
+        <v>0.45</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>243</v>
+        <v>48</v>
       </c>
       <c r="C152" s="0">
-        <v>0.029</v>
+        <v>0.3</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>244</v>
+        <v>233</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="C153" s="0">
-        <v>1.215</v>
+        <v>0.462</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>40</v>
+        <v>236</v>
       </c>
       <c r="C154" s="0">
-        <v>3.151</v>
+        <v>1.165</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="C155" s="0">
-        <v>0.502</v>
+        <v>0.229</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>50</v>
+        <v>239</v>
       </c>
       <c r="C156" s="0">
-        <v>0.818</v>
+        <v>0.125</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="C157" s="0">
-        <v>1</v>
+        <v>0.668</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>45</v>
+        <v>243</v>
       </c>
       <c r="C158" s="0">
-        <v>0.86</v>
+        <v>0.047</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="C159" s="0">
-        <v>0.128</v>
+        <v>0.048</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="C160" s="0">
-        <v>0.71</v>
+        <v>0.033</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="C161" s="0">
-        <v>0.15</v>
+        <v>0.53</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>260</v>
+        <v>142</v>
       </c>
       <c r="C162" s="0">
-        <v>0.617</v>
+        <v>0.04</v>
       </c>
       <c r="D162" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>261</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B163" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="B163" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" s="0">
-        <v>0.975</v>
+        <v>0.08</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>263</v>
+        <v>9</v>
       </c>
       <c r="C164" s="0">
-        <v>0.248</v>
+        <v>0.183</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>264</v>
+        <v>253</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>159</v>
+        <v>254</v>
       </c>
       <c r="C165" s="0">
-        <v>0.97</v>
+        <v>0.275</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="C166" s="0">
-        <v>0.299</v>
+        <v>0.52</v>
       </c>
       <c r="D166" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>268</v>
+        <v>16</v>
       </c>
       <c r="C167" s="0">
-        <v>36</v>
+        <v>0.726</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>270</v>
+        <v>258</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="C168" s="0">
-        <v>18</v>
+        <v>0.824</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>271</v>
+        <v>260</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>22</v>
+        <v>259</v>
       </c>
       <c r="C169" s="0">
-        <v>3</v>
+        <v>1.256</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>273</v>
+        <v>259</v>
       </c>
       <c r="C170" s="0">
-        <v>0.198</v>
+        <v>1.321</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>274</v>
+        <v>260</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>275</v>
+        <v>261</v>
       </c>
       <c r="C171" s="0">
-        <v>0.153</v>
+        <v>0.627</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>213</v>
+        <v>263</v>
       </c>
       <c r="C172" s="0">
-        <v>0.113</v>
+        <v>0.028</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>277</v>
+        <v>264</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>17</v>
+        <v>265</v>
       </c>
       <c r="C173" s="0">
-        <v>1.72</v>
+        <v>0.002</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="C174" s="0">
-        <v>0.78</v>
+        <v>0.211</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>279</v>
+        <v>16</v>
       </c>
       <c r="C175" s="0">
-        <v>0.28</v>
+        <v>1.785</v>
       </c>
       <c r="D175" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>241</v>
+        <v>28</v>
       </c>
       <c r="C176" s="0">
-        <v>0.302</v>
+        <v>0.445</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
       <c r="C177" s="0">
-        <v>40</v>
+        <v>0.029</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="C178" s="0">
-        <v>200</v>
+        <v>1.02</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>207</v>
+        <v>275</v>
       </c>
       <c r="C179" s="0">
-        <v>20</v>
+        <v>0.407</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B180" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B180" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" s="0">
-        <v>0.5</v>
+        <v>2.5</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="C181" s="0">
-        <v>1.19</v>
+        <v>0.502</v>
       </c>
       <c r="D181" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>154</v>
+        <v>51</v>
       </c>
       <c r="C182" s="0">
-        <v>0.803</v>
+        <v>0.818</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>292</v>
+        <v>127</v>
       </c>
       <c r="C183" s="0">
-        <v>0.451</v>
+        <v>0.885</v>
       </c>
       <c r="D183" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>293</v>
+        <v>281</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>294</v>
+        <v>74</v>
       </c>
       <c r="C184" s="0">
-        <v>0.78</v>
+        <v>0.88</v>
       </c>
       <c r="D184" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>295</v>
+        <v>282</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>296</v>
+        <v>14</v>
       </c>
       <c r="C185" s="0">
-        <v>0.297</v>
+        <v>1.08</v>
       </c>
       <c r="D185" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>297</v>
+        <v>283</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="C186" s="0">
-        <v>0.785</v>
+        <v>1</v>
       </c>
       <c r="D186" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>298</v>
+        <v>284</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>5</v>
+        <v>285</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>299</v>
+        <v>127</v>
       </c>
       <c r="C187" s="0">
-        <v>0.28</v>
+        <v>0.86</v>
       </c>
       <c r="D187" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>300</v>
+        <v>286</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>14</v>
+        <v>287</v>
       </c>
       <c r="C188" s="0">
-        <v>0.47</v>
+        <v>0.128</v>
       </c>
       <c r="D188" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>301</v>
+        <v>288</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>273</v>
+        <v>289</v>
       </c>
       <c r="C189" s="0">
-        <v>0.196</v>
+        <v>1.55</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>302</v>
+        <v>290</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>303</v>
+        <v>127</v>
       </c>
       <c r="C190" s="0">
-        <v>11</v>
+        <v>1.18</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>236</v>
+        <v>26</v>
       </c>
       <c r="C191" s="0">
-        <v>0.27</v>
+        <v>0.61</v>
       </c>
       <c r="D191" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
       <c r="C192" s="0">
-        <v>1</v>
+        <v>0.15</v>
       </c>
       <c r="D192" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>307</v>
+        <v>294</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C193" s="0">
-        <v>0.805</v>
+        <v>0.244</v>
       </c>
       <c r="D193" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>273</v>
+        <v>45</v>
       </c>
       <c r="C194" s="0">
-        <v>0.199</v>
+        <v>0.168</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>309</v>
+        <v>295</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>24</v>
+        <v>296</v>
       </c>
       <c r="C195" s="0">
-        <v>2.1</v>
+        <v>0.704</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>310</v>
+        <v>297</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>5</v>
+        <v>285</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>255</v>
+        <v>14</v>
       </c>
       <c r="C196" s="0">
-        <v>0.107</v>
+        <v>0.975</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>251</v>
+        <v>11</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>34</v>
+        <v>299</v>
       </c>
       <c r="C197" s="0">
-        <v>1</v>
+        <v>0.672</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>17</v>
+        <v>301</v>
       </c>
       <c r="C198" s="0">
-        <v>2.5</v>
+        <v>0.452</v>
       </c>
       <c r="D198" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>109</v>
+        <v>303</v>
       </c>
       <c r="C199" s="0">
-        <v>0.42</v>
+        <v>0.248</v>
       </c>
       <c r="D199" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>251</v>
+        <v>11</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>252</v>
+        <v>16</v>
       </c>
       <c r="C200" s="0">
-        <v>0.87</v>
+        <v>1.72</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="C201" s="0">
-        <v>1.15</v>
+        <v>0.299</v>
       </c>
       <c r="D201" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="C202" s="0">
-        <v>0.575</v>
+        <v>36</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>267</v>
+        <v>171</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>319</v>
+        <v>14</v>
       </c>
       <c r="C203" s="0">
-        <v>3</v>
+        <v>1.18</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="C204" s="0">
-        <v>0.245</v>
+        <v>2.605</v>
       </c>
       <c r="D204" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>213</v>
+        <v>308</v>
       </c>
       <c r="C205" s="0">
-        <v>0.113</v>
+        <v>18</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>248</v>
+        <v>314</v>
       </c>
       <c r="C206" s="0">
-        <v>0.502</v>
+        <v>0.153</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>324</v>
+        <v>241</v>
       </c>
       <c r="C207" s="0">
-        <v>4</v>
+        <v>1.26</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>325</v>
+        <v>316</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>218</v>
+        <v>245</v>
       </c>
       <c r="C208" s="0">
-        <v>0.238</v>
+        <v>0.113</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>159</v>
+        <v>127</v>
       </c>
       <c r="C209" s="0">
-        <v>0.97</v>
+        <v>0.83</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>327</v>
+        <v>318</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="C210" s="0">
-        <v>52</v>
+        <v>0.68</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>296</v>
+        <v>16</v>
       </c>
       <c r="C211" s="0">
-        <v>0.304</v>
+        <v>1.72</v>
       </c>
       <c r="D211" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>330</v>
+        <v>321</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>331</v>
+        <v>16</v>
       </c>
       <c r="C212" s="0">
-        <v>25</v>
+        <v>0.78</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>332</v>
+        <v>321</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B213" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B213" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C213" s="0">
-        <v>0.618</v>
+        <v>1.005</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>334</v>
+        <v>322</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>335</v>
+        <v>323</v>
       </c>
       <c r="C214" s="0">
-        <v>70</v>
+        <v>0.28</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>336</v>
+        <v>324</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>306</v>
+        <v>325</v>
       </c>
       <c r="C215" s="0">
-        <v>1</v>
+        <v>0.302</v>
       </c>
       <c r="D215" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>337</v>
+        <v>326</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>45</v>
+        <v>327</v>
       </c>
       <c r="C216" s="0">
-        <v>0.885</v>
+        <v>0.5</v>
       </c>
       <c r="D216" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E216" s="0" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>339</v>
+        <v>16</v>
       </c>
       <c r="C217" s="0">
-        <v>1.02</v>
+        <v>3.2</v>
       </c>
       <c r="D217" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>340</v>
+        <v>329</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>251</v>
+        <v>307</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>159</v>
+        <v>330</v>
       </c>
       <c r="C218" s="0">
-        <v>0.88</v>
+        <v>40</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>342</v>
+        <v>48</v>
       </c>
       <c r="C219" s="0">
-        <v>0.167</v>
+        <v>1.47</v>
       </c>
       <c r="D219" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>45</v>
+        <v>333</v>
       </c>
       <c r="C220" s="0">
-        <v>0.62</v>
+        <v>200</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B221" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B221" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C221" s="0">
-        <v>2.256</v>
+        <v>2.63</v>
       </c>
       <c r="D221" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>346</v>
+        <v>335</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>6</v>
+        <v>336</v>
       </c>
       <c r="C222" s="0">
-        <v>0.291</v>
+        <v>20</v>
       </c>
       <c r="D222" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>207</v>
+        <v>39</v>
       </c>
       <c r="C223" s="0">
-        <v>10.095</v>
+        <v>1.002</v>
       </c>
       <c r="D223" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>342</v>
+        <v>14</v>
       </c>
       <c r="C224" s="0">
-        <v>0.168</v>
+        <v>1.05</v>
       </c>
       <c r="D224" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="C225" s="0">
-        <v>0.224</v>
+        <v>0.79</v>
       </c>
       <c r="D225" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>211</v>
+        <v>26</v>
       </c>
       <c r="C226" s="0">
-        <v>0.316</v>
+        <v>1.875</v>
       </c>
       <c r="D226" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>232</v>
+        <v>342</v>
       </c>
       <c r="C227" s="0">
-        <v>0.128</v>
+        <v>1.6</v>
       </c>
       <c r="D227" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>6</v>
+        <v>105</v>
       </c>
       <c r="C228" s="0">
-        <v>1.21</v>
+        <v>5</v>
       </c>
       <c r="D228" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>353</v>
+        <v>344</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>333</v>
+        <v>12</v>
       </c>
       <c r="C229" s="0">
-        <v>0.837</v>
+        <v>0.803</v>
       </c>
       <c r="D229" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>109</v>
+        <v>346</v>
       </c>
       <c r="C230" s="0">
-        <v>0.284</v>
+        <v>0.451</v>
       </c>
       <c r="D230" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>355</v>
+        <v>347</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>211</v>
+        <v>48</v>
       </c>
       <c r="C231" s="0">
-        <v>0.311</v>
+        <v>2.51</v>
       </c>
       <c r="D231" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E231" s="0" t="s">
-        <v>356</v>
+        <v>348</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>357</v>
+        <v>14</v>
       </c>
       <c r="C232" s="0">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E232" s="0" t="s">
-        <v>358</v>
+        <v>349</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>232</v>
+        <v>350</v>
       </c>
       <c r="C233" s="0">
-        <v>0.125</v>
+        <v>0.297</v>
       </c>
       <c r="D233" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>360</v>
+        <v>48</v>
       </c>
       <c r="C234" s="0">
-        <v>0.315</v>
+        <v>0.785</v>
       </c>
       <c r="D234" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>232</v>
+        <v>353</v>
       </c>
       <c r="C235" s="0">
-        <v>0.128</v>
+        <v>0.334</v>
       </c>
       <c r="D235" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>363</v>
+        <v>183</v>
       </c>
       <c r="C236" s="0">
-        <v>1.36</v>
+        <v>0.22</v>
       </c>
       <c r="D236" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>364</v>
+        <v>355</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>260</v>
+        <v>9</v>
       </c>
       <c r="C237" s="0">
-        <v>0.342</v>
+        <v>0.47</v>
       </c>
       <c r="D237" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>365</v>
+        <v>356</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="C238" s="0">
-        <v>0.527</v>
+        <v>5.68</v>
       </c>
       <c r="D238" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>367</v>
+        <v>16</v>
       </c>
       <c r="C239" s="0">
-        <v>43</v>
+        <v>3.2</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>45</v>
+        <v>359</v>
       </c>
       <c r="C240" s="0">
-        <v>0.175</v>
+        <v>0.196</v>
       </c>
       <c r="D240" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>42</v>
+        <v>361</v>
       </c>
       <c r="C241" s="0">
-        <v>0.073</v>
+        <v>11</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>342</v>
+        <v>267</v>
       </c>
       <c r="C242" s="0">
-        <v>0.147</v>
+        <v>0.27</v>
       </c>
       <c r="D242" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>306</v>
+        <v>364</v>
       </c>
       <c r="C243" s="0">
-        <v>1.001</v>
+        <v>1</v>
       </c>
       <c r="D243" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>211</v>
+        <v>359</v>
       </c>
       <c r="C244" s="0">
-        <v>0.316</v>
+        <v>0.199</v>
       </c>
       <c r="D244" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>342</v>
+        <v>26</v>
       </c>
       <c r="C245" s="0">
-        <v>0.112</v>
+        <v>0.765</v>
       </c>
       <c r="D245" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="C246" s="0">
-        <v>0.62</v>
+        <v>0.107</v>
       </c>
       <c r="D246" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>232</v>
+        <v>127</v>
       </c>
       <c r="C247" s="0">
-        <v>0.124</v>
+        <v>0.87</v>
       </c>
       <c r="D247" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E247" s="0" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>5</v>
+        <v>285</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="C248" s="0">
-        <v>3.06</v>
+        <v>1</v>
       </c>
       <c r="D248" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E248" s="0" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B249" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B249" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C249" s="0">
-        <v>1.66</v>
+        <v>2.5</v>
       </c>
       <c r="D249" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>207</v>
+        <v>372</v>
       </c>
       <c r="C250" s="0">
-        <v>17.981</v>
+        <v>0.237</v>
       </c>
       <c r="D250" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="C251" s="0">
-        <v>0.56</v>
+        <v>0.515</v>
       </c>
       <c r="D251" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>45</v>
+        <v>376</v>
       </c>
       <c r="C252" s="0">
-        <v>0.885</v>
+        <v>0.7</v>
       </c>
       <c r="D252" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>207</v>
+        <v>376</v>
       </c>
       <c r="C253" s="0">
-        <v>26.083</v>
+        <v>0.51</v>
       </c>
       <c r="D253" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E253" s="0" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="C254" s="0">
-        <v>0.29</v>
+        <v>0.575</v>
       </c>
       <c r="D254" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>211</v>
+        <v>105</v>
       </c>
       <c r="C255" s="0">
-        <v>0.315</v>
+        <v>4.52</v>
       </c>
       <c r="D255" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E255" s="0" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>342</v>
+        <v>149</v>
       </c>
       <c r="C256" s="0">
-        <v>0.169</v>
+        <v>0.502</v>
       </c>
       <c r="D256" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>267</v>
+        <v>382</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>388</v>
+        <v>278</v>
       </c>
       <c r="C257" s="0">
-        <v>40</v>
+        <v>0.388</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>97</v>
+        <v>384</v>
       </c>
       <c r="C258" s="0">
-        <v>0.33</v>
+        <v>3</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>391</v>
+        <v>127</v>
       </c>
       <c r="C259" s="0">
-        <v>3</v>
+        <v>0.85</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>16</v>
+        <v>285</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>333</v>
+        <v>127</v>
       </c>
       <c r="C260" s="0">
-        <v>0.31</v>
+        <v>0.81</v>
       </c>
       <c r="D260" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>279</v>
+        <v>14</v>
       </c>
       <c r="C261" s="0">
-        <v>0.277</v>
+        <v>1</v>
       </c>
       <c r="D261" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E261" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>17</v>
+        <v>278</v>
       </c>
       <c r="C262" s="0">
-        <v>2.5</v>
+        <v>0.502</v>
       </c>
       <c r="D262" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>159</v>
+        <v>390</v>
       </c>
       <c r="C263" s="0">
-        <v>0.957</v>
+        <v>4</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>397</v>
+        <v>105</v>
       </c>
       <c r="C264" s="0">
-        <v>0.84</v>
+        <v>4.5</v>
       </c>
       <c r="D264" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>24</v>
+        <v>251</v>
       </c>
       <c r="C265" s="0">
-        <v>0.784</v>
+        <v>0.238</v>
       </c>
       <c r="D265" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="C266" s="0">
-        <v>0.55</v>
+        <v>0.9</v>
       </c>
       <c r="D266" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="C267" s="0">
-        <v>0.245</v>
+        <v>52</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>255</v>
+        <v>350</v>
       </c>
       <c r="C268" s="0">
-        <v>0.302</v>
+        <v>0.304</v>
       </c>
       <c r="D268" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="C269" s="0">
-        <v>0.602</v>
+        <v>25</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>145</v>
+        <v>21</v>
       </c>
       <c r="C270" s="0">
-        <v>2.8</v>
+        <v>2.626</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>211</v>
+        <v>401</v>
       </c>
       <c r="C271" s="0">
-        <v>0.32</v>
+        <v>70</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>232</v>
+        <v>364</v>
       </c>
       <c r="C272" s="0">
-        <v>0.128</v>
+        <v>1</v>
       </c>
       <c r="D272" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>255</v>
+        <v>14</v>
       </c>
       <c r="C273" s="0">
-        <v>0.305</v>
+        <v>1.1</v>
       </c>
       <c r="D273" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>24</v>
+        <v>127</v>
       </c>
       <c r="C274" s="0">
-        <v>0.567</v>
+        <v>0.885</v>
       </c>
       <c r="D274" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>211</v>
+        <v>48</v>
       </c>
       <c r="C275" s="0">
-        <v>0.315</v>
+        <v>3.86</v>
       </c>
       <c r="D275" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>342</v>
+        <v>407</v>
       </c>
       <c r="C276" s="0">
-        <v>0.17</v>
+        <v>0.167</v>
       </c>
       <c r="D276" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>342</v>
+        <v>23</v>
       </c>
       <c r="C277" s="0">
-        <v>0.172</v>
+        <v>0.501</v>
       </c>
       <c r="D277" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>255</v>
+        <v>127</v>
       </c>
       <c r="C278" s="0">
-        <v>0.302</v>
+        <v>0.62</v>
       </c>
       <c r="D278" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>267</v>
+        <v>11</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="C279" s="0">
-        <v>241</v>
+        <v>2.256</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>45</v>
+        <v>413</v>
       </c>
       <c r="C280" s="0">
-        <v>0.75</v>
+        <v>0.291</v>
       </c>
       <c r="D280" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E280" s="0" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>42</v>
+        <v>336</v>
       </c>
       <c r="C281" s="0">
-        <v>0.075</v>
+        <v>10.095</v>
       </c>
       <c r="D281" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>419</v>
+        <v>161</v>
       </c>
       <c r="C282" s="0">
-        <v>0.325</v>
+        <v>0.56</v>
       </c>
       <c r="D282" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>421</v>
+        <v>407</v>
       </c>
       <c r="C283" s="0">
-        <v>0.43</v>
+        <v>0.168</v>
       </c>
       <c r="D283" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>30</v>
+        <v>183</v>
       </c>
       <c r="C284" s="0">
-        <v>0.318</v>
+        <v>0.76</v>
       </c>
       <c r="D284" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>424</v>
+        <v>26</v>
       </c>
       <c r="C285" s="0">
-        <v>0.21</v>
+        <v>0.224</v>
       </c>
       <c r="D285" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>426</v>
+        <v>243</v>
       </c>
       <c r="C286" s="0">
-        <v>0.273</v>
+        <v>0.316</v>
       </c>
       <c r="D286" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>427</v>
+        <v>420</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>289</v>
+        <v>263</v>
       </c>
       <c r="C287" s="0">
-        <v>1.19</v>
+        <v>0.128</v>
       </c>
       <c r="D287" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>273</v>
+        <v>127</v>
       </c>
       <c r="C288" s="0">
-        <v>0.194</v>
+        <v>0.88</v>
       </c>
       <c r="D288" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E288" s="0" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="C289" s="0">
-        <v>0.242</v>
+        <v>1.08</v>
       </c>
       <c r="D289" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="C290" s="0">
-        <v>0.276</v>
+        <v>0.502</v>
       </c>
       <c r="D290" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E290" s="0" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>30</v>
+        <v>127</v>
       </c>
       <c r="C291" s="0">
-        <v>0.7</v>
+        <v>0.86</v>
       </c>
       <c r="D291" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>97</v>
+        <v>243</v>
       </c>
       <c r="C292" s="0">
-        <v>1</v>
+        <v>0.311</v>
       </c>
       <c r="D292" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>232</v>
+        <v>428</v>
       </c>
       <c r="C293" s="0">
-        <v>0.128</v>
+        <v>50</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>436</v>
+        <v>127</v>
       </c>
       <c r="C294" s="0">
-        <v>0.283</v>
+        <v>0.89</v>
       </c>
       <c r="D294" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E294" s="0" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>74</v>
+        <v>431</v>
       </c>
       <c r="C295" s="0">
-        <v>0.545</v>
+        <v>0.315</v>
       </c>
       <c r="D295" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E295" s="0" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>74</v>
+        <v>263</v>
       </c>
       <c r="C296" s="0">
-        <v>0.25</v>
+        <v>0.128</v>
       </c>
       <c r="D296" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E296" s="0" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>227</v>
+        <v>434</v>
       </c>
       <c r="C297" s="0">
-        <v>0.28</v>
+        <v>0.605</v>
       </c>
       <c r="D297" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C298" s="0">
-        <v>0.5</v>
+        <v>1.05</v>
       </c>
       <c r="D298" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E298" s="0" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>213</v>
+        <v>105</v>
       </c>
       <c r="C299" s="0">
-        <v>0.116</v>
+        <v>3.27</v>
       </c>
       <c r="D299" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E299" s="0" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="C300" s="0">
-        <v>0.885</v>
+        <v>0.527</v>
       </c>
       <c r="D300" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E300" s="0" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>12</v>
+        <v>439</v>
       </c>
       <c r="C301" s="0">
-        <v>0.943</v>
+        <v>43</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E301" s="0" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>241</v>
+        <v>21</v>
       </c>
       <c r="C302" s="0">
-        <v>0.22</v>
+        <v>3.06</v>
       </c>
       <c r="D302" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="C303" s="0">
-        <v>0.867</v>
+        <v>1.54</v>
       </c>
       <c r="D303" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E303" s="0" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>333</v>
+        <v>127</v>
       </c>
       <c r="C304" s="0">
-        <v>0.51</v>
+        <v>0.175</v>
       </c>
       <c r="D304" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E304" s="0" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="C305" s="0">
-        <v>1.9</v>
+        <v>0.073</v>
       </c>
       <c r="D305" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E305" s="0" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>6</v>
+        <v>407</v>
       </c>
       <c r="C306" s="0">
-        <v>1.185</v>
+        <v>0.147</v>
       </c>
       <c r="D306" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E306" s="0" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>95</v>
+        <v>364</v>
       </c>
       <c r="C307" s="0">
-        <v>2.51</v>
+        <v>1.001</v>
       </c>
       <c r="D307" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E307" s="0" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>342</v>
+        <v>48</v>
       </c>
       <c r="C308" s="0">
-        <v>0.169</v>
+        <v>3.875</v>
       </c>
       <c r="D308" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>452</v>
+        <v>243</v>
       </c>
       <c r="C309" s="0">
-        <v>0.276</v>
+        <v>0.316</v>
       </c>
       <c r="D309" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>30</v>
+        <v>407</v>
       </c>
       <c r="C310" s="0">
-        <v>0.346</v>
+        <v>0.112</v>
       </c>
       <c r="D310" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>455</v>
+        <v>299</v>
       </c>
       <c r="C311" s="0">
-        <v>0.7</v>
+        <v>0.361</v>
       </c>
       <c r="D311" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C312" s="0">
-        <v>1.22</v>
+        <v>3.025</v>
       </c>
       <c r="D312" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>40</v>
+        <v>299</v>
       </c>
       <c r="C313" s="0">
-        <v>0.34</v>
+        <v>0.502</v>
       </c>
       <c r="D313" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="C314" s="0">
-        <v>0.45</v>
+        <v>1.36</v>
       </c>
       <c r="D314" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E314" s="0" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>227</v>
+        <v>342</v>
       </c>
       <c r="C315" s="0">
-        <v>0.35</v>
+        <v>0.62</v>
       </c>
       <c r="D315" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>80</v>
+        <v>5</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>227</v>
+        <v>14</v>
       </c>
       <c r="C316" s="0">
-        <v>2.1</v>
+        <v>1</v>
       </c>
       <c r="D316" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>252</v>
+        <v>105</v>
       </c>
       <c r="C317" s="0">
-        <v>1</v>
+        <v>4.98</v>
       </c>
       <c r="D317" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E317" s="0" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>218</v>
+        <v>28</v>
       </c>
       <c r="C318" s="0">
-        <v>0.231</v>
+        <v>1.66</v>
       </c>
       <c r="D318" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>189</v>
+        <v>336</v>
       </c>
       <c r="C319" s="0">
-        <v>1.07</v>
+        <v>17.981</v>
       </c>
       <c r="D319" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E319" s="0" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>207</v>
+        <v>460</v>
       </c>
       <c r="C320" s="0">
-        <v>42.467</v>
+        <v>0.56</v>
       </c>
       <c r="D320" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>466</v>
+        <v>327</v>
       </c>
       <c r="C321" s="0">
-        <v>0.19</v>
+        <v>0.65</v>
       </c>
       <c r="D321" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>294</v>
+        <v>336</v>
       </c>
       <c r="C322" s="0">
-        <v>0.64</v>
+        <v>26.083</v>
       </c>
       <c r="D322" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>469</v>
+        <v>161</v>
       </c>
       <c r="C323" s="0">
-        <v>0.702</v>
+        <v>0.5</v>
       </c>
       <c r="D323" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E323" s="0" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>159</v>
+        <v>465</v>
       </c>
       <c r="C324" s="0">
-        <v>0.88</v>
+        <v>0.29</v>
       </c>
       <c r="D324" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>472</v>
+        <v>243</v>
       </c>
       <c r="C325" s="0">
-        <v>7</v>
+        <v>0.315</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E325" s="0" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>474</v>
+        <v>407</v>
       </c>
       <c r="C326" s="0">
-        <v>0.6</v>
+        <v>0.169</v>
       </c>
       <c r="D326" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E326" s="0" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>22</v>
+        <v>469</v>
       </c>
       <c r="C327" s="0">
-        <v>3.06</v>
+        <v>40</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E327" s="0" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>267</v>
+        <v>171</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>477</v>
+        <v>183</v>
       </c>
       <c r="C328" s="0">
-        <v>50</v>
+        <v>0.885</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E328" s="0" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>218</v>
+        <v>472</v>
       </c>
       <c r="C329" s="0">
-        <v>0.235</v>
+        <v>3</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>480</v>
+        <v>299</v>
       </c>
       <c r="C330" s="0">
-        <v>60</v>
+        <v>0.31</v>
       </c>
       <c r="D330" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E330" s="0" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
       <c r="C331" s="0">
-        <v>0.51</v>
+        <v>0.277</v>
       </c>
       <c r="D331" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B332" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B332" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C332" s="0">
-        <v>0.502</v>
+        <v>2.51</v>
       </c>
       <c r="D332" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>342</v>
+        <v>74</v>
       </c>
       <c r="C333" s="0">
-        <v>0.168</v>
+        <v>0.84</v>
       </c>
       <c r="D333" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>485</v>
+        <v>26</v>
       </c>
       <c r="C334" s="0">
-        <v>0.306</v>
+        <v>0.784</v>
       </c>
       <c r="D334" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>45</v>
+        <v>183</v>
       </c>
       <c r="C335" s="0">
-        <v>0.7</v>
+        <v>0.76</v>
       </c>
       <c r="D335" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E335" s="0" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>159</v>
+        <v>241</v>
       </c>
       <c r="C336" s="0">
-        <v>0.79</v>
+        <v>1.4</v>
       </c>
       <c r="D336" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>17</v>
+        <v>289</v>
       </c>
       <c r="C337" s="0">
-        <v>2.517</v>
+        <v>1.55</v>
       </c>
       <c r="D337" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E337" s="0" t="s">
-        <v>489</v>
+        <v>481</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>211</v>
+        <v>287</v>
       </c>
       <c r="C338" s="0">
-        <v>0.03</v>
+        <v>0.302</v>
       </c>
       <c r="D338" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E338" s="0" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>218</v>
+        <v>48</v>
       </c>
       <c r="C339" s="0">
-        <v>0.235</v>
+        <v>2.51</v>
       </c>
       <c r="D339" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E339" s="0" t="s">
-        <v>491</v>
+        <v>483</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>342</v>
+        <v>299</v>
       </c>
       <c r="C340" s="0">
-        <v>0.167</v>
+        <v>0.492</v>
       </c>
       <c r="D340" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>493</v>
+        <v>183</v>
       </c>
       <c r="C341" s="0">
-        <v>0.2</v>
+        <v>0.85</v>
       </c>
       <c r="D341" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E341" s="0" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="C342" s="0">
-        <v>0.22</v>
+        <v>0.94</v>
       </c>
       <c r="D342" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>279</v>
+        <v>107</v>
       </c>
       <c r="C343" s="0">
-        <v>0.276</v>
+        <v>0.501</v>
       </c>
       <c r="D343" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E343" s="0" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>294</v>
+        <v>169</v>
       </c>
       <c r="C344" s="0">
-        <v>0.7</v>
+        <v>2.8</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="E344" s="0" t="s">
-        <v>498</v>
+        <v>489</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>34</v>
+        <v>342</v>
       </c>
       <c r="C345" s="0">
-        <v>1.05</v>
+        <v>0.84</v>
       </c>
       <c r="D345" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E345" s="0" t="s">
-        <v>499</v>
+        <v>490</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>12</v>
+        <v>303</v>
       </c>
       <c r="C346" s="0">
-        <v>0.99</v>
+        <v>0.985</v>
       </c>
       <c r="D346" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E346" s="0" t="s">
-        <v>500</v>
+        <v>491</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>267</v>
+        <v>171</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>501</v>
+        <v>26</v>
       </c>
       <c r="C347" s="0">
-        <v>160</v>
+        <v>1.6</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E347" s="0" t="s">
-        <v>502</v>
+        <v>492</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>503</v>
+        <v>243</v>
       </c>
       <c r="C348" s="0">
-        <v>0.206</v>
+        <v>0.32</v>
       </c>
       <c r="D348" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E348" s="0" t="s">
-        <v>504</v>
+        <v>493</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="C349" s="0">
-        <v>0.3</v>
+        <v>0.128</v>
       </c>
       <c r="D349" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E349" s="0" t="s">
-        <v>505</v>
+        <v>494</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>245</v>
+        <v>327</v>
       </c>
       <c r="C350" s="0">
-        <v>1.05</v>
+        <v>0.5</v>
       </c>
       <c r="D350" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E350" s="0" t="s">
-        <v>506</v>
+        <v>495</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>17</v>
+        <v>287</v>
       </c>
       <c r="C351" s="0">
-        <v>3</v>
+        <v>0.305</v>
       </c>
       <c r="D351" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>507</v>
+        <v>496</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="C352" s="0">
-        <v>0.38</v>
+        <v>2.794</v>
       </c>
       <c r="D352" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E352" s="0" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>509</v>
+        <v>498</v>
       </c>
       <c r="C353" s="0">
-        <v>0.37</v>
+        <v>1</v>
       </c>
       <c r="D353" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>510</v>
+        <v>499</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>511</v>
+        <v>243</v>
       </c>
       <c r="C354" s="0">
-        <v>1</v>
+        <v>0.315</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E354" s="0" t="s">
-        <v>512</v>
+        <v>500</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>279</v>
+        <v>407</v>
       </c>
       <c r="C355" s="0">
-        <v>0.277</v>
+        <v>0.17</v>
       </c>
       <c r="D355" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E355" s="0" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>218</v>
+        <v>407</v>
       </c>
       <c r="C356" s="0">
-        <v>0.237</v>
+        <v>0.172</v>
       </c>
       <c r="D356" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E356" s="0" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>515</v>
+        <v>498</v>
       </c>
       <c r="C357" s="0">
-        <v>110</v>
+        <v>0.72</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E357" s="0" t="s">
-        <v>516</v>
+        <v>503</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>419</v>
+        <v>74</v>
       </c>
       <c r="C358" s="0">
-        <v>0.49</v>
+        <v>0.9</v>
       </c>
       <c r="D358" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E358" s="0" t="s">
-        <v>517</v>
+        <v>504</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>260</v>
+        <v>287</v>
       </c>
       <c r="C359" s="0">
-        <v>0.2</v>
+        <v>0.302</v>
       </c>
       <c r="D359" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E359" s="0" t="s">
-        <v>518</v>
+        <v>505</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>193</v>
+        <v>506</v>
       </c>
       <c r="C360" s="0">
-        <v>4.25</v>
+        <v>241</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E360" s="0" t="s">
-        <v>519</v>
+        <v>507</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>296</v>
+        <v>43</v>
       </c>
       <c r="C361" s="0">
-        <v>0.299</v>
+        <v>0.075</v>
       </c>
       <c r="D361" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E361" s="0" t="s">
-        <v>520</v>
+        <v>508</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>245</v>
+        <v>147</v>
       </c>
       <c r="C362" s="0">
-        <v>1.2</v>
+        <v>0.325</v>
       </c>
       <c r="D362" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E362" s="0" t="s">
-        <v>521</v>
+        <v>509</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>26</v>
+        <v>510</v>
       </c>
       <c r="C363" s="0">
-        <v>1.66</v>
+        <v>0.43</v>
       </c>
       <c r="D363" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E363" s="0" t="s">
-        <v>522</v>
+        <v>511</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>455</v>
+        <v>33</v>
       </c>
       <c r="C364" s="0">
-        <v>1.1</v>
+        <v>0.318</v>
       </c>
       <c r="D364" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E364" s="0" t="s">
-        <v>523</v>
+        <v>512</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>267</v>
+        <v>11</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>524</v>
+        <v>498</v>
       </c>
       <c r="C365" s="0">
-        <v>2</v>
+        <v>0.21</v>
       </c>
       <c r="D365" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E365" s="0" t="s">
-        <v>525</v>
+        <v>513</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>45</v>
+        <v>372</v>
       </c>
       <c r="C366" s="0">
-        <v>0.904</v>
+        <v>0.24</v>
       </c>
       <c r="D366" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E366" s="0" t="s">
-        <v>526</v>
+        <v>514</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>24</v>
+        <v>327</v>
       </c>
       <c r="C367" s="0">
-        <v>1.9</v>
+        <v>0.273</v>
       </c>
       <c r="D367" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E367" s="0" t="s">
-        <v>527</v>
+        <v>515</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>42</v>
+        <v>359</v>
       </c>
       <c r="C368" s="0">
-        <v>0.073</v>
+        <v>0.194</v>
       </c>
       <c r="D368" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E368" s="0" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="C369" s="0">
-        <v>0.86</v>
+        <v>0.242</v>
       </c>
       <c r="D369" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E369" s="0" t="s">
-        <v>529</v>
+        <v>517</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>45</v>
+        <v>442</v>
       </c>
       <c r="C370" s="0">
-        <v>0.73</v>
+        <v>1.51</v>
       </c>
       <c r="D370" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E370" s="0" t="s">
-        <v>530</v>
+        <v>518</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>531</v>
+        <v>14</v>
       </c>
       <c r="C371" s="0">
         <v>1</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E371" s="0" t="s">
-        <v>532</v>
+        <v>519</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>232</v>
+        <v>14</v>
       </c>
       <c r="C372" s="0">
-        <v>0.123</v>
+        <v>1.13</v>
       </c>
       <c r="D372" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E372" s="0" t="s">
-        <v>533</v>
+        <v>520</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>534</v>
+        <v>21</v>
       </c>
       <c r="C373" s="0">
-        <v>0.254</v>
+        <v>3.065</v>
       </c>
       <c r="D373" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E373" s="0" t="s">
-        <v>535</v>
+        <v>521</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>455</v>
+        <v>263</v>
       </c>
       <c r="C374" s="0">
-        <v>1.3</v>
+        <v>0.128</v>
       </c>
       <c r="D374" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E374" s="0" t="s">
-        <v>536</v>
+        <v>522</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>537</v>
+        <v>183</v>
       </c>
       <c r="C375" s="0">
-        <v>0.84</v>
+        <v>0.76</v>
       </c>
       <c r="D375" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E375" s="0" t="s">
-        <v>538</v>
+        <v>523</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>24</v>
+        <v>524</v>
       </c>
       <c r="C376" s="0">
-        <v>2</v>
+        <v>0.283</v>
       </c>
       <c r="D376" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E376" s="0" t="s">
-        <v>539</v>
+        <v>525</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>213</v>
+        <v>76</v>
       </c>
       <c r="C377" s="0">
-        <v>0.116</v>
+        <v>0.545</v>
       </c>
       <c r="D377" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E377" s="0" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>333</v>
+        <v>76</v>
       </c>
       <c r="C378" s="0">
-        <v>0.275</v>
+        <v>0.25</v>
       </c>
       <c r="D378" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E378" s="0" t="s">
-        <v>541</v>
+        <v>526</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>273</v>
+        <v>124</v>
       </c>
       <c r="C379" s="0">
-        <v>0.196</v>
+        <v>0.28</v>
       </c>
       <c r="D379" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E379" s="0" t="s">
-        <v>542</v>
+        <v>527</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>232</v>
+        <v>16</v>
       </c>
       <c r="C380" s="0">
-        <v>0.129</v>
+        <v>2.09</v>
       </c>
       <c r="D380" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E380" s="0" t="s">
-        <v>543</v>
+        <v>528</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>74</v>
+        <v>183</v>
       </c>
       <c r="C381" s="0">
-        <v>0.51</v>
+        <v>1.575</v>
       </c>
       <c r="D381" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E381" s="0" t="s">
-        <v>544</v>
+        <v>529</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>97</v>
+        <v>442</v>
       </c>
       <c r="C382" s="0">
-        <v>0.352</v>
+        <v>1.51</v>
       </c>
       <c r="D382" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E382" s="0" t="s">
-        <v>545</v>
+        <v>530</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>24</v>
+        <v>245</v>
       </c>
       <c r="C383" s="0">
-        <v>0.2</v>
+        <v>0.116</v>
       </c>
       <c r="D383" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E383" s="0" t="s">
-        <v>546</v>
+        <v>531</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="C384" s="0">
-        <v>0.512</v>
+        <v>4.53</v>
       </c>
       <c r="D384" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E384" s="0" t="s">
-        <v>547</v>
+        <v>532</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>97</v>
+        <v>533</v>
       </c>
       <c r="C385" s="0">
-        <v>0.299</v>
+        <v>0.542</v>
       </c>
       <c r="D385" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E385" s="0" t="s">
-        <v>548</v>
+        <v>534</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>193</v>
+        <v>325</v>
       </c>
       <c r="C386" s="0">
-        <v>4.2</v>
+        <v>0.502</v>
       </c>
       <c r="D386" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E386" s="0" t="s">
-        <v>549</v>
+        <v>535</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>279</v>
+        <v>48</v>
       </c>
       <c r="C387" s="0">
-        <v>0.273</v>
+        <v>2.293</v>
       </c>
       <c r="D387" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E387" s="0" t="s">
-        <v>550</v>
+        <v>536</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="C388" s="0">
-        <v>2.425</v>
+        <v>2.82</v>
       </c>
       <c r="D388" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E388" s="0" t="s">
-        <v>551</v>
+        <v>537</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>552</v>
+        <v>299</v>
       </c>
       <c r="C389" s="0">
-        <v>6</v>
+        <v>0.51</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E389" s="0" t="s">
-        <v>553</v>
+        <v>538</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>232</v>
+        <v>127</v>
       </c>
       <c r="C390" s="0">
-        <v>0.126</v>
+        <v>0.878</v>
       </c>
       <c r="D390" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E390" s="0" t="s">
-        <v>554</v>
+        <v>539</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>45</v>
+        <v>105</v>
       </c>
       <c r="C391" s="0">
-        <v>0.85</v>
+        <v>4.8</v>
       </c>
       <c r="D391" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E391" s="0" t="s">
-        <v>555</v>
+        <v>540</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="C392" s="0">
-        <v>0.858</v>
+        <v>1.08</v>
       </c>
       <c r="D392" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E392" s="0" t="s">
-        <v>556</v>
+        <v>541</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>557</v>
+        <v>26</v>
       </c>
       <c r="C393" s="0">
-        <v>27</v>
+        <v>1.9</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E393" s="0" t="s">
-        <v>558</v>
+        <v>542</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>342</v>
+        <v>413</v>
       </c>
       <c r="C394" s="0">
-        <v>0.167</v>
+        <v>1.185</v>
       </c>
       <c r="D394" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E394" s="0" t="s">
-        <v>559</v>
+        <v>543</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>560</v>
+        <v>342</v>
       </c>
       <c r="C395" s="0">
-        <v>0.17</v>
+        <v>0.75</v>
       </c>
       <c r="D395" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E395" s="0" t="s">
-        <v>561</v>
+        <v>544</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>251</v>
+        <v>11</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>562</v>
+        <v>105</v>
       </c>
       <c r="C396" s="0">
-        <v>1</v>
+        <v>1.51</v>
       </c>
       <c r="D396" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E396" s="0" t="s">
-        <v>563</v>
+        <v>545</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>193</v>
+        <v>407</v>
       </c>
       <c r="C397" s="0">
-        <v>4.055</v>
+        <v>0.169</v>
       </c>
       <c r="D397" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E397" s="0" t="s">
-        <v>564</v>
+        <v>546</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>565</v>
+        <v>21</v>
       </c>
       <c r="C398" s="0">
-        <v>500</v>
+        <v>3.06</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E398" s="0" t="s">
-        <v>566</v>
+        <v>547</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>5</v>
+        <v>171</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
       <c r="C399" s="0">
-        <v>1.11</v>
+        <v>0.502</v>
       </c>
       <c r="D399" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E399" s="0" t="s">
-        <v>567</v>
+        <v>548</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>342</v>
+        <v>33</v>
       </c>
       <c r="C400" s="0">
-        <v>0.168</v>
+        <v>0.346</v>
       </c>
       <c r="D400" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E400" s="0" t="s">
-        <v>568</v>
+        <v>549</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>296</v>
+        <v>48</v>
       </c>
       <c r="C401" s="0">
-        <v>0.309</v>
+        <v>0.635</v>
       </c>
       <c r="D401" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E401" s="0" t="s">
-        <v>569</v>
+        <v>550</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>255</v>
+        <v>105</v>
       </c>
       <c r="C402" s="0">
-        <v>0.072</v>
+        <v>5</v>
       </c>
       <c r="D402" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E402" s="0" t="s">
-        <v>570</v>
+        <v>551</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>218</v>
+        <v>41</v>
       </c>
       <c r="C403" s="0">
-        <v>0.233</v>
+        <v>0.34</v>
       </c>
       <c r="D403" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E403" s="0" t="s">
-        <v>571</v>
+        <v>552</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>455</v>
+        <v>161</v>
       </c>
       <c r="C404" s="0">
-        <v>0.228</v>
+        <v>0.5</v>
       </c>
       <c r="D404" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E404" s="0" t="s">
-        <v>572</v>
+        <v>553</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>218</v>
+        <v>124</v>
       </c>
       <c r="C405" s="0">
-        <v>0.235</v>
+        <v>2.77</v>
       </c>
       <c r="D405" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E405" s="0" t="s">
-        <v>573</v>
+        <v>554</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>574</v>
+        <v>161</v>
       </c>
       <c r="C406" s="0">
-        <v>0.261</v>
+        <v>0.45</v>
       </c>
       <c r="D406" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E406" s="0" t="s">
-        <v>575</v>
+        <v>555</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>576</v>
+        <v>124</v>
       </c>
       <c r="C407" s="0">
-        <v>0.501</v>
+        <v>0.35</v>
       </c>
       <c r="D407" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E407" s="0" t="s">
-        <v>577</v>
+        <v>556</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>232</v>
+        <v>327</v>
       </c>
       <c r="C408" s="0">
-        <v>0.13</v>
+        <v>0.445</v>
       </c>
       <c r="D408" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E408" s="0" t="s">
-        <v>578</v>
+        <v>557</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>42</v>
+        <v>251</v>
       </c>
       <c r="C409" s="0">
-        <v>0.075</v>
+        <v>0.231</v>
       </c>
       <c r="D409" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E409" s="0" t="s">
-        <v>579</v>
+        <v>558</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>213</v>
+        <v>185</v>
       </c>
       <c r="C410" s="0">
-        <v>0.056</v>
+        <v>0.273</v>
       </c>
       <c r="D410" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E410" s="0" t="s">
-        <v>580</v>
+        <v>559</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>267</v>
+        <v>11</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>581</v>
+        <v>219</v>
       </c>
       <c r="C411" s="0">
-        <v>6</v>
+        <v>1.07</v>
       </c>
       <c r="D411" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E411" s="0" t="s">
-        <v>582</v>
+        <v>560</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>576</v>
+        <v>336</v>
       </c>
       <c r="C412" s="0">
-        <v>0.25</v>
+        <v>42.467</v>
       </c>
       <c r="D412" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E412" s="0" t="s">
-        <v>583</v>
+        <v>561</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>273</v>
+        <v>127</v>
       </c>
       <c r="C413" s="0">
-        <v>0.194</v>
+        <v>0.83</v>
       </c>
       <c r="D413" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E413" s="0" t="s">
-        <v>584</v>
+        <v>562</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>267</v>
+        <v>11</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>585</v>
+        <v>124</v>
       </c>
       <c r="C414" s="0">
-        <v>46</v>
+        <v>2.768</v>
       </c>
       <c r="D414" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E414" s="0" t="s">
-        <v>586</v>
+        <v>563</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>232</v>
+        <v>564</v>
       </c>
       <c r="C415" s="0">
-        <v>0.123</v>
+        <v>0.19</v>
       </c>
       <c r="D415" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E415" s="0" t="s">
-        <v>587</v>
+        <v>565</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>588</v>
+        <v>342</v>
       </c>
       <c r="C416" s="0">
-        <v>0.157</v>
+        <v>0.64</v>
       </c>
       <c r="D416" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E416" s="0" t="s">
-        <v>589</v>
+        <v>566</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>5</v>
+        <v>285</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>193</v>
+        <v>33</v>
       </c>
       <c r="C417" s="0">
-        <v>4.1</v>
+        <v>1.035</v>
       </c>
       <c r="D417" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E417" s="0" t="s">
-        <v>590</v>
+        <v>567</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>213</v>
+        <v>568</v>
       </c>
       <c r="C418" s="0">
-        <v>0.071</v>
+        <v>7</v>
       </c>
       <c r="D418" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E418" s="0" t="s">
-        <v>591</v>
+        <v>569</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>213</v>
+        <v>434</v>
       </c>
       <c r="C419" s="0">
-        <v>0.03</v>
+        <v>0.6</v>
       </c>
       <c r="D419" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E419" s="0" t="s">
-        <v>592</v>
+        <v>570</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>207</v>
+        <v>571</v>
       </c>
       <c r="C420" s="0">
-        <v>38.814</v>
+        <v>50</v>
       </c>
       <c r="D420" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E420" s="0" t="s">
-        <v>593</v>
+        <v>572</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>109</v>
+        <v>289</v>
       </c>
       <c r="C421" s="0">
-        <v>0.875</v>
+        <v>0.76</v>
       </c>
       <c r="D421" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E421" s="0" t="s">
-        <v>594</v>
+        <v>573</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>342</v>
+        <v>161</v>
       </c>
       <c r="C422" s="0">
-        <v>0.169</v>
+        <v>0.5</v>
       </c>
       <c r="D422" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E422" s="0" t="s">
-        <v>595</v>
+        <v>574</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>207</v>
+        <v>251</v>
       </c>
       <c r="C423" s="0">
-        <v>5.92</v>
+        <v>0.235</v>
       </c>
       <c r="D423" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E423" s="0" t="s">
-        <v>596</v>
+        <v>575</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>207</v>
+        <v>576</v>
       </c>
       <c r="C424" s="0">
-        <v>24.95</v>
+        <v>60</v>
       </c>
       <c r="D424" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E424" s="0" t="s">
-        <v>597</v>
+        <v>577</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>161</v>
+        <v>107</v>
       </c>
       <c r="C425" s="0">
-        <v>0.391</v>
+        <v>0.502</v>
       </c>
       <c r="D425" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E425" s="0" t="s">
-        <v>598</v>
+        <v>578</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>273</v>
+        <v>407</v>
       </c>
       <c r="C426" s="0">
-        <v>0.191</v>
+        <v>0.168</v>
       </c>
       <c r="D426" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E426" s="0" t="s">
-        <v>599</v>
+        <v>579</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>273</v>
+        <v>580</v>
       </c>
       <c r="C427" s="0">
-        <v>0.195</v>
+        <v>0.276</v>
       </c>
       <c r="D427" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E427" s="0" t="s">
-        <v>600</v>
+        <v>581</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>601</v>
+        <v>301</v>
       </c>
       <c r="C428" s="0">
-        <v>0.25</v>
+        <v>0.443</v>
       </c>
       <c r="D428" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E428" s="0" t="s">
-        <v>602</v>
+        <v>582</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>45</v>
+        <v>278</v>
       </c>
       <c r="C429" s="0">
-        <v>0.85</v>
+        <v>0.502</v>
       </c>
       <c r="D429" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E429" s="0" t="s">
-        <v>603</v>
+        <v>583</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>263</v>
+        <v>14</v>
       </c>
       <c r="C430" s="0">
-        <v>0.41</v>
+        <v>0.96</v>
       </c>
       <c r="D430" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E430" s="0" t="s">
-        <v>604</v>
+        <v>584</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>294</v>
+        <v>74</v>
       </c>
       <c r="C431" s="0">
-        <v>0.78</v>
+        <v>0.88</v>
       </c>
       <c r="D431" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E431" s="0" t="s">
-        <v>605</v>
+        <v>585</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="C432" s="0">
-        <v>1.7</v>
+        <v>1.05</v>
       </c>
       <c r="D432" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E432" s="0" t="s">
-        <v>606</v>
+        <v>586</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>232</v>
+        <v>16</v>
       </c>
       <c r="C433" s="0">
-        <v>0.129</v>
+        <v>2.517</v>
       </c>
       <c r="D433" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E433" s="0" t="s">
-        <v>607</v>
+        <v>587</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>342</v>
+        <v>243</v>
       </c>
       <c r="C434" s="0">
-        <v>0.169</v>
+        <v>0.03</v>
       </c>
       <c r="D434" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E434" s="0" t="s">
-        <v>608</v>
+        <v>588</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>452</v>
+        <v>251</v>
       </c>
       <c r="C435" s="0">
-        <v>0.178</v>
+        <v>0.235</v>
       </c>
       <c r="D435" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E435" s="0" t="s">
-        <v>609</v>
+        <v>589</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>227</v>
+        <v>407</v>
       </c>
       <c r="C436" s="0">
-        <v>2.007</v>
+        <v>0.167</v>
       </c>
       <c r="D436" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E436" s="0" t="s">
-        <v>610</v>
+        <v>590</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="C437" s="0">
-        <v>1.19</v>
+        <v>1.07</v>
       </c>
       <c r="D437" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E437" s="0" t="s">
-        <v>611</v>
+        <v>591</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>397</v>
+        <v>127</v>
       </c>
       <c r="C438" s="0">
-        <v>0.83</v>
+        <v>0.85</v>
       </c>
       <c r="D438" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E438" s="0" t="s">
-        <v>612</v>
+        <v>592</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C439" s="0">
-        <v>1.51</v>
+        <v>1.015</v>
       </c>
       <c r="D439" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E439" s="0" t="s">
-        <v>613</v>
+        <v>593</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>232</v>
+        <v>16</v>
       </c>
       <c r="C440" s="0">
-        <v>0.126</v>
+        <v>1.113</v>
       </c>
       <c r="D440" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E440" s="0" t="s">
-        <v>614</v>
+        <v>594</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="C441" s="0">
-        <v>0.885</v>
+        <v>2.087</v>
       </c>
       <c r="D441" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E441" s="0" t="s">
-        <v>615</v>
+        <v>594</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>95</v>
+        <v>595</v>
       </c>
       <c r="C442" s="0">
-        <v>0.26</v>
+        <v>0.2</v>
       </c>
       <c r="D442" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E442" s="0" t="s">
-        <v>616</v>
+        <v>596</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>26</v>
+        <v>597</v>
       </c>
       <c r="C443" s="0">
-        <v>1.5</v>
+        <v>0.22</v>
       </c>
       <c r="D443" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E443" s="0" t="s">
-        <v>617</v>
+        <v>598</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>342</v>
+        <v>323</v>
       </c>
       <c r="C444" s="0">
-        <v>0.04</v>
+        <v>0.276</v>
       </c>
       <c r="D444" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E444" s="0" t="s">
-        <v>618</v>
+        <v>599</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>22</v>
+        <v>327</v>
       </c>
       <c r="C445" s="0">
-        <v>3.975</v>
+        <v>0.127</v>
       </c>
       <c r="D445" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E445" s="0" t="s">
-        <v>619</v>
+        <v>600</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>6</v>
+        <v>342</v>
       </c>
       <c r="C446" s="0">
-        <v>1.19</v>
+        <v>0.7</v>
       </c>
       <c r="D446" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E446" s="0" t="s">
-        <v>620</v>
+        <v>601</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>296</v>
+        <v>342</v>
       </c>
       <c r="C447" s="0">
-        <v>0.305</v>
+        <v>0.8</v>
       </c>
       <c r="D447" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E447" s="0" t="s">
-        <v>621</v>
+        <v>602</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>232</v>
+        <v>327</v>
       </c>
       <c r="C448" s="0">
-        <v>0.126</v>
+        <v>0.402</v>
       </c>
       <c r="D448" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E448" s="0" t="s">
-        <v>622</v>
+        <v>603</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>623</v>
+        <v>498</v>
       </c>
       <c r="C449" s="0">
-        <v>0.205</v>
+        <v>0.785</v>
       </c>
       <c r="D449" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E449" s="0" t="s">
-        <v>624</v>
+        <v>604</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>623</v>
+        <v>605</v>
       </c>
       <c r="C450" s="0">
-        <v>0.205</v>
+        <v>160</v>
       </c>
       <c r="D450" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E450" s="0" t="s">
-        <v>625</v>
+        <v>606</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>626</v>
+        <v>607</v>
       </c>
       <c r="C451" s="0">
-        <v>0.128</v>
+        <v>0.206</v>
       </c>
       <c r="D451" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E451" s="0" t="s">
-        <v>627</v>
+        <v>608</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>333</v>
+        <v>287</v>
       </c>
       <c r="C452" s="0">
-        <v>0.268</v>
+        <v>0.3</v>
       </c>
       <c r="D452" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E452" s="0" t="s">
-        <v>628</v>
+        <v>609</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>296</v>
+        <v>14</v>
       </c>
       <c r="C453" s="0">
-        <v>0.308</v>
+        <v>1.035</v>
       </c>
       <c r="D453" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E453" s="0" t="s">
-        <v>629</v>
+        <v>610</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>279</v>
+        <v>611</v>
       </c>
       <c r="C454" s="0">
-        <v>0.268</v>
+        <v>0.24</v>
       </c>
       <c r="D454" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E454" s="0" t="s">
-        <v>630</v>
+        <v>612</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>42</v>
+        <v>275</v>
       </c>
       <c r="C455" s="0">
-        <v>0.074</v>
+        <v>1.05</v>
       </c>
       <c r="D455" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E455" s="0" t="s">
-        <v>631</v>
+        <v>613</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>5</v>
+        <v>285</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="C456" s="0">
-        <v>0.9</v>
+        <v>3</v>
       </c>
       <c r="D456" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E456" s="0" t="s">
-        <v>632</v>
+        <v>614</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C457" s="0">
-        <v>0.885</v>
+        <v>0.38</v>
       </c>
       <c r="D457" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E457" s="0" t="s">
-        <v>633</v>
+        <v>615</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>22</v>
+        <v>616</v>
       </c>
       <c r="C458" s="0">
-        <v>3</v>
+        <v>0.37</v>
       </c>
       <c r="D458" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E458" s="0" t="s">
-        <v>634</v>
+        <v>617</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>635</v>
+        <v>307</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>636</v>
+        <v>618</v>
       </c>
       <c r="C459" s="0">
-        <v>0.265</v>
+        <v>1</v>
       </c>
       <c r="D459" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E459" s="0" t="s">
-        <v>637</v>
+        <v>619</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>296</v>
+        <v>323</v>
       </c>
       <c r="C460" s="0">
-        <v>0.308</v>
+        <v>0.277</v>
       </c>
       <c r="D460" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E460" s="0" t="s">
-        <v>638</v>
+        <v>620</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B461" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="B461" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C461" s="0">
-        <v>0.91</v>
+        <v>0.237</v>
       </c>
       <c r="D461" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E461" s="0" t="s">
-        <v>639</v>
+        <v>621</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>42</v>
+        <v>622</v>
       </c>
       <c r="C462" s="0">
-        <v>0.074</v>
+        <v>110</v>
       </c>
       <c r="D462" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E462" s="0" t="s">
-        <v>640</v>
+        <v>623</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>641</v>
+        <v>14</v>
       </c>
       <c r="C463" s="0">
-        <v>14</v>
+        <v>1.08</v>
       </c>
       <c r="D463" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E463" s="0" t="s">
-        <v>642</v>
+        <v>624</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>643</v>
+        <v>350</v>
       </c>
       <c r="C464" s="0">
-        <v>0.852</v>
+        <v>0.299</v>
       </c>
       <c r="D464" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E464" s="0" t="s">
-        <v>644</v>
+        <v>625</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>273</v>
+        <v>289</v>
       </c>
       <c r="C465" s="0">
-        <v>0.193</v>
+        <v>0.76</v>
       </c>
       <c r="D465" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E465" s="0" t="s">
-        <v>645</v>
+        <v>626</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>342</v>
+        <v>127</v>
       </c>
       <c r="C466" s="0">
-        <v>0.172</v>
+        <v>0.85</v>
       </c>
       <c r="D466" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E466" s="0" t="s">
-        <v>646</v>
+        <v>627</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="C467" s="0">
-        <v>0.334</v>
+        <v>1.2</v>
       </c>
       <c r="D467" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E467" s="0" t="s">
-        <v>647</v>
+        <v>628</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>42</v>
+        <v>127</v>
       </c>
       <c r="C468" s="0">
-        <v>0.076</v>
+        <v>0.85</v>
       </c>
       <c r="D468" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E468" s="0" t="s">
-        <v>648</v>
+        <v>629</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>649</v>
+        <v>28</v>
       </c>
       <c r="C469" s="0">
-        <v>0.013</v>
+        <v>1.66</v>
       </c>
       <c r="D469" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E469" s="0" t="s">
-        <v>650</v>
+        <v>630</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>267</v>
+        <v>307</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>651</v>
+        <v>631</v>
       </c>
       <c r="C470" s="0">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>269</v>
+        <v>309</v>
       </c>
       <c r="E470" s="0" t="s">
-        <v>652</v>
+        <v>632</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>251</v>
+        <v>11</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>45</v>
+        <v>301</v>
       </c>
       <c r="C471" s="0">
-        <v>0.86</v>
+        <v>0.451</v>
       </c>
       <c r="D471" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E471" s="0" t="s">
-        <v>653</v>
+        <v>633</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>211</v>
+        <v>634</v>
       </c>
       <c r="C472" s="0">
-        <v>0.312</v>
+        <v>0.267</v>
       </c>
       <c r="D472" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E472" s="0" t="s">
-        <v>654</v>
+        <v>635</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>16</v>
+        <v>285</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>655</v>
+        <v>127</v>
       </c>
       <c r="C473" s="0">
-        <v>2</v>
+        <v>0.904</v>
       </c>
       <c r="D473" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E473" s="0" t="s">
-        <v>656</v>
+        <v>636</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="C474" s="0">
-        <v>0.34</v>
+        <v>1.9</v>
       </c>
       <c r="D474" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E474" s="0" t="s">
-        <v>657</v>
+        <v>637</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>397</v>
+        <v>14</v>
       </c>
       <c r="C475" s="0">
-        <v>0.83</v>
+        <v>1</v>
       </c>
       <c r="D475" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E475" s="0" t="s">
-        <v>658</v>
+        <v>638</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>260</v>
+        <v>639</v>
       </c>
       <c r="C476" s="0">
-        <v>0.25</v>
+        <v>0.26</v>
       </c>
       <c r="D476" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E476" s="0" t="s">
-        <v>659</v>
+        <v>640</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C477" s="0">
-        <v>0.838</v>
+        <v>0.965</v>
       </c>
       <c r="D477" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E477" s="0" t="s">
-        <v>661</v>
+        <v>641</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>16</v>
+        <v>285</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>159</v>
+        <v>127</v>
       </c>
       <c r="C478" s="0">
-        <v>0.97</v>
+        <v>0.86</v>
       </c>
       <c r="D478" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E478" s="0" t="s">
-        <v>662</v>
+        <v>642</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>232</v>
+        <v>643</v>
       </c>
       <c r="C479" s="0">
-        <v>0.128</v>
+        <v>1</v>
       </c>
       <c r="D479" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E479" s="0" t="s">
-        <v>663</v>
+        <v>644</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B480" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B480" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C480" s="0">
-        <v>0.602</v>
+        <v>3.025</v>
       </c>
       <c r="D480" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E480" s="0" t="s">
-        <v>665</v>
+        <v>645</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>193</v>
+        <v>646</v>
       </c>
       <c r="C481" s="0">
-        <v>4.3</v>
+        <v>0.254</v>
       </c>
       <c r="D481" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E481" s="0" t="s">
-        <v>666</v>
+        <v>647</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>16</v>
+        <v>285</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>6</v>
+        <v>648</v>
       </c>
       <c r="C482" s="0">
-        <v>1.19</v>
+        <v>0.84</v>
       </c>
       <c r="D482" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E482" s="0" t="s">
-        <v>667</v>
+        <v>649</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>22</v>
+        <v>124</v>
       </c>
       <c r="C483" s="0">
-        <v>0.46</v>
+        <v>2.768</v>
       </c>
       <c r="D483" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E483" s="0" t="s">
-        <v>668</v>
+        <v>650</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>5</v>
+        <v>285</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>296</v>
+        <v>117</v>
       </c>
       <c r="C484" s="0">
-        <v>0.304</v>
+        <v>0.848</v>
       </c>
       <c r="D484" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E484" s="0" t="s">
-        <v>669</v>
+        <v>651</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>22</v>
+        <v>245</v>
       </c>
       <c r="C485" s="0">
-        <v>3</v>
+        <v>0.116</v>
       </c>
       <c r="D485" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E485" s="0" t="s">
-        <v>670</v>
+        <v>652</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>26</v>
+        <v>327</v>
       </c>
       <c r="C486" s="0">
-        <v>1.626</v>
+        <v>0.502</v>
       </c>
       <c r="D486" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E486" s="0" t="s">
-        <v>671</v>
+        <v>653</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C487" s="0">
-        <v>2.3</v>
+        <v>3.2</v>
       </c>
       <c r="D487" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E487" s="0" t="s">
-        <v>672</v>
+        <v>654</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>267</v>
+        <v>11</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>673</v>
+        <v>16</v>
       </c>
       <c r="C488" s="0">
-        <v>40</v>
+        <v>2.4</v>
       </c>
       <c r="D488" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E488" s="0" t="s">
-        <v>674</v>
+        <v>655</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>45</v>
+        <v>359</v>
       </c>
       <c r="C489" s="0">
-        <v>0.65</v>
+        <v>0.196</v>
       </c>
       <c r="D489" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E489" s="0" t="s">
-        <v>675</v>
+        <v>656</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>397</v>
+        <v>263</v>
       </c>
       <c r="C490" s="0">
-        <v>0.83</v>
+        <v>0.129</v>
       </c>
       <c r="D490" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E490" s="0" t="s">
-        <v>676</v>
+        <v>657</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>677</v>
+        <v>301</v>
       </c>
       <c r="C491" s="0">
-        <v>0.114</v>
+        <v>0.452</v>
       </c>
       <c r="D491" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E491" s="0" t="s">
-        <v>678</v>
+        <v>658</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>294</v>
+        <v>76</v>
       </c>
       <c r="C492" s="0">
-        <v>0.48</v>
+        <v>0.51</v>
       </c>
       <c r="D492" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E492" s="0" t="s">
-        <v>679</v>
+        <v>659</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>342</v>
+        <v>161</v>
       </c>
       <c r="C493" s="0">
-        <v>0.169</v>
+        <v>0.352</v>
       </c>
       <c r="D493" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E493" s="0" t="s">
-        <v>680</v>
+        <v>660</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>211</v>
+        <v>26</v>
       </c>
       <c r="C494" s="0">
-        <v>0.102</v>
+        <v>0.2</v>
       </c>
       <c r="D494" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E494" s="0" t="s">
-        <v>681</v>
+        <v>661</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>682</v>
+        <v>161</v>
       </c>
       <c r="C495" s="0">
-        <v>1000</v>
+        <v>0.299</v>
       </c>
       <c r="D495" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E495" s="0" t="s">
-        <v>683</v>
+        <v>662</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>357</v>
+        <v>84</v>
       </c>
       <c r="C496" s="0">
-        <v>10</v>
+        <v>4.2</v>
       </c>
       <c r="D496" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E496" s="0" t="s">
-        <v>684</v>
+        <v>663</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>273</v>
+        <v>323</v>
       </c>
       <c r="C497" s="0">
-        <v>0.2</v>
+        <v>0.273</v>
       </c>
       <c r="D497" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E497" s="0" t="s">
-        <v>685</v>
+        <v>664</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>232</v>
+        <v>665</v>
       </c>
       <c r="C498" s="0">
-        <v>0.018</v>
+        <v>6</v>
       </c>
       <c r="D498" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E498" s="0" t="s">
-        <v>686</v>
+        <v>666</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>279</v>
+        <v>124</v>
       </c>
       <c r="C499" s="0">
-        <v>0.278</v>
+        <v>2.257</v>
       </c>
       <c r="D499" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E499" s="0" t="s">
-        <v>687</v>
+        <v>667</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>213</v>
+        <v>263</v>
       </c>
       <c r="C500" s="0">
-        <v>0.034</v>
+        <v>0.126</v>
       </c>
       <c r="D500" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E500" s="0" t="s">
-        <v>688</v>
+        <v>668</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>218</v>
+        <v>183</v>
       </c>
       <c r="C501" s="0">
-        <v>0.236</v>
+        <v>0.64</v>
       </c>
       <c r="D501" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E501" s="0" t="s">
-        <v>689</v>
+        <v>669</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>455</v>
+        <v>127</v>
       </c>
       <c r="C502" s="0">
-        <v>0.7</v>
+        <v>0.85</v>
       </c>
       <c r="D502" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E502" s="0" t="s">
-        <v>690</v>
+        <v>670</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="C503" s="0">
-        <v>4.01</v>
+        <v>0.858</v>
       </c>
       <c r="D503" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E503" s="0" t="s">
-        <v>691</v>
+        <v>671</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>40</v>
+        <v>74</v>
       </c>
       <c r="C504" s="0">
-        <v>1.83</v>
+        <v>0.88</v>
       </c>
       <c r="D504" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E504" s="0" t="s">
-        <v>692</v>
+        <v>672</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>693</v>
+        <v>301</v>
       </c>
       <c r="C505" s="0">
-        <v>0.201</v>
+        <v>0.451</v>
       </c>
       <c r="D505" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E505" s="0" t="s">
-        <v>694</v>
+        <v>673</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C506" s="0">
-        <v>2.305</v>
+        <v>1.05</v>
       </c>
       <c r="D506" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E506" s="0" t="s">
-        <v>695</v>
+        <v>674</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="C507" s="0">
-        <v>2.794</v>
+        <v>0.88</v>
       </c>
       <c r="D507" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E507" s="0" t="s">
-        <v>696</v>
+        <v>675</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
-        <v>267</v>
+        <v>307</v>
       </c>
       <c r="B508" s="0" t="s">
-        <v>697</v>
+        <v>676</v>
       </c>
       <c r="C508" s="0">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="D508" s="0" t="s">
-        <v>269</v>
+        <v>309</v>
       </c>
       <c r="E508" s="0" t="s">
-        <v>698</v>
+        <v>677</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>699</v>
+        <v>407</v>
       </c>
       <c r="C509" s="0">
-        <v>1</v>
+        <v>0.167</v>
       </c>
       <c r="D509" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E509" s="0" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>6</v>
+        <v>679</v>
       </c>
       <c r="C510" s="0">
-        <v>1.19</v>
+        <v>0.17</v>
       </c>
       <c r="D510" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E510" s="0" t="s">
-        <v>701</v>
+        <v>680</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B511" s="0" t="s">
-        <v>255</v>
+        <v>48</v>
       </c>
       <c r="C511" s="0">
-        <v>0.064</v>
+        <v>0.78</v>
       </c>
       <c r="D511" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E511" s="0" t="s">
-        <v>702</v>
+        <v>681</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B512" s="0" t="s">
-        <v>469</v>
+        <v>117</v>
       </c>
       <c r="C512" s="0">
-        <v>0.168</v>
+        <v>1.3</v>
       </c>
       <c r="D512" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E512" s="0" t="s">
-        <v>703</v>
+        <v>682</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
-        <v>5</v>
+        <v>285</v>
       </c>
       <c r="B513" s="0" t="s">
-        <v>342</v>
+        <v>683</v>
       </c>
       <c r="C513" s="0">
-        <v>0.168</v>
+        <v>1</v>
       </c>
       <c r="D513" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E513" s="0" t="s">
-        <v>704</v>
+        <v>684</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>267</v>
+        <v>11</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>682</v>
+        <v>161</v>
       </c>
       <c r="C514" s="0">
-        <v>10</v>
+        <v>0.56</v>
       </c>
       <c r="D514" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E514" s="0" t="s">
-        <v>705</v>
+        <v>685</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B515" s="0" t="s">
-        <v>342</v>
+        <v>686</v>
       </c>
       <c r="C515" s="0">
-        <v>0.166</v>
+        <v>500</v>
       </c>
       <c r="D515" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E515" s="0" t="s">
-        <v>706</v>
+        <v>687</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>707</v>
+        <v>14</v>
       </c>
       <c r="C516" s="0">
-        <v>900</v>
+        <v>1</v>
       </c>
       <c r="D516" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E516" s="0" t="s">
-        <v>708</v>
+        <v>688</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B517" s="0" t="s">
-        <v>709</v>
+        <v>407</v>
       </c>
       <c r="C517" s="0">
-        <v>0.227</v>
+        <v>0.168</v>
       </c>
       <c r="D517" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E517" s="0" t="s">
-        <v>710</v>
+        <v>689</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B518" s="0" t="s">
-        <v>255</v>
+        <v>342</v>
       </c>
       <c r="C518" s="0">
-        <v>0.131</v>
+        <v>1.5</v>
       </c>
       <c r="D518" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E518" s="0" t="s">
-        <v>711</v>
+        <v>690</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>426</v>
+        <v>327</v>
       </c>
       <c r="C519" s="0">
-        <v>0.191</v>
+        <v>0.502</v>
       </c>
       <c r="D519" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E519" s="0" t="s">
-        <v>712</v>
+        <v>691</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>232</v>
+        <v>183</v>
       </c>
       <c r="C520" s="0">
-        <v>0.126</v>
+        <v>0.73</v>
       </c>
       <c r="D520" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E520" s="0" t="s">
-        <v>713</v>
+        <v>692</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>289</v>
+        <v>350</v>
       </c>
       <c r="C521" s="0">
-        <v>1.19</v>
+        <v>0.309</v>
       </c>
       <c r="D521" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E521" s="0" t="s">
-        <v>714</v>
+        <v>693</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="C522" s="0">
-        <v>0.279</v>
+        <v>0.072</v>
       </c>
       <c r="D522" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E522" s="0" t="s">
-        <v>715</v>
+        <v>694</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>191</v>
+        <v>251</v>
       </c>
       <c r="C523" s="0">
-        <v>0.25</v>
+        <v>0.233</v>
       </c>
       <c r="D523" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E523" s="0" t="s">
-        <v>716</v>
+        <v>695</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B524" s="0" t="s">
-        <v>426</v>
+        <v>236</v>
       </c>
       <c r="C524" s="0">
-        <v>0.197</v>
+        <v>0.327</v>
       </c>
       <c r="D524" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E524" s="0" t="s">
-        <v>717</v>
+        <v>696</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B525" s="0" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C525" s="0">
-        <v>0.072</v>
+        <v>0.4</v>
       </c>
       <c r="D525" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E525" s="0" t="s">
-        <v>718</v>
+        <v>697</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>5</v>
+        <v>171</v>
       </c>
       <c r="B526" s="0" t="s">
-        <v>719</v>
+        <v>127</v>
       </c>
       <c r="C526" s="0">
-        <v>0.356</v>
+        <v>0.9</v>
       </c>
       <c r="D526" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E526" s="0" t="s">
-        <v>720</v>
+        <v>698</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B527" s="0" t="s">
-        <v>721</v>
+        <v>161</v>
       </c>
       <c r="C527" s="0">
-        <v>0.32</v>
+        <v>0.5</v>
       </c>
       <c r="D527" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E527" s="0" t="s">
-        <v>722</v>
+        <v>699</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>723</v>
+        <v>251</v>
       </c>
       <c r="C528" s="0">
-        <v>0.22</v>
+        <v>0.235</v>
       </c>
       <c r="D528" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E528" s="0" t="s">
-        <v>724</v>
+        <v>700</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>24</v>
+        <v>611</v>
       </c>
       <c r="C529" s="0">
-        <v>0.715</v>
+        <v>0.261</v>
       </c>
       <c r="D529" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E529" s="0" t="s">
-        <v>725</v>
+        <v>701</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B530" s="0" t="s">
-        <v>726</v>
+        <v>301</v>
       </c>
       <c r="C530" s="0">
-        <v>0.505</v>
+        <v>0.452</v>
       </c>
       <c r="D530" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E530" s="0" t="s">
-        <v>727</v>
+        <v>702</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>728</v>
+        <v>703</v>
       </c>
       <c r="C531" s="0">
-        <v>0.18</v>
+        <v>0.665</v>
       </c>
       <c r="D531" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E531" s="0" t="s">
-        <v>729</v>
+        <v>704</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>42</v>
+        <v>263</v>
       </c>
       <c r="C532" s="0">
-        <v>0.075</v>
+        <v>0.13</v>
       </c>
       <c r="D532" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E532" s="0" t="s">
-        <v>730</v>
+        <v>705</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B533" s="0" t="s">
-        <v>342</v>
+        <v>14</v>
       </c>
       <c r="C533" s="0">
-        <v>0.167</v>
+        <v>1</v>
       </c>
       <c r="D533" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E533" s="0" t="s">
-        <v>731</v>
+        <v>706</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
-        <v>267</v>
+        <v>11</v>
       </c>
       <c r="B534" s="0" t="s">
-        <v>501</v>
+        <v>48</v>
       </c>
       <c r="C534" s="0">
-        <v>13</v>
+        <v>2.275</v>
       </c>
       <c r="D534" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E534" s="0" t="s">
-        <v>732</v>
+        <v>707</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="C535" s="0">
-        <v>0.302</v>
+        <v>0.075</v>
       </c>
       <c r="D535" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E535" s="0" t="s">
-        <v>733</v>
+        <v>708</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>267</v>
+        <v>11</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>524</v>
+        <v>39</v>
       </c>
       <c r="C536" s="0">
-        <v>14</v>
+        <v>0.413</v>
       </c>
       <c r="D536" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E536" s="0" t="s">
-        <v>734</v>
+        <v>709</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>735</v>
+        <v>74</v>
       </c>
       <c r="C537" s="0">
-        <v>0.341</v>
+        <v>0.6</v>
       </c>
       <c r="D537" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E537" s="0" t="s">
-        <v>736</v>
+        <v>710</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>161</v>
+        <v>245</v>
       </c>
       <c r="C538" s="0">
-        <v>0.216</v>
+        <v>0.056</v>
       </c>
       <c r="D538" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E538" s="0" t="s">
-        <v>737</v>
+        <v>711</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>26</v>
+        <v>712</v>
       </c>
       <c r="C539" s="0">
-        <v>1.521</v>
+        <v>6</v>
       </c>
       <c r="D539" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E539" s="0" t="s">
-        <v>738</v>
+        <v>713</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>739</v>
+        <v>359</v>
       </c>
       <c r="C540" s="0">
-        <v>2</v>
+        <v>0.194</v>
       </c>
       <c r="D540" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E540" s="0" t="s">
-        <v>740</v>
+        <v>714</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
-        <v>267</v>
+        <v>307</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>741</v>
+        <v>715</v>
       </c>
       <c r="C541" s="0">
-        <v>1</v>
+        <v>46</v>
       </c>
       <c r="D541" s="0" t="s">
-        <v>269</v>
+        <v>309</v>
       </c>
       <c r="E541" s="0" t="s">
-        <v>742</v>
+        <v>716</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>12</v>
+        <v>342</v>
       </c>
       <c r="C542" s="0">
-        <v>0.925</v>
+        <v>1.5</v>
       </c>
       <c r="D542" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E542" s="0" t="s">
-        <v>743</v>
+        <v>717</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>213</v>
+        <v>718</v>
       </c>
       <c r="C543" s="0">
-        <v>0.066</v>
+        <v>0.157</v>
       </c>
       <c r="D543" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E543" s="0" t="s">
-        <v>744</v>
+        <v>719</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>342</v>
+        <v>84</v>
       </c>
       <c r="C544" s="0">
-        <v>0.169</v>
+        <v>4.1</v>
       </c>
       <c r="D544" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E544" s="0" t="s">
-        <v>745</v>
+        <v>720</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>279</v>
+        <v>245</v>
       </c>
       <c r="C545" s="0">
-        <v>0.282</v>
+        <v>0.071</v>
       </c>
       <c r="D545" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E545" s="0" t="s">
-        <v>746</v>
+        <v>721</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>45</v>
+        <v>245</v>
       </c>
       <c r="C546" s="0">
-        <v>0.885</v>
+        <v>0.03</v>
       </c>
       <c r="D546" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E546" s="0" t="s">
-        <v>747</v>
+        <v>722</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>748</v>
+        <v>336</v>
       </c>
       <c r="C547" s="0">
-        <v>0.38</v>
+        <v>38.814</v>
       </c>
       <c r="D547" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E547" s="0" t="s">
-        <v>749</v>
+        <v>723</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>251</v>
+        <v>285</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>294</v>
+        <v>117</v>
       </c>
       <c r="C548" s="0">
-        <v>0.7</v>
+        <v>0.875</v>
       </c>
       <c r="D548" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E548" s="0" t="s">
-        <v>750</v>
+        <v>724</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="C549" s="0">
-        <v>0.357</v>
+        <v>1</v>
       </c>
       <c r="D549" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E549" s="0" t="s">
-        <v>751</v>
+        <v>725</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>752</v>
+        <v>14</v>
       </c>
       <c r="C550" s="0">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="D550" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E550" s="0" t="s">
-        <v>753</v>
+        <v>726</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B551" s="0" t="s">
-        <v>97</v>
+        <v>127</v>
       </c>
       <c r="C551" s="0">
-        <v>0.252</v>
+        <v>0.77</v>
       </c>
       <c r="D551" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E551" s="0" t="s">
-        <v>754</v>
+        <v>727</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B552" s="0" t="s">
-        <v>218</v>
+        <v>74</v>
       </c>
       <c r="C552" s="0">
-        <v>0.237</v>
+        <v>0.93</v>
       </c>
       <c r="D552" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E552" s="0" t="s">
-        <v>755</v>
+        <v>728</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B553" s="0" t="s">
-        <v>289</v>
+        <v>407</v>
       </c>
       <c r="C553" s="0">
-        <v>1.19</v>
+        <v>0.169</v>
       </c>
       <c r="D553" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E553" s="0" t="s">
-        <v>756</v>
+        <v>729</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B554" s="0" t="s">
-        <v>213</v>
+        <v>336</v>
       </c>
       <c r="C554" s="0">
-        <v>0.041</v>
+        <v>5.92</v>
       </c>
       <c r="D554" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E554" s="0" t="s">
-        <v>757</v>
+        <v>730</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B555" s="0" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C555" s="0">
-        <v>1.945</v>
+        <v>1.1</v>
       </c>
       <c r="D555" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E555" s="0" t="s">
-        <v>758</v>
+        <v>731</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>6</v>
+        <v>161</v>
       </c>
       <c r="C556" s="0">
-        <v>1.265</v>
+        <v>0.56</v>
       </c>
       <c r="D556" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E556" s="0" t="s">
-        <v>759</v>
+        <v>732</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>34</v>
+        <v>185</v>
       </c>
       <c r="C557" s="0">
-        <v>0.371</v>
+        <v>0.391</v>
       </c>
       <c r="D557" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E557" s="0" t="s">
-        <v>760</v>
+        <v>733</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B558" s="0" t="s">
-        <v>218</v>
+        <v>359</v>
       </c>
       <c r="C558" s="0">
-        <v>0.24</v>
+        <v>0.191</v>
       </c>
       <c r="D558" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E558" s="0" t="s">
-        <v>761</v>
+        <v>734</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>232</v>
+        <v>359</v>
       </c>
       <c r="C559" s="0">
-        <v>0.13</v>
+        <v>0.195</v>
       </c>
       <c r="D559" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E559" s="0" t="s">
-        <v>762</v>
+        <v>735</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B560" s="0" t="s">
-        <v>255</v>
+        <v>736</v>
       </c>
       <c r="C560" s="0">
-        <v>0.299</v>
+        <v>0.25</v>
       </c>
       <c r="D560" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E560" s="0" t="s">
-        <v>763</v>
+        <v>737</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B561" s="0" t="s">
-        <v>255</v>
+        <v>342</v>
       </c>
       <c r="C561" s="0">
-        <v>0.295</v>
+        <v>0.67</v>
       </c>
       <c r="D561" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E561" s="0" t="s">
-        <v>764</v>
+        <v>738</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>193</v>
+        <v>127</v>
       </c>
       <c r="C562" s="0">
-        <v>0.352</v>
+        <v>0.85</v>
       </c>
       <c r="D562" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E562" s="0" t="s">
-        <v>765</v>
+        <v>739</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>245</v>
+        <v>303</v>
       </c>
       <c r="C563" s="0">
-        <v>1.2</v>
+        <v>0.41</v>
       </c>
       <c r="D563" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E563" s="0" t="s">
-        <v>766</v>
+        <v>740</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
-        <v>5</v>
+        <v>285</v>
       </c>
       <c r="B564" s="0" t="s">
-        <v>47</v>
+        <v>342</v>
       </c>
       <c r="C564" s="0">
-        <v>0.285</v>
+        <v>0.78</v>
       </c>
       <c r="D564" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E564" s="0" t="s">
-        <v>767</v>
+        <v>741</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="B565" s="0" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="C565" s="0">
-        <v>0.385</v>
+        <v>1.7</v>
       </c>
       <c r="D565" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E565" s="0" t="s">
-        <v>767</v>
+        <v>742</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B566" s="0" t="s">
-        <v>24</v>
+        <v>263</v>
       </c>
       <c r="C566" s="0">
-        <v>1.9</v>
+        <v>0.129</v>
       </c>
       <c r="D566" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E566" s="0" t="s">
-        <v>768</v>
+        <v>743</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>769</v>
+        <v>407</v>
       </c>
       <c r="C567" s="0">
-        <v>32</v>
+        <v>0.169</v>
       </c>
       <c r="D567" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E567" s="0" t="s">
-        <v>770</v>
+        <v>744</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>109</v>
+        <v>301</v>
       </c>
       <c r="C568" s="0">
-        <v>0.352</v>
+        <v>0.178</v>
       </c>
       <c r="D568" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E568" s="0" t="s">
-        <v>771</v>
+        <v>745</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>24</v>
+        <v>124</v>
       </c>
       <c r="C569" s="0">
-        <v>0.465</v>
+        <v>2.257</v>
       </c>
       <c r="D569" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E569" s="0" t="s">
-        <v>772</v>
+        <v>746</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B570" s="0" t="s">
-        <v>14</v>
+        <v>747</v>
       </c>
       <c r="C570" s="0">
-        <v>0.28</v>
+        <v>0.602</v>
       </c>
       <c r="D570" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E570" s="0" t="s">
-        <v>773</v>
+        <v>748</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="B571" s="0" t="s">
-        <v>97</v>
+        <v>74</v>
       </c>
       <c r="C571" s="0">
-        <v>0.466</v>
+        <v>0.83</v>
       </c>
       <c r="D571" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E571" s="0" t="s">
-        <v>774</v>
+        <v>749</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B572" s="0" t="s">
-        <v>17</v>
+        <v>263</v>
       </c>
       <c r="C572" s="0">
-        <v>2.3</v>
+        <v>0.126</v>
       </c>
       <c r="D572" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E572" s="0" t="s">
-        <v>775</v>
+        <v>750</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>333</v>
+        <v>105</v>
       </c>
       <c r="C573" s="0">
-        <v>0.502</v>
+        <v>3.5</v>
       </c>
       <c r="D573" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E573" s="0" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>777</v>
+        <v>183</v>
       </c>
       <c r="C574" s="0">
-        <v>0.01</v>
+        <v>0.76</v>
       </c>
       <c r="D574" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E574" s="0" t="s">
-        <v>778</v>
+        <v>752</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B575" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B575" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C575" s="0">
-        <v>0.5</v>
+        <v>2.04</v>
       </c>
       <c r="D575" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E575" s="0" t="s">
-        <v>780</v>
+        <v>753</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>781</v>
+        <v>28</v>
       </c>
       <c r="C576" s="0">
-        <v>0.15</v>
+        <v>1.5</v>
       </c>
       <c r="D576" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E576" s="0" t="s">
-        <v>778</v>
+        <v>754</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>782</v>
+        <v>407</v>
       </c>
       <c r="C577" s="0">
-        <v>0.208</v>
+        <v>0.04</v>
       </c>
       <c r="D577" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E577" s="0" t="s">
-        <v>783</v>
+        <v>755</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>294</v>
+        <v>350</v>
       </c>
       <c r="C578" s="0">
-        <v>0.65</v>
+        <v>0.305</v>
       </c>
       <c r="D578" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E578" s="0" t="s">
-        <v>784</v>
+        <v>756</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B579" s="0" t="s">
-        <v>232</v>
+        <v>263</v>
       </c>
       <c r="C579" s="0">
-        <v>0.127</v>
+        <v>0.126</v>
       </c>
       <c r="D579" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E579" s="0" t="s">
-        <v>785</v>
+        <v>757</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>17</v>
+        <v>758</v>
       </c>
       <c r="C580" s="0">
-        <v>1.1</v>
+        <v>0.205</v>
       </c>
       <c r="D580" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E580" s="0" t="s">
-        <v>786</v>
+        <v>759</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>17</v>
+        <v>758</v>
       </c>
       <c r="C581" s="0">
-        <v>1.712</v>
+        <v>0.205</v>
       </c>
       <c r="D581" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E581" s="0" t="s">
-        <v>786</v>
+        <v>760</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>6</v>
+        <v>761</v>
       </c>
       <c r="C582" s="0">
-        <v>1</v>
+        <v>0.128</v>
       </c>
       <c r="D582" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E582" s="0" t="s">
-        <v>787</v>
+        <v>762</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>788</v>
+        <v>12</v>
       </c>
       <c r="C583" s="0">
-        <v>0.629</v>
+        <v>0.712</v>
       </c>
       <c r="D583" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="E583" s="0" t="s">
-        <v>789</v>
+        <v>763</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>469</v>
+        <v>289</v>
       </c>
       <c r="C584" s="0">
-        <v>0.557</v>
+        <v>0.7</v>
       </c>
       <c r="D584" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E584" s="0" t="s">
-        <v>790</v>
+        <v>764</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B585" s="0" t="s">
-        <v>154</v>
+        <v>299</v>
       </c>
       <c r="C585" s="0">
-        <v>0.848</v>
+        <v>0.268</v>
       </c>
       <c r="D585" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E585" s="0" t="s">
-        <v>791</v>
+        <v>765</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B586" s="0" t="s">
-        <v>576</v>
+        <v>21</v>
       </c>
       <c r="C586" s="0">
-        <v>0.256</v>
+        <v>3.06</v>
       </c>
       <c r="D586" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E586" s="0" t="s">
-        <v>792</v>
+        <v>766</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B587" s="0" t="s">
-        <v>279</v>
+        <v>350</v>
       </c>
       <c r="C587" s="0">
-        <v>0.277</v>
+        <v>0.308</v>
       </c>
       <c r="D587" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E587" s="0" t="s">
-        <v>793</v>
+        <v>767</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B588" s="0" t="s">
-        <v>232</v>
+        <v>376</v>
       </c>
       <c r="C588" s="0">
-        <v>0.108</v>
+        <v>0.57</v>
       </c>
       <c r="D588" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E588" s="0" t="s">
-        <v>794</v>
+        <v>768</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>24</v>
+        <v>376</v>
       </c>
       <c r="C589" s="0">
-        <v>0.388</v>
+        <v>0.43</v>
       </c>
       <c r="D589" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E589" s="0" t="s">
-        <v>795</v>
+        <v>768</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>796</v>
+        <v>323</v>
       </c>
       <c r="C590" s="0">
-        <v>0.07</v>
+        <v>0.268</v>
       </c>
       <c r="D590" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E590" s="0" t="s">
-        <v>797</v>
+        <v>769</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B591" s="0" t="s">
-        <v>798</v>
+        <v>43</v>
       </c>
       <c r="C591" s="0">
-        <v>17</v>
+        <v>0.074</v>
       </c>
       <c r="D591" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E591" s="0" t="s">
-        <v>799</v>
+        <v>770</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B592" s="0" t="s">
-        <v>800</v>
+        <v>161</v>
       </c>
       <c r="C592" s="0">
-        <v>0.802</v>
+        <v>0.538</v>
       </c>
       <c r="D592" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E592" s="0" t="s">
-        <v>801</v>
+        <v>771</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B593" s="0" t="s">
-        <v>802</v>
+        <v>149</v>
       </c>
       <c r="C593" s="0">
-        <v>1.173</v>
+        <v>0.502</v>
       </c>
       <c r="D593" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E593" s="0" t="s">
-        <v>803</v>
+        <v>772</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B594" s="0" t="s">
-        <v>207</v>
+        <v>342</v>
       </c>
       <c r="C594" s="0">
-        <v>19.204</v>
+        <v>1.5</v>
       </c>
       <c r="D594" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E594" s="0" t="s">
-        <v>804</v>
+        <v>773</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
-        <v>5</v>
+        <v>382</v>
       </c>
       <c r="B595" s="0" t="s">
-        <v>232</v>
+        <v>774</v>
       </c>
       <c r="C595" s="0">
-        <v>0.126</v>
+        <v>0.265</v>
       </c>
       <c r="D595" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E595" s="0" t="s">
-        <v>805</v>
+        <v>775</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B596" s="0" t="s">
-        <v>232</v>
+        <v>127</v>
       </c>
       <c r="C596" s="0">
-        <v>0.13</v>
+        <v>0.9</v>
       </c>
       <c r="D596" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E596" s="0" t="s">
-        <v>806</v>
+        <v>776</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B597" s="0" t="s">
-        <v>26</v>
+        <v>350</v>
       </c>
       <c r="C597" s="0">
-        <v>1.67</v>
+        <v>0.308</v>
       </c>
       <c r="D597" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E597" s="0" t="s">
-        <v>807</v>
+        <v>777</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
-        <v>5</v>
+        <v>285</v>
       </c>
       <c r="B598" s="0" t="s">
-        <v>26</v>
+        <v>164</v>
       </c>
       <c r="C598" s="0">
-        <v>1.5</v>
+        <v>0.91</v>
       </c>
       <c r="D598" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E598" s="0" t="s">
-        <v>808</v>
+        <v>778</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B599" s="0" t="s">
-        <v>455</v>
+        <v>43</v>
       </c>
       <c r="C599" s="0">
-        <v>0.7</v>
+        <v>0.074</v>
       </c>
       <c r="D599" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E599" s="0" t="s">
-        <v>809</v>
+        <v>779</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
       <c r="B600" s="0" t="s">
-        <v>24</v>
+        <v>780</v>
       </c>
       <c r="C600" s="0">
-        <v>0.49</v>
+        <v>14</v>
       </c>
       <c r="D600" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E600" s="0" t="s">
-        <v>810</v>
+        <v>781</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
-        <v>5</v>
+        <v>285</v>
       </c>
       <c r="B601" s="0" t="s">
-        <v>342</v>
+        <v>782</v>
       </c>
       <c r="C601" s="0">
-        <v>0.17</v>
+        <v>0.852</v>
       </c>
       <c r="D601" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E601" s="0" t="s">
-        <v>811</v>
+        <v>783</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="B602" s="0" t="s">
-        <v>260</v>
+        <v>127</v>
       </c>
       <c r="C602" s="0">
-        <v>0.271</v>
+        <v>0.88</v>
       </c>
       <c r="D602" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E602" s="0" t="s">
-        <v>812</v>
+        <v>784</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B603" s="0" t="s">
-        <v>26</v>
+        <v>359</v>
       </c>
       <c r="C603" s="0">
-        <v>1.5</v>
+        <v>0.193</v>
       </c>
       <c r="D603" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E603" s="0" t="s">
-        <v>813</v>
+        <v>785</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B604" s="0" t="s">
-        <v>45</v>
+        <v>407</v>
       </c>
       <c r="C604" s="0">
-        <v>0.86</v>
+        <v>0.172</v>
       </c>
       <c r="D604" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E604" s="0" t="s">
-        <v>814</v>
+        <v>786</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B605" s="0" t="s">
-        <v>42</v>
+        <v>703</v>
       </c>
       <c r="C605" s="0">
-        <v>0.073</v>
+        <v>0.65</v>
       </c>
       <c r="D605" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E605" s="0" t="s">
-        <v>815</v>
+        <v>787</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B606" s="0" t="s">
-        <v>342</v>
+        <v>9</v>
       </c>
       <c r="C606" s="0">
-        <v>0.168</v>
+        <v>0.334</v>
       </c>
       <c r="D606" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E606" s="0" t="s">
-        <v>816</v>
+        <v>788</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B607" s="0" t="s">
-        <v>36</v>
+        <v>124</v>
       </c>
       <c r="C607" s="0">
-        <v>1.982</v>
+        <v>2.768</v>
       </c>
       <c r="D607" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E607" s="0" t="s">
-        <v>817</v>
+        <v>789</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B608" s="0" t="s">
-        <v>207</v>
+        <v>43</v>
       </c>
       <c r="C608" s="0">
-        <v>26.838</v>
+        <v>0.076</v>
       </c>
       <c r="D608" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E608" s="0" t="s">
-        <v>818</v>
+        <v>790</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B609" s="0" t="s">
-        <v>819</v>
+        <v>161</v>
       </c>
       <c r="C609" s="0">
-        <v>0.15</v>
+        <v>0.63</v>
       </c>
       <c r="D609" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E609" s="0" t="s">
-        <v>820</v>
+        <v>791</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B610" s="0" t="s">
-        <v>42</v>
+        <v>117</v>
       </c>
       <c r="C610" s="0">
-        <v>0.075</v>
+        <v>1.37</v>
       </c>
       <c r="D610" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E610" s="0" t="s">
-        <v>821</v>
+        <v>792</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B611" s="0" t="s">
-        <v>232</v>
+        <v>127</v>
       </c>
       <c r="C611" s="0">
-        <v>0.128</v>
+        <v>0.885</v>
       </c>
       <c r="D611" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E611" s="0" t="s">
-        <v>822</v>
+        <v>793</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>397</v>
+        <v>124</v>
       </c>
       <c r="C612" s="0">
-        <v>0.83</v>
+        <v>1.078</v>
       </c>
       <c r="D612" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E612" s="0" t="s">
-        <v>823</v>
+        <v>794</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>404</v>
+        <v>795</v>
       </c>
       <c r="C613" s="0">
-        <v>0.55</v>
+        <v>50</v>
       </c>
       <c r="D613" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E613" s="0" t="s">
-        <v>824</v>
+        <v>796</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>5</v>
+        <v>285</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>245</v>
+        <v>127</v>
       </c>
       <c r="C614" s="0">
-        <v>1.13</v>
+        <v>0.86</v>
       </c>
       <c r="D614" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E614" s="0" t="s">
-        <v>825</v>
+        <v>797</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>34</v>
+        <v>243</v>
       </c>
       <c r="C615" s="0">
-        <v>1</v>
+        <v>0.312</v>
       </c>
       <c r="D615" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E615" s="0" t="s">
-        <v>826</v>
+        <v>798</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="C616" s="0">
-        <v>0.295</v>
+        <v>1</v>
       </c>
       <c r="D616" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E616" s="0" t="s">
-        <v>827</v>
+        <v>799</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>649</v>
+        <v>256</v>
       </c>
       <c r="C617" s="0">
-        <v>0.044</v>
+        <v>0.52</v>
       </c>
       <c r="D617" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E617" s="0" t="s">
-        <v>828</v>
+        <v>800</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>248</v>
+        <v>801</v>
       </c>
       <c r="C618" s="0">
-        <v>0.502</v>
+        <v>2</v>
       </c>
       <c r="D618" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E618" s="0" t="s">
-        <v>829</v>
+        <v>802</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>397</v>
+        <v>14</v>
       </c>
       <c r="C619" s="0">
-        <v>0.83</v>
+        <v>0.34</v>
       </c>
       <c r="D619" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E619" s="0" t="s">
-        <v>830</v>
+        <v>803</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>296</v>
+        <v>74</v>
       </c>
       <c r="C620" s="0">
-        <v>0.304</v>
+        <v>0.83</v>
       </c>
       <c r="D620" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E620" s="0" t="s">
-        <v>831</v>
+        <v>804</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>5</v>
+        <v>171</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>279</v>
+        <v>124</v>
       </c>
       <c r="C621" s="0">
-        <v>0.277</v>
+        <v>1.705</v>
       </c>
       <c r="D621" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E621" s="0" t="s">
-        <v>832</v>
+        <v>805</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="C622" s="0">
-        <v>0.355</v>
+        <v>5</v>
       </c>
       <c r="D622" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E622" s="0" t="s">
-        <v>833</v>
+        <v>806</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C623" s="0">
-        <v>1.96</v>
+        <v>1</v>
       </c>
       <c r="D623" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E623" s="0" t="s">
-        <v>834</v>
+        <v>807</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>296</v>
+        <v>127</v>
       </c>
       <c r="C624" s="0">
-        <v>0.302</v>
+        <v>0.74</v>
       </c>
       <c r="D624" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E624" s="0" t="s">
-        <v>835</v>
+        <v>808</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>211</v>
+        <v>809</v>
       </c>
       <c r="C625" s="0">
-        <v>0.311</v>
+        <v>0.838</v>
       </c>
       <c r="D625" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E625" s="0" t="s">
-        <v>836</v>
+        <v>810</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>837</v>
+        <v>263</v>
       </c>
       <c r="C626" s="0">
-        <v>1.278</v>
+        <v>0.128</v>
       </c>
       <c r="D626" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E626" s="0" t="s">
-        <v>838</v>
+        <v>811</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>839</v>
+        <v>241</v>
       </c>
       <c r="C627" s="0">
-        <v>4</v>
+        <v>1.4</v>
       </c>
       <c r="D627" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E627" s="0" t="s">
-        <v>840</v>
+        <v>812</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>296</v>
+        <v>84</v>
       </c>
       <c r="C628" s="0">
-        <v>0.285</v>
+        <v>4.3</v>
       </c>
       <c r="D628" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E628" s="0" t="s">
-        <v>841</v>
+        <v>813</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>159</v>
+        <v>21</v>
       </c>
       <c r="C629" s="0">
-        <v>0.97</v>
+        <v>0.46</v>
       </c>
       <c r="D629" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E629" s="0" t="s">
-        <v>842</v>
+        <v>814</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
-        <v>80</v>
+        <v>5</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>38</v>
+        <v>350</v>
       </c>
       <c r="C630" s="0">
-        <v>1.4</v>
+        <v>0.304</v>
       </c>
       <c r="D630" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E630" s="0" t="s">
-        <v>843</v>
+        <v>815</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>777</v>
+        <v>342</v>
       </c>
       <c r="C631" s="0">
-        <v>0.71</v>
+        <v>0.67</v>
       </c>
       <c r="D631" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E631" s="0" t="s">
-        <v>844</v>
+        <v>816</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>263</v>
+        <v>48</v>
       </c>
       <c r="C632" s="0">
-        <v>1.15</v>
+        <v>3.86</v>
       </c>
       <c r="D632" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E632" s="0" t="s">
-        <v>845</v>
+        <v>817</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C633" s="0">
-        <v>0.53</v>
+        <v>1.626</v>
       </c>
       <c r="D633" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E633" s="0" t="s">
-        <v>846</v>
+        <v>818</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>70</v>
+        <v>498</v>
       </c>
       <c r="C634" s="0">
-        <v>0.33</v>
+        <v>0.73</v>
       </c>
       <c r="D634" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E634" s="0" t="s">
-        <v>847</v>
+        <v>819</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>445</v>
+        <v>703</v>
       </c>
       <c r="C635" s="0">
-        <v>0.734</v>
+        <v>0.649</v>
       </c>
       <c r="D635" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E635" s="0" t="s">
-        <v>848</v>
+        <v>820</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>455</v>
+        <v>327</v>
       </c>
       <c r="C636" s="0">
-        <v>0.7</v>
+        <v>0.5</v>
       </c>
       <c r="D636" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E636" s="0" t="s">
-        <v>849</v>
+        <v>821</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>342</v>
+        <v>14</v>
       </c>
       <c r="C637" s="0">
-        <v>0.17</v>
+        <v>1</v>
       </c>
       <c r="D637" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E637" s="0" t="s">
-        <v>850</v>
+        <v>822</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>232</v>
+        <v>127</v>
       </c>
       <c r="C638" s="0">
-        <v>0.126</v>
+        <v>0.82</v>
       </c>
       <c r="D638" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E638" s="0" t="s">
-        <v>851</v>
+        <v>823</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>852</v>
+        <v>16</v>
       </c>
       <c r="C639" s="0">
-        <v>0.398</v>
+        <v>2.3</v>
       </c>
       <c r="D639" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E639" s="0" t="s">
-        <v>853</v>
+        <v>824</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>193</v>
+        <v>825</v>
       </c>
       <c r="C640" s="0">
-        <v>1.992</v>
+        <v>40</v>
       </c>
       <c r="D640" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E640" s="0" t="s">
-        <v>854</v>
+        <v>826</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B641" s="0" t="s">
-        <v>779</v>
+        <v>127</v>
       </c>
       <c r="C641" s="0">
-        <v>14</v>
+        <v>0.65</v>
       </c>
       <c r="D641" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E641" s="0" t="s">
-        <v>855</v>
+        <v>827</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B642" s="0" t="s">
-        <v>782</v>
+        <v>74</v>
       </c>
       <c r="C642" s="0">
-        <v>0.822</v>
+        <v>0.83</v>
       </c>
       <c r="D642" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E642" s="0" t="s">
-        <v>856</v>
+        <v>828</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>306</v>
+        <v>829</v>
       </c>
       <c r="C643" s="0">
-        <v>1</v>
+        <v>0.114</v>
       </c>
       <c r="D643" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E643" s="0" t="s">
-        <v>857</v>
+        <v>830</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="C644" s="0">
-        <v>0.831</v>
+        <v>0.83</v>
       </c>
       <c r="D644" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E644" s="0" t="s">
-        <v>858</v>
+        <v>831</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>30</v>
+        <v>342</v>
       </c>
       <c r="C645" s="0">
-        <v>0.51</v>
+        <v>0.48</v>
       </c>
       <c r="D645" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E645" s="0" t="s">
-        <v>859</v>
+        <v>832</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="C646" s="0">
-        <v>0.58</v>
+        <v>1.1</v>
       </c>
       <c r="D646" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E646" s="0" t="s">
-        <v>860</v>
+        <v>833</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>255</v>
+        <v>407</v>
       </c>
       <c r="C647" s="0">
-        <v>0.114</v>
+        <v>0.169</v>
       </c>
       <c r="D647" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E647" s="0" t="s">
-        <v>861</v>
+        <v>834</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>862</v>
+        <v>327</v>
       </c>
       <c r="C648" s="0">
-        <v>0.21</v>
+        <v>0.505</v>
       </c>
       <c r="D648" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E648" s="0" t="s">
-        <v>863</v>
+        <v>835</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B649" s="0" t="s">
-        <v>14</v>
+        <v>243</v>
       </c>
       <c r="C649" s="0">
-        <v>0.581</v>
+        <v>0.102</v>
       </c>
       <c r="D649" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E649" s="0" t="s">
-        <v>864</v>
+        <v>836</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B650" s="0" t="s">
-        <v>207</v>
+        <v>14</v>
       </c>
       <c r="C650" s="0">
-        <v>32.386</v>
+        <v>1.13</v>
       </c>
       <c r="D650" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E650" s="0" t="s">
-        <v>865</v>
+        <v>837</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>218</v>
+        <v>838</v>
       </c>
       <c r="C651" s="0">
-        <v>0.239</v>
+        <v>1000</v>
       </c>
       <c r="D651" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E651" s="0" t="s">
-        <v>866</v>
+        <v>839</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B652" s="0" t="s">
-        <v>38</v>
+        <v>428</v>
       </c>
       <c r="C652" s="0">
-        <v>1.19</v>
+        <v>10</v>
       </c>
       <c r="D652" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E652" s="0" t="s">
-        <v>867</v>
+        <v>840</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B653" s="0" t="s">
-        <v>211</v>
+        <v>263</v>
       </c>
       <c r="C653" s="0">
-        <v>0.316</v>
+        <v>0.018</v>
       </c>
       <c r="D653" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E653" s="0" t="s">
-        <v>868</v>
+        <v>841</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B654" s="0" t="s">
-        <v>232</v>
+        <v>105</v>
       </c>
       <c r="C654" s="0">
-        <v>0.128</v>
+        <v>4.55</v>
       </c>
       <c r="D654" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E654" s="0" t="s">
-        <v>869</v>
+        <v>842</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>17</v>
+        <v>323</v>
       </c>
       <c r="C655" s="0">
-        <v>0.254</v>
+        <v>0.278</v>
       </c>
       <c r="D655" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E655" s="0" t="s">
-        <v>870</v>
+        <v>843</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B656" s="0" t="s">
-        <v>17</v>
+        <v>245</v>
       </c>
       <c r="C656" s="0">
-        <v>0.623</v>
+        <v>0.034</v>
       </c>
       <c r="D656" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E656" s="0" t="s">
-        <v>870</v>
+        <v>844</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>6</v>
+        <v>251</v>
       </c>
       <c r="C657" s="0">
-        <v>1.19</v>
+        <v>0.236</v>
       </c>
       <c r="D657" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E657" s="0" t="s">
-        <v>871</v>
+        <v>845</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B658" s="0" t="s">
-        <v>241</v>
+        <v>327</v>
       </c>
       <c r="C658" s="0">
-        <v>0.702</v>
+        <v>0.355</v>
       </c>
       <c r="D658" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E658" s="0" t="s">
-        <v>872</v>
+        <v>846</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>207</v>
+        <v>342</v>
       </c>
       <c r="C659" s="0">
-        <v>30.344</v>
+        <v>0.339</v>
       </c>
       <c r="D659" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E659" s="0" t="s">
-        <v>873</v>
+        <v>847</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>6</v>
+        <v>84</v>
       </c>
       <c r="C660" s="0">
-        <v>1.25</v>
+        <v>2.5</v>
       </c>
       <c r="D660" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E660" s="0" t="s">
-        <v>874</v>
+        <v>848</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>875</v>
+        <v>41</v>
       </c>
       <c r="C661" s="0">
-        <v>0.357</v>
+        <v>1.83</v>
       </c>
       <c r="D661" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E661" s="0" t="s">
-        <v>876</v>
+        <v>849</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B662" s="0" t="s">
-        <v>782</v>
+        <v>327</v>
       </c>
       <c r="C662" s="0">
-        <v>0.252</v>
+        <v>0.502</v>
       </c>
       <c r="D662" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E662" s="0" t="s">
-        <v>877</v>
+        <v>850</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B663" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B663" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C663" s="0">
-        <v>0.39</v>
+        <v>3</v>
       </c>
       <c r="D663" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E663" s="0" t="s">
-        <v>878</v>
+        <v>851</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="C664" s="0">
-        <v>0.69</v>
+        <v>1.05</v>
       </c>
       <c r="D664" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E664" s="0" t="s">
-        <v>879</v>
+        <v>852</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>45</v>
+        <v>127</v>
       </c>
       <c r="C665" s="0">
-        <v>0.81</v>
+        <v>0.85</v>
       </c>
       <c r="D665" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E665" s="0" t="s">
-        <v>880</v>
+        <v>853</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>30</v>
+        <v>854</v>
       </c>
       <c r="C666" s="0">
-        <v>0.53</v>
+        <v>0.201</v>
       </c>
       <c r="D666" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E666" s="0" t="s">
-        <v>881</v>
+        <v>855</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>273</v>
+        <v>16</v>
       </c>
       <c r="C667" s="0">
-        <v>0.192</v>
+        <v>2.305</v>
       </c>
       <c r="D667" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E667" s="0" t="s">
-        <v>882</v>
+        <v>856</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>342</v>
+        <v>28</v>
       </c>
       <c r="C668" s="0">
-        <v>0.168</v>
+        <v>1.55</v>
       </c>
       <c r="D668" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E668" s="0" t="s">
-        <v>883</v>
+        <v>857</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>17</v>
+        <v>858</v>
       </c>
       <c r="C669" s="0">
-        <v>2.5</v>
+        <v>99</v>
       </c>
       <c r="D669" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E669" s="0" t="s">
-        <v>884</v>
+        <v>859</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>16</v>
+        <v>285</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>26</v>
+        <v>860</v>
       </c>
       <c r="C670" s="0">
-        <v>1.67</v>
+        <v>1</v>
       </c>
       <c r="D670" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E670" s="0" t="s">
-        <v>885</v>
+        <v>861</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>255</v>
+        <v>127</v>
       </c>
       <c r="C671" s="0">
-        <v>0.297</v>
+        <v>0.885</v>
       </c>
       <c r="D671" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E671" s="0" t="s">
-        <v>886</v>
+        <v>862</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>211</v>
+        <v>287</v>
       </c>
       <c r="C672" s="0">
-        <v>0.035</v>
+        <v>0.064</v>
       </c>
       <c r="D672" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E672" s="0" t="s">
-        <v>887</v>
+        <v>863</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>255</v>
+        <v>236</v>
       </c>
       <c r="C673" s="0">
-        <v>0.298</v>
+        <v>0.231</v>
       </c>
       <c r="D673" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E673" s="0" t="s">
-        <v>888</v>
+        <v>864</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>227</v>
+        <v>16</v>
       </c>
       <c r="C674" s="0">
-        <v>0.97</v>
+        <v>2.5</v>
       </c>
       <c r="D674" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E674" s="0" t="s">
-        <v>889</v>
+        <v>865</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>5</v>
+        <v>171</v>
       </c>
       <c r="B675" s="0" t="s">
-        <v>294</v>
+        <v>33</v>
       </c>
       <c r="C675" s="0">
-        <v>0.2</v>
+        <v>0.967</v>
       </c>
       <c r="D675" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E675" s="0" t="s">
-        <v>890</v>
+        <v>866</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>218</v>
+        <v>407</v>
       </c>
       <c r="C676" s="0">
-        <v>0.24</v>
+        <v>0.168</v>
       </c>
       <c r="D676" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E676" s="0" t="s">
-        <v>891</v>
+        <v>867</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>218</v>
+        <v>838</v>
       </c>
       <c r="C677" s="0">
-        <v>0.235</v>
+        <v>10</v>
       </c>
       <c r="D677" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E677" s="0" t="s">
-        <v>892</v>
+        <v>868</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>333</v>
+        <v>183</v>
       </c>
       <c r="C678" s="0">
-        <v>0.23</v>
+        <v>0.885</v>
       </c>
       <c r="D678" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E678" s="0" t="s">
-        <v>893</v>
+        <v>869</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>777</v>
+        <v>407</v>
       </c>
       <c r="C679" s="0">
-        <v>0.71</v>
+        <v>0.166</v>
       </c>
       <c r="D679" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E679" s="0" t="s">
-        <v>894</v>
+        <v>870</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>279</v>
+        <v>871</v>
       </c>
       <c r="C680" s="0">
-        <v>0.282</v>
+        <v>900</v>
       </c>
       <c r="D680" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E680" s="0" t="s">
-        <v>895</v>
+        <v>872</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>896</v>
+        <v>873</v>
       </c>
       <c r="C681" s="0">
-        <v>36</v>
+        <v>0.227</v>
       </c>
       <c r="D681" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E681" s="0" t="s">
-        <v>897</v>
+        <v>874</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>232</v>
+        <v>287</v>
       </c>
       <c r="C682" s="0">
-        <v>0.126</v>
+        <v>0.131</v>
       </c>
       <c r="D682" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E682" s="0" t="s">
-        <v>898</v>
+        <v>875</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>273</v>
+        <v>327</v>
       </c>
       <c r="C683" s="0">
-        <v>0.198</v>
+        <v>0.191</v>
       </c>
       <c r="D683" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E683" s="0" t="s">
-        <v>899</v>
+        <v>876</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C684" s="0">
-        <v>0.352</v>
+        <v>0.126</v>
       </c>
       <c r="D684" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E684" s="0" t="s">
-        <v>900</v>
+        <v>877</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>664</v>
+        <v>878</v>
       </c>
       <c r="C685" s="0">
-        <v>0.415</v>
+        <v>1.19</v>
       </c>
       <c r="D685" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E685" s="0" t="s">
-        <v>901</v>
+        <v>879</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>902</v>
+        <v>14</v>
       </c>
       <c r="C686" s="0">
-        <v>0.32</v>
+        <v>1.05</v>
       </c>
       <c r="D686" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E686" s="0" t="s">
-        <v>903</v>
+        <v>880</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>213</v>
+        <v>323</v>
       </c>
       <c r="C687" s="0">
-        <v>0.118</v>
+        <v>0.279</v>
       </c>
       <c r="D687" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E687" s="0" t="s">
-        <v>904</v>
+        <v>881</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>26</v>
+        <v>222</v>
       </c>
       <c r="C688" s="0">
-        <v>1.67</v>
+        <v>0.25</v>
       </c>
       <c r="D688" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E688" s="0" t="s">
-        <v>905</v>
+        <v>882</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B689" s="0" t="s">
-        <v>130</v>
+        <v>289</v>
       </c>
       <c r="C689" s="0">
-        <v>0.19</v>
+        <v>0.71</v>
       </c>
       <c r="D689" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E689" s="0" t="s">
-        <v>906</v>
+        <v>883</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>294</v>
+        <v>327</v>
       </c>
       <c r="C690" s="0">
-        <v>0.505</v>
+        <v>0.197</v>
       </c>
       <c r="D690" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E690" s="0" t="s">
-        <v>907</v>
+        <v>884</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>908</v>
+        <v>43</v>
       </c>
       <c r="C691" s="0">
-        <v>0.38</v>
+        <v>0.072</v>
       </c>
       <c r="D691" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E691" s="0" t="s">
-        <v>909</v>
+        <v>885</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>910</v>
+        <v>886</v>
       </c>
       <c r="C692" s="0">
-        <v>0.171</v>
+        <v>0.356</v>
       </c>
       <c r="D692" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E692" s="0" t="s">
-        <v>911</v>
+        <v>887</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C693" s="0">
-        <v>0.312</v>
+        <v>0.9</v>
       </c>
       <c r="D693" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E693" s="0" t="s">
-        <v>912</v>
+        <v>888</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>472</v>
+        <v>889</v>
       </c>
       <c r="C694" s="0">
-        <v>15</v>
+        <v>0.32</v>
       </c>
       <c r="D694" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E694" s="0" t="s">
-        <v>913</v>
+        <v>890</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>306</v>
+        <v>891</v>
       </c>
       <c r="C695" s="0">
-        <v>0.75</v>
+        <v>0.508</v>
       </c>
       <c r="D695" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E695" s="0" t="s">
-        <v>914</v>
+        <v>892</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B696" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B696" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C696" s="0">
-        <v>0.33</v>
+        <v>2.5</v>
       </c>
       <c r="D696" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E696" s="0" t="s">
-        <v>915</v>
+        <v>893</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>777</v>
+        <v>327</v>
       </c>
       <c r="C697" s="0">
-        <v>0.71</v>
+        <v>0.245</v>
       </c>
       <c r="D697" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E697" s="0" t="s">
-        <v>916</v>
+        <v>894</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>289</v>
+        <v>895</v>
       </c>
       <c r="C698" s="0">
-        <v>1.19</v>
+        <v>0.22</v>
       </c>
       <c r="D698" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E698" s="0" t="s">
-        <v>917</v>
+        <v>896</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="C699" s="0">
-        <v>2.5</v>
+        <v>1.5</v>
       </c>
       <c r="D699" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E699" s="0" t="s">
-        <v>918</v>
+        <v>897</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>45</v>
+        <v>127</v>
       </c>
       <c r="C700" s="0">
-        <v>0.885</v>
+        <v>0.74</v>
       </c>
       <c r="D700" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E700" s="0" t="s">
-        <v>919</v>
+        <v>898</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>10</v>
+        <v>899</v>
       </c>
       <c r="C701" s="0">
-        <v>2.78</v>
+        <v>0.505</v>
       </c>
       <c r="D701" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E701" s="0" t="s">
-        <v>920</v>
+        <v>900</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>213</v>
+        <v>901</v>
       </c>
       <c r="C702" s="0">
-        <v>0.051</v>
+        <v>0.18</v>
       </c>
       <c r="D702" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E702" s="0" t="s">
-        <v>921</v>
+        <v>902</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="C703" s="0">
-        <v>0.65</v>
+        <v>0.075</v>
       </c>
       <c r="D703" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E703" s="0" t="s">
-        <v>922</v>
+        <v>903</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>26</v>
+        <v>407</v>
       </c>
       <c r="C704" s="0">
-        <v>1.67</v>
+        <v>0.167</v>
       </c>
       <c r="D704" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E704" s="0" t="s">
-        <v>923</v>
+        <v>904</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>213</v>
+        <v>605</v>
       </c>
       <c r="C705" s="0">
-        <v>0.114</v>
+        <v>13</v>
       </c>
       <c r="D705" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E705" s="0" t="s">
-        <v>924</v>
+        <v>905</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>218</v>
+        <v>16</v>
       </c>
       <c r="C706" s="0">
-        <v>0.233</v>
+        <v>1.85</v>
       </c>
       <c r="D706" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E706" s="0" t="s">
-        <v>925</v>
+        <v>906</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B707" s="0" t="s">
-        <v>576</v>
+        <v>33</v>
       </c>
       <c r="C707" s="0">
-        <v>0.501</v>
+        <v>0.302</v>
       </c>
       <c r="D707" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E707" s="0" t="s">
-        <v>926</v>
+        <v>907</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B708" s="0" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="C708" s="0">
-        <v>0.985</v>
+        <v>1.92</v>
       </c>
       <c r="D708" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E708" s="0" t="s">
-        <v>927</v>
+        <v>908</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B709" s="0" t="s">
-        <v>201</v>
+        <v>48</v>
       </c>
       <c r="C709" s="0">
-        <v>1.738</v>
+        <v>2.094</v>
       </c>
       <c r="D709" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E709" s="0" t="s">
-        <v>928</v>
+        <v>908</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>455</v>
+        <v>124</v>
       </c>
       <c r="C710" s="0">
-        <v>0.7</v>
+        <v>2.768</v>
       </c>
       <c r="D710" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E710" s="0" t="s">
-        <v>929</v>
+        <v>909</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>33</v>
+        <v>307</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>193</v>
+        <v>631</v>
       </c>
       <c r="C711" s="0">
-        <v>4.23</v>
+        <v>14</v>
       </c>
       <c r="D711" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E711" s="0" t="s">
-        <v>930</v>
+        <v>910</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>95</v>
+        <v>911</v>
       </c>
       <c r="C712" s="0">
-        <v>0.54</v>
+        <v>0.341</v>
       </c>
       <c r="D712" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E712" s="0" t="s">
-        <v>931</v>
+        <v>912</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>267</v>
+        <v>11</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>932</v>
+        <v>185</v>
       </c>
       <c r="C713" s="0">
-        <v>8</v>
+        <v>0.216</v>
       </c>
       <c r="D713" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E713" s="0" t="s">
-        <v>933</v>
+        <v>913</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>45</v>
+        <v>241</v>
       </c>
       <c r="C714" s="0">
-        <v>0.885</v>
+        <v>1</v>
       </c>
       <c r="D714" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E714" s="0" t="s">
-        <v>934</v>
+        <v>914</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>935</v>
+        <v>16</v>
       </c>
       <c r="C715" s="0">
-        <v>24</v>
+        <v>2.5</v>
       </c>
       <c r="D715" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E715" s="0" t="s">
-        <v>936</v>
+        <v>915</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>154</v>
+        <v>48</v>
       </c>
       <c r="C716" s="0">
-        <v>1.075</v>
+        <v>3.86</v>
       </c>
       <c r="D716" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E716" s="0" t="s">
-        <v>937</v>
+        <v>916</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>693</v>
+        <v>124</v>
       </c>
       <c r="C717" s="0">
-        <v>0.201</v>
+        <v>2.768</v>
       </c>
       <c r="D717" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E717" s="0" t="s">
-        <v>938</v>
+        <v>917</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C718" s="0">
-        <v>0.72</v>
+        <v>1.521</v>
       </c>
       <c r="D718" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E718" s="0" t="s">
-        <v>939</v>
+        <v>918</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>296</v>
+        <v>919</v>
       </c>
       <c r="C719" s="0">
-        <v>0.304</v>
+        <v>2</v>
       </c>
       <c r="D719" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E719" s="0" t="s">
-        <v>940</v>
+        <v>920</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>255</v>
+        <v>921</v>
       </c>
       <c r="C720" s="0">
-        <v>0.297</v>
+        <v>1</v>
       </c>
       <c r="D720" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E720" s="0" t="s">
-        <v>941</v>
+        <v>922</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
-        <v>267</v>
+        <v>5</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>331</v>
+        <v>245</v>
       </c>
       <c r="C721" s="0">
-        <v>30</v>
+        <v>0.066</v>
       </c>
       <c r="D721" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E721" s="0" t="s">
-        <v>942</v>
+        <v>923</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B722" s="0" t="s">
-        <v>426</v>
+        <v>407</v>
       </c>
       <c r="C722" s="0">
-        <v>0.174</v>
+        <v>0.169</v>
       </c>
       <c r="D722" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E722" s="0" t="s">
-        <v>943</v>
+        <v>924</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B723" s="0" t="s">
-        <v>263</v>
+        <v>925</v>
       </c>
       <c r="C723" s="0">
-        <v>1.285</v>
+        <v>0.579</v>
       </c>
       <c r="D723" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E723" s="0" t="s">
-        <v>944</v>
+        <v>926</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B724" s="0" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C724" s="0">
-        <v>0.885</v>
+        <v>0.597</v>
       </c>
       <c r="D724" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E724" s="0" t="s">
-        <v>945</v>
+        <v>927</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
-        <v>267</v>
+        <v>11</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>946</v>
+        <v>928</v>
       </c>
       <c r="C725" s="0">
-        <v>126</v>
+        <v>0.38</v>
       </c>
       <c r="D725" s="0" t="s">
-        <v>269</v>
+        <v>7</v>
       </c>
       <c r="E725" s="0" t="s">
-        <v>947</v>
+        <v>929</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="C726" s="0">
-        <v>0.785</v>
+        <v>0.46</v>
       </c>
       <c r="D726" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E726" s="0" t="s">
-        <v>948</v>
+        <v>930</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>6</v>
+        <v>376</v>
       </c>
       <c r="C727" s="0">
-        <v>0.475</v>
+        <v>0.67</v>
       </c>
       <c r="D727" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E727" s="0" t="s">
-        <v>949</v>
+        <v>931</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>635</v>
+        <v>11</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>950</v>
+        <v>376</v>
       </c>
       <c r="C728" s="0">
-        <v>0.425</v>
+        <v>0.55</v>
       </c>
       <c r="D728" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E728" s="0" t="s">
-        <v>951</v>
+        <v>931</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>952</v>
+        <v>127</v>
       </c>
       <c r="C729" s="0">
-        <v>0.55</v>
+        <v>0.43</v>
       </c>
       <c r="D729" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E729" s="0" t="s">
-        <v>953</v>
+        <v>932</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>952</v>
+        <v>933</v>
       </c>
       <c r="C730" s="0">
-        <v>0.272</v>
+        <v>23</v>
       </c>
       <c r="D730" s="0" t="s">
-        <v>7</v>
+        <v>309</v>
       </c>
       <c r="E730" s="0" t="s">
-        <v>953</v>
+        <v>934</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
-        <v>16</v>
+        <v>382</v>
       </c>
       <c r="B731" s="0" t="s">
-        <v>17</v>
+        <v>278</v>
       </c>
       <c r="C731" s="0">
-        <v>0.351</v>
+        <v>0.615</v>
       </c>
       <c r="D731" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E731" s="0" t="s">
-        <v>954</v>
+        <v>935</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B732" s="0" t="s">
-        <v>955</v>
+        <v>161</v>
       </c>
       <c r="C732" s="0">
-        <v>0.202</v>
+        <v>0.252</v>
       </c>
       <c r="D732" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E732" s="0" t="s">
-        <v>956</v>
+        <v>936</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B733" s="0" t="s">
-        <v>664</v>
+        <v>251</v>
       </c>
       <c r="C733" s="0">
-        <v>0.502</v>
+        <v>0.237</v>
       </c>
       <c r="D733" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E733" s="0" t="s">
-        <v>957</v>
+        <v>937</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B734" s="0" t="s">
-        <v>232</v>
+        <v>878</v>
       </c>
       <c r="C734" s="0">
-        <v>0.094</v>
+        <v>1.19</v>
       </c>
       <c r="D734" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E734" s="0" t="s">
-        <v>958</v>
+        <v>938</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>17</v>
+        <v>245</v>
       </c>
       <c r="C735" s="0">
-        <v>2.335</v>
+        <v>0.041</v>
       </c>
       <c r="D735" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E735" s="0" t="s">
-        <v>959</v>
+        <v>939</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>118</v>
+        <v>413</v>
       </c>
       <c r="C736" s="0">
-        <v>0.348</v>
+        <v>1.265</v>
       </c>
       <c r="D736" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E736" s="0" t="s">
-        <v>960</v>
+        <v>940</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B737" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B737" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C737" s="0">
-        <v>0.106</v>
+        <v>3.02</v>
       </c>
       <c r="D737" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E737" s="0" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="738">
+      <c r="A738" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B738" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C738" s="0">
+        <v>0.13</v>
+      </c>
+      <c r="D738" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E738" s="0" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="739">
+      <c r="A739" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B739" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C739" s="0">
+        <v>0.299</v>
+      </c>
+      <c r="D739" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E739" s="0" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="740">
+      <c r="A740" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B740" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C740" s="0">
+        <v>0.295</v>
+      </c>
+      <c r="D740" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E740" s="0" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="741">
+      <c r="A741" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B741" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C741" s="0">
+        <v>0.352</v>
+      </c>
+      <c r="D741" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E741" s="0" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="742">
+      <c r="A742" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B742" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C742" s="0">
+        <v>0.545</v>
+      </c>
+      <c r="D742" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E742" s="0" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="743">
+      <c r="A743" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B743" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C743" s="0">
+        <v>1.2</v>
+      </c>
+      <c r="D743" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E743" s="0" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="744">
+      <c r="A744" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B744" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="C744" s="0">
+        <v>0.285</v>
+      </c>
+      <c r="D744" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E744" s="0" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="745">
+      <c r="A745" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B745" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="C745" s="0">
+        <v>0.385</v>
+      </c>
+      <c r="D745" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E745" s="0" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="746">
+      <c r="A746" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B746" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C746" s="0">
+        <v>1.9</v>
+      </c>
+      <c r="D746" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E746" s="0" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="747">
+      <c r="A747" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B747" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="C747" s="0">
+        <v>32</v>
+      </c>
+      <c r="D747" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="E747" s="0" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="748">
+      <c r="A748" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B748" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C748" s="0">
+        <v>0.465</v>
+      </c>
+      <c r="D748" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E748" s="0" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="749">
+      <c r="A749" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B749" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C749" s="0">
+        <v>0.28</v>
+      </c>
+      <c r="D749" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E749" s="0" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="750">
+      <c r="A750" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B750" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C750" s="0">
+        <v>0.466</v>
+      </c>
+      <c r="D750" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E750" s="0" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="751">
+      <c r="A751" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B751" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C751" s="0">
+        <v>2.3</v>
+      </c>
+      <c r="D751" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E751" s="0" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="752">
+      <c r="A752" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B752" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C752" s="0">
+        <v>1.51</v>
+      </c>
+      <c r="D752" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E752" s="0" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="753">
+      <c r="A753" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B753" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C753" s="0">
+        <v>0.01</v>
+      </c>
+      <c r="D753" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E753" s="0" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="754">
+      <c r="A754" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B754" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C754" s="0">
+        <v>0.5</v>
+      </c>
+      <c r="D754" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E754" s="0" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="755">
+      <c r="A755" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B755" s="0" t="s">
+        <v>960</v>
+      </c>
+      <c r="C755" s="0">
+        <v>0.15</v>
+      </c>
+      <c r="D755" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E755" s="0" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="756">
+      <c r="A756" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B756" s="0" t="s">
         <v>961</v>
+      </c>
+      <c r="C756" s="0">
+        <v>0.208</v>
+      </c>
+      <c r="D756" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E756" s="0" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="757">
+      <c r="A757" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B757" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C757" s="0">
+        <v>0.65</v>
+      </c>
+      <c r="D757" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E757" s="0" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="758">
+      <c r="A758" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B758" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C758" s="0">
+        <v>0.127</v>
+      </c>
+      <c r="D758" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E758" s="0" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="759">
+      <c r="A759" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B759" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C759" s="0">
+        <v>1.1</v>
+      </c>
+      <c r="D759" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E759" s="0" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="760">
+      <c r="A760" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B760" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C760" s="0">
+        <v>1.712</v>
+      </c>
+      <c r="D760" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E760" s="0" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="761">
+      <c r="A761" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B761" s="0" t="s">
+        <v>966</v>
+      </c>
+      <c r="C761" s="0">
+        <v>0.54</v>
+      </c>
+      <c r="D761" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="E761" s="0" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="762">
+      <c r="A762" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B762" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C762" s="0">
+        <v>0.855</v>
+      </c>
+      <c r="D762" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E762" s="0" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="763">
+      <c r="A763" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B763" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C763" s="0">
+        <v>0.277</v>
+      </c>
+      <c r="D763" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E763" s="0" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="764">
+      <c r="A764" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B764" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C764" s="0">
+        <v>3.2</v>
+      </c>
+      <c r="D764" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E764" s="0" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="765">
+      <c r="A765" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B765" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C765" s="0">
+        <v>0.388</v>
+      </c>
+      <c r="D765" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E765" s="0" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="766">
+      <c r="A766" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B766" s="0" t="s">
+        <v>972</v>
+      </c>
+      <c r="C766" s="0">
+        <v>0.07</v>
+      </c>
+      <c r="D766" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E766" s="0" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="767">
+      <c r="A767" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B767" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C767" s="0">
+        <v>1.13</v>
+      </c>
+      <c r="D767" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E767" s="0" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="768">
+      <c r="A768" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B768" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C768" s="0">
+        <v>0.5</v>
+      </c>
+      <c r="D768" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E768" s="0" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="769">
+      <c r="A769" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B769" s="0" t="s">
+        <v>976</v>
+      </c>
+      <c r="C769" s="0">
+        <v>17</v>
+      </c>
+      <c r="D769" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="E769" s="0" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="770">
+      <c r="A770" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B770" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C770" s="0">
+        <v>5.3</v>
+      </c>
+      <c r="D770" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E770" s="0" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="771">
+      <c r="A771" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B771" s="0" t="s">
+        <v>979</v>
+      </c>
+      <c r="C771" s="0">
+        <v>1.173</v>
+      </c>
+      <c r="D771" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E771" s="0" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="772">
+      <c r="A772" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B772" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C772" s="0">
+        <v>1</v>
+      </c>
+      <c r="D772" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E772" s="0" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="773">
+      <c r="A773" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B773" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C773" s="0">
+        <v>19.204</v>
+      </c>
+      <c r="D773" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E773" s="0" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="774">
+      <c r="A774" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B774" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C774" s="0">
+        <v>0.13</v>
+      </c>
+      <c r="D774" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E774" s="0" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="775">
+      <c r="A775" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B775" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C775" s="0">
+        <v>1.67</v>
+      </c>
+      <c r="D775" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E775" s="0" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="776">
+      <c r="A776" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B776" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C776" s="0">
+        <v>1.5</v>
+      </c>
+      <c r="D776" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E776" s="0" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="777">
+      <c r="A777" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B777" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C777" s="0">
+        <v>1.04</v>
+      </c>
+      <c r="D777" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E777" s="0" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="778">
+      <c r="A778" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B778" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C778" s="0">
+        <v>0.716</v>
+      </c>
+      <c r="D778" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E778" s="0" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="779">
+      <c r="A779" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B779" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="C779" s="0">
+        <v>0.17</v>
+      </c>
+      <c r="D779" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E779" s="0" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="780">
+      <c r="A780" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B780" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C780" s="0">
+        <v>1.5</v>
+      </c>
+      <c r="D780" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E780" s="0" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="781">
+      <c r="A781" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B781" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C781" s="0">
+        <v>0.59</v>
+      </c>
+      <c r="D781" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E781" s="0" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="782">
+      <c r="A782" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B782" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C782" s="0">
+        <v>5</v>
+      </c>
+      <c r="D782" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E782" s="0" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="783">
+      <c r="A783" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B783" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C783" s="0">
+        <v>0.86</v>
+      </c>
+      <c r="D783" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E783" s="0" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="784">
+      <c r="A784" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B784" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C784" s="0">
+        <v>0.073</v>
+      </c>
+      <c r="D784" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E784" s="0" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="785">
+      <c r="A785" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B785" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="C785" s="0">
+        <v>0.168</v>
+      </c>
+      <c r="D785" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E785" s="0" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="786">
+      <c r="A786" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B786" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C786" s="0">
+        <v>1.982</v>
+      </c>
+      <c r="D786" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E786" s="0" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="787">
+      <c r="A787" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B787" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C787" s="0">
+        <v>26.838</v>
+      </c>
+      <c r="D787" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E787" s="0" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="788">
+      <c r="A788" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B788" s="0" t="s">
+        <v>997</v>
+      </c>
+      <c r="C788" s="0">
+        <v>0.15</v>
+      </c>
+      <c r="D788" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E788" s="0" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="789">
+      <c r="A789" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B789" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C789" s="0">
+        <v>2.768</v>
+      </c>
+      <c r="D789" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E789" s="0" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="790">
+      <c r="A790" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B790" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C790" s="0">
+        <v>1.3</v>
+      </c>
+      <c r="D790" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E790" s="0" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="791">
+      <c r="A791" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B791" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C791" s="0">
+        <v>0.075</v>
+      </c>
+      <c r="D791" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E791" s="0" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="792">
+      <c r="A792" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B792" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C792" s="0">
+        <v>0.88</v>
+      </c>
+      <c r="D792" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E792" s="0" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="793">
+      <c r="A793" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B793" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C793" s="0">
+        <v>0.128</v>
+      </c>
+      <c r="D793" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E793" s="0" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="794">
+      <c r="A794" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B794" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C794" s="0">
+        <v>0.68</v>
+      </c>
+      <c r="D794" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E794" s="0" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="795">
+      <c r="A795" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B795" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C795" s="0">
+        <v>0.83</v>
+      </c>
+      <c r="D795" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E795" s="0" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="796">
+      <c r="A796" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B796" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="C796" s="0">
+        <v>0.235</v>
+      </c>
+      <c r="D796" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E796" s="0" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="797">
+      <c r="A797" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B797" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C797" s="0">
+        <v>1</v>
+      </c>
+      <c r="D797" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E797" s="0" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="798">
+      <c r="A798" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B798" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C798" s="0">
+        <v>3.04</v>
+      </c>
+      <c r="D798" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E798" s="0" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="799">
+      <c r="A799" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B799" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C799" s="0">
+        <v>1.55</v>
+      </c>
+      <c r="D799" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E799" s="0" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="800">
+      <c r="A800" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B800" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C800" s="0">
+        <v>0.55</v>
+      </c>
+      <c r="D800" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E800" s="0" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="801">
+      <c r="A801" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B801" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C801" s="0">
+        <v>1</v>
+      </c>
+      <c r="D801" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E801" s="0" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="802">
+      <c r="A802" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B802" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C802" s="0">
+        <v>0.295</v>
+      </c>
+      <c r="D802" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E802" s="0" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="803">
+      <c r="A803" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B803" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C803" s="0">
+        <v>0.502</v>
+      </c>
+      <c r="D803" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E803" s="0" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="804">
+      <c r="A804" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B804" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="C804" s="0">
+        <v>0.452</v>
+      </c>
+      <c r="D804" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E804" s="0" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="805">
+      <c r="A805" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B805" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C805" s="0">
+        <v>0.73</v>
+      </c>
+      <c r="D805" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E805" s="0" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="806">
+      <c r="A806" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B806" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C806" s="0">
+        <v>1.06</v>
+      </c>
+      <c r="D806" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E806" s="0" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="807">
+      <c r="A807" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B807" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="C807" s="0">
+        <v>0.502</v>
+      </c>
+      <c r="D807" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E807" s="0" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="808">
+      <c r="A808" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B808" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C808" s="0">
+        <v>0.76</v>
+      </c>
+      <c r="D808" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E808" s="0" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="809">
+      <c r="A809" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B809" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C809" s="0">
+        <v>0.83</v>
+      </c>
+      <c r="D809" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E809" s="0" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="810">
+      <c r="A810" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B810" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="C810" s="0">
+        <v>0.304</v>
+      </c>
+      <c r="D810" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E810" s="0" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="811">
+      <c r="A811" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B811" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C811" s="0">
+        <v>0.277</v>
+      </c>
+      <c r="D811" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E811" s="0" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="812">
+      <c r="A812" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B812" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C812" s="0">
+        <v>0.355</v>
+      </c>
+      <c r="D812" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E812" s="0" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="813">
+      <c r="A813" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B813" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C813" s="0">
+        <v>1.96</v>
+      </c>
+      <c r="D813" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E813" s="0" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="814">
+      <c r="A814" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B814" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="C814" s="0">
+        <v>0.302</v>
+      </c>
+      <c r="D814" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E814" s="0" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="815">
+      <c r="A815" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B815" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="C815" s="0">
+        <v>0.311</v>
+      </c>
+      <c r="D815" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E815" s="0" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="816">
+      <c r="A816" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B816" s="0" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C816" s="0">
+        <v>1.278</v>
+      </c>
+      <c r="D816" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E816" s="0" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="817">
+      <c r="A817" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B817" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C817" s="0">
+        <v>0.2</v>
+      </c>
+      <c r="D817" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E817" s="0" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="818">
+      <c r="A818" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B818" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C818" s="0">
+        <v>1.55</v>
+      </c>
+      <c r="D818" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E818" s="0" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="819">
+      <c r="A819" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B819" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C819" s="0">
+        <v>4</v>
+      </c>
+      <c r="D819" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="E819" s="0" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="820">
+      <c r="A820" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B820" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="C820" s="0">
+        <v>0.75</v>
+      </c>
+      <c r="D820" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E820" s="0" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="821">
+      <c r="A821" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B821" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C821" s="0">
+        <v>0.8</v>
+      </c>
+      <c r="D821" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E821" s="0" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B822" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="C822" s="0">
+        <v>0.285</v>
+      </c>
+      <c r="D822" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E822" s="0" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B823" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="C823" s="0">
+        <v>0.502</v>
+      </c>
+      <c r="D823" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E823" s="0" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B824" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C824" s="0">
+        <v>0.71</v>
+      </c>
+      <c r="D824" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E824" s="0" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B825" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C825" s="0">
+        <v>0.71</v>
+      </c>
+      <c r="D825" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E825" s="0" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="826">
+      <c r="A826" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B826" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C826" s="0">
+        <v>1.15</v>
+      </c>
+      <c r="D826" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E826" s="0" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="827">
+      <c r="A827" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B827" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C827" s="0">
+        <v>1.03</v>
+      </c>
+      <c r="D827" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E827" s="0" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="828">
+      <c r="A828" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B828" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C828" s="0">
+        <v>0.33</v>
+      </c>
+      <c r="D828" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E828" s="0" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="829">
+      <c r="A829" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B829" s="0" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C829" s="0">
+        <v>0.734</v>
+      </c>
+      <c r="D829" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E829" s="0" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="830">
+      <c r="A830" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B830" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="C830" s="0">
+        <v>0.17</v>
+      </c>
+      <c r="D830" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E830" s="0" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="831">
+      <c r="A831" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B831" s="0" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C831" s="0">
+        <v>0.398</v>
+      </c>
+      <c r="D831" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E831" s="0" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="832">
+      <c r="A832" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B832" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C832" s="0">
+        <v>1.05</v>
+      </c>
+      <c r="D832" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E832" s="0" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="833">
+      <c r="A833" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B833" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C833" s="0">
+        <v>4.318</v>
+      </c>
+      <c r="D833" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E833" s="0" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="834">
+      <c r="A834" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B834" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C834" s="0">
+        <v>3.15</v>
+      </c>
+      <c r="D834" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E834" s="0" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="835">
+      <c r="A835" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B835" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C835" s="0">
+        <v>0.85</v>
+      </c>
+      <c r="D835" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E835" s="0" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="836">
+      <c r="A836" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B836" s="0" t="s">
+        <v>961</v>
+      </c>
+      <c r="C836" s="0">
+        <v>0.822</v>
+      </c>
+      <c r="D836" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E836" s="0" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="837">
+      <c r="A837" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B837" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C837" s="0">
+        <v>1</v>
+      </c>
+      <c r="D837" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E837" s="0" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="838">
+      <c r="A838" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B838" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C838" s="0">
+        <v>1.875</v>
+      </c>
+      <c r="D838" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E838" s="0" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="839">
+      <c r="A839" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B839" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C839" s="0">
+        <v>0.503</v>
+      </c>
+      <c r="D839" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E839" s="0" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="840">
+      <c r="A840" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B840" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="C840" s="0">
+        <v>1</v>
+      </c>
+      <c r="D840" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E840" s="0" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="841">
+      <c r="A841" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B841" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C841" s="0">
+        <v>0.831</v>
+      </c>
+      <c r="D841" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E841" s="0" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="842">
+      <c r="A842" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B842" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C842" s="0">
+        <v>0.51</v>
+      </c>
+      <c r="D842" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E842" s="0" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="843">
+      <c r="A843" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B843" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C843" s="0">
+        <v>2.585</v>
+      </c>
+      <c r="D843" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E843" s="0" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="844">
+      <c r="A844" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B844" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C844" s="0">
+        <v>0.58</v>
+      </c>
+      <c r="D844" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E844" s="0" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="845">
+      <c r="A845" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B845" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C845" s="0">
+        <v>0.114</v>
+      </c>
+      <c r="D845" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E845" s="0" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="846">
+      <c r="A846" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B846" s="0" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C846" s="0">
+        <v>0.21</v>
+      </c>
+      <c r="D846" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E846" s="0" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="847">
+      <c r="A847" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B847" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C847" s="0">
+        <v>0.5</v>
+      </c>
+      <c r="D847" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E847" s="0" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="848">
+      <c r="A848" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B848" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C848" s="0">
+        <v>0.462</v>
+      </c>
+      <c r="D848" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E848" s="0" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="849">
+      <c r="A849" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B849" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C849" s="0">
+        <v>32.386</v>
+      </c>
+      <c r="D849" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E849" s="0" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="850">
+      <c r="A850" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B850" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C850" s="0">
+        <v>0.239</v>
+      </c>
+      <c r="D850" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E850" s="0" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="851">
+      <c r="A851" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B851" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="C851" s="0">
+        <v>0.316</v>
+      </c>
+      <c r="D851" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E851" s="0" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="852">
+      <c r="A852" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B852" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="C852" s="0">
+        <v>0.452</v>
+      </c>
+      <c r="D852" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E852" s="0" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="853">
+      <c r="A853" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B853" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C853" s="0">
+        <v>0.87</v>
+      </c>
+      <c r="D853" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E853" s="0" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="854">
+      <c r="A854" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B854" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C854" s="0">
+        <v>0.56</v>
+      </c>
+      <c r="D854" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E854" s="0" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="855">
+      <c r="A855" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B855" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C855" s="0">
+        <v>4</v>
+      </c>
+      <c r="D855" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E855" s="0" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="856">
+      <c r="A856" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B856" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C856" s="0">
+        <v>0.128</v>
+      </c>
+      <c r="D856" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E856" s="0" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="857">
+      <c r="A857" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B857" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C857" s="0">
+        <v>0.254</v>
+      </c>
+      <c r="D857" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E857" s="0" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="858">
+      <c r="A858" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B858" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C858" s="0">
+        <v>0.623</v>
+      </c>
+      <c r="D858" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E858" s="0" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="859">
+      <c r="A859" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B859" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C859" s="0">
+        <v>0.503</v>
+      </c>
+      <c r="D859" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E859" s="0" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="860">
+      <c r="A860" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B860" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C860" s="0">
+        <v>30.344</v>
+      </c>
+      <c r="D860" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E860" s="0" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="861">
+      <c r="A861" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B861" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C861" s="0">
+        <v>0.835</v>
+      </c>
+      <c r="D861" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E861" s="0" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="862">
+      <c r="A862" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B862" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C862" s="0">
+        <v>3.194</v>
+      </c>
+      <c r="D862" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E862" s="0" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="863">
+      <c r="A863" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B863" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C863" s="0">
+        <v>0.52</v>
+      </c>
+      <c r="D863" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E863" s="0" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="864">
+      <c r="A864" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B864" s="0" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C864" s="0">
+        <v>0.357</v>
+      </c>
+      <c r="D864" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E864" s="0" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="865">
+      <c r="A865" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B865" s="0" t="s">
+        <v>961</v>
+      </c>
+      <c r="C865" s="0">
+        <v>0.252</v>
+      </c>
+      <c r="D865" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E865" s="0" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="866">
+      <c r="A866" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B866" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C866" s="0">
+        <v>0.39</v>
+      </c>
+      <c r="D866" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E866" s="0" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="867">
+      <c r="A867" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B867" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C867" s="0">
+        <v>0.698</v>
+      </c>
+      <c r="D867" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E867" s="0" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="868">
+      <c r="A868" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B868" s="0" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C868" s="0">
+        <v>0.3</v>
+      </c>
+      <c r="D868" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E868" s="0" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="869">
+      <c r="A869" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B869" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="C869" s="0">
+        <v>0.192</v>
+      </c>
+      <c r="D869" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E869" s="0" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="870">
+      <c r="A870" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B870" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="C870" s="0">
+        <v>0.168</v>
+      </c>
+      <c r="D870" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E870" s="0" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="871">
+      <c r="A871" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B871" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C871" s="0">
+        <v>2.5</v>
+      </c>
+      <c r="D871" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E871" s="0" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="872">
+      <c r="A872" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B872" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C872" s="0">
+        <v>1.67</v>
+      </c>
+      <c r="D872" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E872" s="0" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="873">
+      <c r="A873" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B873" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C873" s="0">
+        <v>0.297</v>
+      </c>
+      <c r="D873" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E873" s="0" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="874">
+      <c r="A874" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B874" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="C874" s="0">
+        <v>0.035</v>
+      </c>
+      <c r="D874" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E874" s="0" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="875">
+      <c r="A875" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B875" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C875" s="0">
+        <v>0.61</v>
+      </c>
+      <c r="D875" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E875" s="0" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="876">
+      <c r="A876" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B876" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C876" s="0">
+        <v>1.02</v>
+      </c>
+      <c r="D876" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E876" s="0" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="877">
+      <c r="A877" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B877" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C877" s="0">
+        <v>0.298</v>
+      </c>
+      <c r="D877" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E877" s="0" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="878">
+      <c r="A878" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B878" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C878" s="0">
+        <v>0.88</v>
+      </c>
+      <c r="D878" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E878" s="0" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="879">
+      <c r="A879" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B879" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C879" s="0">
+        <v>1.87</v>
+      </c>
+      <c r="D879" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E879" s="0" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B880" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C880" s="0">
+        <v>0.2</v>
+      </c>
+      <c r="D880" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E880" s="0" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B881" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C881" s="0">
+        <v>0.235</v>
+      </c>
+      <c r="D881" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E881" s="0" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="882">
+      <c r="A882" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B882" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C882" s="0">
+        <v>0.23</v>
+      </c>
+      <c r="D882" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E882" s="0" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="883">
+      <c r="A883" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B883" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C883" s="0">
+        <v>3.86</v>
+      </c>
+      <c r="D883" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E883" s="0" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="884">
+      <c r="A884" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B884" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C884" s="0">
+        <v>0.83</v>
+      </c>
+      <c r="D884" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E884" s="0" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="885">
+      <c r="A885" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B885" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C885" s="0">
+        <v>0.282</v>
+      </c>
+      <c r="D885" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E885" s="0" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="886">
+      <c r="A886" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B886" s="0" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C886" s="0">
+        <v>36</v>
+      </c>
+      <c r="D886" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="E886" s="0" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="887">
+      <c r="A887" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B887" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C887" s="0">
+        <v>0.8</v>
+      </c>
+      <c r="D887" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E887" s="0" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="888">
+      <c r="A888" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B888" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C888" s="0">
+        <v>0.75</v>
+      </c>
+      <c r="D888" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E888" s="0" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="889">
+      <c r="A889" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B889" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C889" s="0">
+        <v>0.126</v>
+      </c>
+      <c r="D889" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E889" s="0" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="890">
+      <c r="A890" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B890" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C890" s="0">
+        <v>1.11</v>
+      </c>
+      <c r="D890" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E890" s="0" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B891" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C891" s="0">
+        <v>3.86</v>
+      </c>
+      <c r="D891" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E891" s="0" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B892" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="C892" s="0">
+        <v>0.198</v>
+      </c>
+      <c r="D892" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E892" s="0" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="893">
+      <c r="A893" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B893" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C893" s="0">
+        <v>0.885</v>
+      </c>
+      <c r="D893" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E893" s="0" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="894">
+      <c r="A894" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B894" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C894" s="0">
+        <v>0.9</v>
+      </c>
+      <c r="D894" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E894" s="0" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="895">
+      <c r="A895" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B895" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="C895" s="0">
+        <v>0.503</v>
+      </c>
+      <c r="D895" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E895" s="0" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="896">
+      <c r="A896" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B896" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C896" s="0">
+        <v>4</v>
+      </c>
+      <c r="D896" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E896" s="0" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="897">
+      <c r="A897" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B897" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C897" s="0">
+        <v>0.118</v>
+      </c>
+      <c r="D897" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E897" s="0" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="898">
+      <c r="A898" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B898" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C898" s="0">
+        <v>0.64</v>
+      </c>
+      <c r="D898" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E898" s="0" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="899">
+      <c r="A899" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B899" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C899" s="0">
+        <v>1.67</v>
+      </c>
+      <c r="D899" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E899" s="0" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="900">
+      <c r="A900" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B900" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C900" s="0">
+        <v>0.8</v>
+      </c>
+      <c r="D900" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E900" s="0" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="901">
+      <c r="A901" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B901" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C901" s="0">
+        <v>1.52</v>
+      </c>
+      <c r="D901" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E901" s="0" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="902">
+      <c r="A902" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B902" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C902" s="0">
+        <v>1.3</v>
+      </c>
+      <c r="D902" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E902" s="0" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="903">
+      <c r="A903" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B903" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C903" s="0">
+        <v>0.885</v>
+      </c>
+      <c r="D903" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E903" s="0" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="904">
+      <c r="A904" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B904" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C904" s="0">
+        <v>0.19</v>
+      </c>
+      <c r="D904" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E904" s="0" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="905">
+      <c r="A905" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B905" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C905" s="0">
+        <v>1.875</v>
+      </c>
+      <c r="D905" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E905" s="0" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="906">
+      <c r="A906" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B906" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="C906" s="0">
+        <v>0.503</v>
+      </c>
+      <c r="D906" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E906" s="0" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="907">
+      <c r="A907" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B907" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C907" s="0">
+        <v>5.3</v>
+      </c>
+      <c r="D907" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E907" s="0" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="908">
+      <c r="A908" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B908" s="0" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C908" s="0">
+        <v>0.38</v>
+      </c>
+      <c r="D908" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E908" s="0" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="909">
+      <c r="A909" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B909" s="0" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C909" s="0">
+        <v>0.171</v>
+      </c>
+      <c r="D909" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E909" s="0" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="910">
+      <c r="A910" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B910" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C910" s="0">
+        <v>0.74</v>
+      </c>
+      <c r="D910" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E910" s="0" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="911">
+      <c r="A911" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B911" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="C911" s="0">
+        <v>0.312</v>
+      </c>
+      <c r="D911" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E911" s="0" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="912">
+      <c r="A912" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B912" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C912" s="0">
+        <v>0.8</v>
+      </c>
+      <c r="D912" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E912" s="0" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="913">
+      <c r="A913" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B913" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C913" s="0">
+        <v>2.105</v>
+      </c>
+      <c r="D913" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E913" s="0" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="914">
+      <c r="A914" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B914" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="C914" s="0">
+        <v>0.237</v>
+      </c>
+      <c r="D914" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E914" s="0" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="915">
+      <c r="A915" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B915" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="C915" s="0">
+        <v>15</v>
+      </c>
+      <c r="D915" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="E915" s="0" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="916">
+      <c r="A916" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B916" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="C916" s="0">
+        <v>0.75</v>
+      </c>
+      <c r="D916" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E916" s="0" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="917">
+      <c r="A917" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B917" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="C917" s="0">
+        <v>1.19</v>
+      </c>
+      <c r="D917" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E917" s="0" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="918">
+      <c r="A918" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B918" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C918" s="0">
+        <v>0.8</v>
+      </c>
+      <c r="D918" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E918" s="0" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="919">
+      <c r="A919" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B919" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C919" s="0">
+        <v>0.885</v>
+      </c>
+      <c r="D919" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E919" s="0" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="920">
+      <c r="A920" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B920" s="0" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C920" s="0">
+        <v>0.969</v>
+      </c>
+      <c r="D920" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E920" s="0" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="921">
+      <c r="A921" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B921" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C921" s="0">
+        <v>0.54</v>
+      </c>
+      <c r="D921" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E921" s="0" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="922">
+      <c r="A922" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B922" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="C922" s="0">
+        <v>2.78</v>
+      </c>
+      <c r="D922" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E922" s="0" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="923">
+      <c r="A923" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B923" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C923" s="0">
+        <v>1.135</v>
+      </c>
+      <c r="D923" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E923" s="0" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B924" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C924" s="0">
+        <v>0.051</v>
+      </c>
+      <c r="D924" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E924" s="0" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B925" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C925" s="0">
+        <v>0.65</v>
+      </c>
+      <c r="D925" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E925" s="0" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B926" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C926" s="0">
+        <v>1.67</v>
+      </c>
+      <c r="D926" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E926" s="0" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B927" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C927" s="0">
+        <v>0.114</v>
+      </c>
+      <c r="D927" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E927" s="0" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="928">
+      <c r="A928" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B928" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C928" s="0">
+        <v>1</v>
+      </c>
+      <c r="D928" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E928" s="0" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="929">
+      <c r="A929" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B929" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C929" s="0">
+        <v>0.233</v>
+      </c>
+      <c r="D929" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E929" s="0" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="930">
+      <c r="A930" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B930" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="C930" s="0">
+        <v>2.738</v>
+      </c>
+      <c r="D930" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E930" s="0" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="931">
+      <c r="A931" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B931" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C931" s="0">
+        <v>0.502</v>
+      </c>
+      <c r="D931" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E931" s="0" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="932">
+      <c r="A932" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B932" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C932" s="0">
+        <v>4.23</v>
+      </c>
+      <c r="D932" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E932" s="0" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="933">
+      <c r="A933" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B933" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C933" s="0">
+        <v>5</v>
+      </c>
+      <c r="D933" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E933" s="0" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="934">
+      <c r="A934" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B934" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C934" s="0">
+        <v>0.54</v>
+      </c>
+      <c r="D934" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E934" s="0" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="935">
+      <c r="A935" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B935" s="0" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C935" s="0">
+        <v>8</v>
+      </c>
+      <c r="D935" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="E935" s="0" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="936">
+      <c r="A936" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B936" s="0" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C936" s="0">
+        <v>24</v>
+      </c>
+      <c r="D936" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="E936" s="0" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="937">
+      <c r="A937" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B937" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C937" s="0">
+        <v>0.5</v>
+      </c>
+      <c r="D937" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E937" s="0" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="938">
+      <c r="A938" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B938" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C938" s="0">
+        <v>1.08</v>
+      </c>
+      <c r="D938" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E938" s="0" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="939">
+      <c r="A939" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B939" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C939" s="0">
+        <v>0.885</v>
+      </c>
+      <c r="D939" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E939" s="0" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="940">
+      <c r="A940" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B940" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C940" s="0">
+        <v>2.55</v>
+      </c>
+      <c r="D940" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E940" s="0" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="941">
+      <c r="A941" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B941" s="0" t="s">
+        <v>854</v>
+      </c>
+      <c r="C941" s="0">
+        <v>0.201</v>
+      </c>
+      <c r="D941" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E941" s="0" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="942">
+      <c r="A942" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B942" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C942" s="0">
+        <v>2.768</v>
+      </c>
+      <c r="D942" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E942" s="0" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="943">
+      <c r="A943" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B943" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C943" s="0">
+        <v>0.67</v>
+      </c>
+      <c r="D943" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E943" s="0" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="944">
+      <c r="A944" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B944" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C944" s="0">
+        <v>0.26</v>
+      </c>
+      <c r="D944" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E944" s="0" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="945">
+      <c r="A945" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B945" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C945" s="0">
+        <v>0.701</v>
+      </c>
+      <c r="D945" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E945" s="0" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="946">
+      <c r="A946" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B946" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C946" s="0">
+        <v>1.3</v>
+      </c>
+      <c r="D946" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E946" s="0" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="947">
+      <c r="A947" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B947" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C947" s="0">
+        <v>1.1</v>
+      </c>
+      <c r="D947" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E947" s="0" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="948">
+      <c r="A948" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B948" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C948" s="0">
+        <v>0.72</v>
+      </c>
+      <c r="D948" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E948" s="0" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="949">
+      <c r="A949" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B949" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="C949" s="0">
+        <v>0.304</v>
+      </c>
+      <c r="D949" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E949" s="0" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="950">
+      <c r="A950" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B950" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C950" s="0">
+        <v>0.297</v>
+      </c>
+      <c r="D950" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E950" s="0" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="951">
+      <c r="A951" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B951" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C951" s="0">
+        <v>30</v>
+      </c>
+      <c r="D951" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="E951" s="0" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="952">
+      <c r="A952" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B952" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C952" s="0">
+        <v>0.174</v>
+      </c>
+      <c r="D952" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E952" s="0" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="953">
+      <c r="A953" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B953" s="0" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C953" s="0">
+        <v>0.31</v>
+      </c>
+      <c r="D953" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E953" s="0" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="954">
+      <c r="A954" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B954" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C954" s="0">
+        <v>0.635</v>
+      </c>
+      <c r="D954" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E954" s="0" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="955">
+      <c r="A955" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B955" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C955" s="0">
+        <v>1.2</v>
+      </c>
+      <c r="D955" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E955" s="0" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="956">
+      <c r="A956" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B956" s="0" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C956" s="0">
+        <v>126</v>
+      </c>
+      <c r="D956" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="E956" s="0" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="957">
+      <c r="A957" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B957" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C957" s="0">
+        <v>1.2</v>
+      </c>
+      <c r="D957" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E957" s="0" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="958">
+      <c r="A958" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B958" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C958" s="0">
+        <v>2.8</v>
+      </c>
+      <c r="D958" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E958" s="0" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="959">
+      <c r="A959" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B959" s="0" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C959" s="0">
+        <v>0.505</v>
+      </c>
+      <c r="D959" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E959" s="0" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="960">
+      <c r="A960" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B960" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C960" s="0">
+        <v>0.56</v>
+      </c>
+      <c r="D960" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E960" s="0" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="961">
+      <c r="A961" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B961" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C961" s="0">
+        <v>0.501</v>
+      </c>
+      <c r="D961" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E961" s="0" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="962">
+      <c r="A962" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B962" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C962" s="0">
+        <v>2.51</v>
+      </c>
+      <c r="D962" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E962" s="0" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="963">
+      <c r="A963" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="B963" s="0" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C963" s="0">
+        <v>0.325</v>
+      </c>
+      <c r="D963" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E963" s="0" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="964">
+      <c r="A964" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B964" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C964" s="0">
+        <v>0.82</v>
+      </c>
+      <c r="D964" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E964" s="0" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="965">
+      <c r="A965" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B965" s="0" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C965" s="0">
+        <v>0.55</v>
+      </c>
+      <c r="D965" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E965" s="0" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="966">
+      <c r="A966" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B966" s="0" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C966" s="0">
+        <v>0.272</v>
+      </c>
+      <c r="D966" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E966" s="0" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="967">
+      <c r="A967" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B967" s="0" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C967" s="0">
+        <v>0.202</v>
+      </c>
+      <c r="D967" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E967" s="0" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="968">
+      <c r="A968" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B968" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C968" s="0">
+        <v>0.945</v>
+      </c>
+      <c r="D968" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E968" s="0" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="969">
+      <c r="A969" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B969" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C969" s="0">
+        <v>0.502</v>
+      </c>
+      <c r="D969" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E969" s="0" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="970">
+      <c r="A970" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B970" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C970" s="0">
+        <v>0.094</v>
+      </c>
+      <c r="D970" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E970" s="0" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="971">
+      <c r="A971" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B971" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C971" s="0">
+        <v>2.335</v>
+      </c>
+      <c r="D971" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E971" s="0" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="972">
+      <c r="A972" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B972" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C972" s="0">
+        <v>0.88</v>
+      </c>
+      <c r="D972" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E972" s="0" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="973">
+      <c r="A973" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B973" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="C973" s="0">
+        <v>0.208</v>
+      </c>
+      <c r="D973" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E973" s="0" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="974">
+      <c r="A974" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B974" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C974" s="0">
+        <v>1</v>
+      </c>
+      <c r="D974" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E974" s="0" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="975">
+      <c r="A975" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B975" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C975" s="0">
+        <v>2.768</v>
+      </c>
+      <c r="D975" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E975" s="0" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="976">
+      <c r="A976" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B976" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C976" s="0">
+        <v>0.452</v>
+      </c>
+      <c r="D976" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E976" s="0" t="s">
+        <v>1199</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>