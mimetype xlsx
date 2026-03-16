--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -4,3699 +4,3366 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Данные" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1200" uniqueCount="1200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1089" uniqueCount="1089">
   <si>
     <t>Склад</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Доступно</t>
   </si>
   <si>
     <t>ЕИ</t>
   </si>
   <si>
     <t>№ барабана</t>
   </si>
   <si>
     <t>Кирс завод</t>
   </si>
   <si>
     <t>СИП-3 1*150-20</t>
   </si>
   <si>
     <t>КМ</t>
   </si>
   <si>
     <t>22503666</t>
   </si>
   <si>
     <t>СИП-2 3*95+1*95+1*16-0.6/1</t>
   </si>
   <si>
     <t>22503739</t>
   </si>
   <si>
     <t>Иркутск</t>
   </si>
   <si>
+    <t>СИП-4 4*16-0.6/1</t>
+  </si>
+  <si>
+    <t>12P06770</t>
+  </si>
+  <si>
+    <t>12P02828</t>
+  </si>
+  <si>
+    <t>АС 70/11</t>
+  </si>
+  <si>
+    <t>Т</t>
+  </si>
+  <si>
+    <t>11P01081</t>
+  </si>
+  <si>
+    <t>СИП-3 1*50-20</t>
+  </si>
+  <si>
+    <t>12P03469</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>22601449</t>
+  </si>
+  <si>
+    <t>ВВГЭнг(А)-LS 3*1,5ок(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22515647</t>
+  </si>
+  <si>
+    <t>ВВГЭнг(А)-LS 4*10ок(PE)-1</t>
+  </si>
+  <si>
+    <t>32600108</t>
+  </si>
+  <si>
+    <t>22507221</t>
+  </si>
+  <si>
+    <t>ККЗ ИК ПвЭПнг(А)-HF-ХЛ 4*2*0,78</t>
+  </si>
+  <si>
+    <t>32504566/1-1</t>
+  </si>
+  <si>
+    <t>32504566</t>
+  </si>
+  <si>
+    <t>КГТП-ХЛ 5*10 220/380-3</t>
+  </si>
+  <si>
+    <t>32403583/1-1</t>
+  </si>
+  <si>
+    <t>32403583</t>
+  </si>
+  <si>
+    <t>EPRCab БШвнг(А)-LS-ХЛ 3*1,5ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>32P00238</t>
+  </si>
+  <si>
+    <t>СИП-2 3*50+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>22514399</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 4*10ок(N)-0.66</t>
+  </si>
+  <si>
+    <t>32108142</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*95-0.6/1</t>
+  </si>
+  <si>
+    <t>22510174</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*50-0.6/1</t>
+  </si>
+  <si>
+    <t>22517552</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*70-0.6/1</t>
+  </si>
+  <si>
+    <t>22601079</t>
+  </si>
+  <si>
+    <t>22601125</t>
+  </si>
+  <si>
+    <t>Хабаровск</t>
+  </si>
+  <si>
+    <t>12P01715</t>
+  </si>
+  <si>
+    <t>СИП-4 2*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22601306</t>
+  </si>
+  <si>
+    <t>22601096</t>
+  </si>
+  <si>
+    <t>ПуГВ 1*25 450/750 В зелено-желтый</t>
+  </si>
+  <si>
+    <t>22509602</t>
+  </si>
+  <si>
+    <t>АВБШвнг(А)-ХЛ 3*2,5ок-0.66</t>
+  </si>
+  <si>
+    <t>22502103</t>
+  </si>
+  <si>
+    <t>12P06037</t>
+  </si>
+  <si>
+    <t>12L00683</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 5*1,5</t>
+  </si>
+  <si>
+    <t>32502779</t>
+  </si>
+  <si>
+    <t>ААБл 3*95(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04466</t>
+  </si>
+  <si>
+    <t>СИП-4 4*70-0.6/1</t>
+  </si>
+  <si>
+    <t>22600643</t>
+  </si>
+  <si>
+    <t>СИП-3 1*35-20</t>
+  </si>
+  <si>
+    <t>22512260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСМ  1*6,0 Д 6,40</t>
+  </si>
+  <si>
+    <t>52100498</t>
+  </si>
+  <si>
+    <t>22600522</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 7*1,5</t>
+  </si>
+  <si>
+    <t>22504329</t>
+  </si>
+  <si>
+    <t>АСБл 3*50(ож)-10</t>
+  </si>
+  <si>
+    <t>22P00160</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 4*1,5</t>
+  </si>
+  <si>
+    <t>22503150</t>
+  </si>
+  <si>
+    <t>КВБбШвнг(А)-LS 4*1,5</t>
+  </si>
+  <si>
+    <t>32301629/3-1</t>
+  </si>
+  <si>
+    <t>32301629</t>
+  </si>
+  <si>
+    <t>СИП-3 1*70-20</t>
+  </si>
+  <si>
+    <t>22516707</t>
+  </si>
+  <si>
+    <t>22514365</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 5*70мс(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22501033/2-1</t>
+  </si>
+  <si>
+    <t>22600279/1-1</t>
+  </si>
+  <si>
+    <t>СИП-3 1*95-20</t>
+  </si>
+  <si>
+    <t>22600471/2-1</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 3*2,5ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22316609/4-1</t>
+  </si>
+  <si>
+    <t>АВВГнг(А)-LS 4*16ок(N)-0.66</t>
+  </si>
+  <si>
+    <t>22514072</t>
+  </si>
+  <si>
+    <t>22514072/1-1</t>
+  </si>
+  <si>
+    <t>12P07040</t>
+  </si>
+  <si>
+    <t>АСБл 3*150-10</t>
+  </si>
+  <si>
+    <t>22N03518</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*1,713 Д 4,30</t>
+  </si>
+  <si>
+    <t>51960318</t>
+  </si>
+  <si>
+    <t>12P06636</t>
+  </si>
+  <si>
+    <t>ААБл 3*150-10</t>
+  </si>
+  <si>
+    <t>22P02820</t>
+  </si>
+  <si>
+    <t>22512120</t>
+  </si>
+  <si>
+    <t>22516028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНММНКн  1*0,769 Д 3,70</t>
+  </si>
+  <si>
+    <t>51900217</t>
+  </si>
+  <si>
+    <t>ЦААШв 3*240(ож)-10</t>
+  </si>
+  <si>
+    <t>22P02761</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 4*50мк(N)-1</t>
+  </si>
+  <si>
+    <t>22314077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПуГВнг(А)-LS 1*6  450/750 В зелено-желтый</t>
+  </si>
+  <si>
+    <t>32503335</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНММНМ  1*2,5 Д 5,30</t>
+  </si>
+  <si>
+    <t>51960283</t>
+  </si>
+  <si>
+    <t>22511994</t>
+  </si>
+  <si>
+    <t>22413684</t>
+  </si>
+  <si>
+    <t>22511985</t>
+  </si>
+  <si>
+    <t>22600645</t>
+  </si>
+  <si>
+    <t>СИП-4 2*25-0.6/1</t>
+  </si>
+  <si>
+    <t>12P06131</t>
+  </si>
+  <si>
+    <t>12P07069</t>
+  </si>
+  <si>
+    <t>СИП-2 3*25+1*35-0.6/1</t>
+  </si>
+  <si>
+    <t>22512573</t>
+  </si>
+  <si>
+    <t>АПвПуг 3*120мк/50-10</t>
+  </si>
+  <si>
+    <t>33P03090</t>
+  </si>
+  <si>
+    <t>АПвПу2г 1*300мк/50-10</t>
+  </si>
+  <si>
+    <t>33P03108</t>
+  </si>
+  <si>
+    <t>12N01250/1-1</t>
+  </si>
+  <si>
+    <t>СИП-3 1*120-20</t>
+  </si>
+  <si>
+    <t>22601598</t>
+  </si>
+  <si>
+    <t>22600650</t>
+  </si>
+  <si>
+    <t>АПвБШп 4*185мс(N)-1</t>
+  </si>
+  <si>
+    <t>22405958</t>
+  </si>
+  <si>
+    <t>АПвБШв 4*150мс(N)-1</t>
+  </si>
+  <si>
+    <t>22406705</t>
+  </si>
+  <si>
+    <t>22517096</t>
+  </si>
+  <si>
+    <t>СИП-2 3*25+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>22600155</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 5*4ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22408775</t>
+  </si>
+  <si>
+    <t>СИП-2 3*35+1*50-0.6/1</t>
+  </si>
+  <si>
+    <t>22509392</t>
+  </si>
+  <si>
+    <t>22516898</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-FRLS 5*25мк(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22414256</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПуГВнг(А)-LS 1*4  450/750 В зелено-желтый</t>
+  </si>
+  <si>
+    <t>32500700/4-1</t>
+  </si>
+  <si>
+    <t>32500700/5-1</t>
+  </si>
+  <si>
+    <t>51900261</t>
+  </si>
+  <si>
+    <t>12P04428</t>
+  </si>
+  <si>
+    <t>ААБл 3*185-10</t>
+  </si>
+  <si>
+    <t>22P05017</t>
+  </si>
+  <si>
+    <t>22L00072</t>
+  </si>
+  <si>
+    <t>АСБл 3*95(ож)-10</t>
+  </si>
+  <si>
+    <t>22P05287</t>
+  </si>
+  <si>
+    <t>22516735</t>
+  </si>
+  <si>
+    <t>АСБл 3*150(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04207</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 5*4</t>
+  </si>
+  <si>
+    <t>22509812</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 14*2,5</t>
+  </si>
+  <si>
+    <t>22510888</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 4*2,5ок(N)-1</t>
+  </si>
+  <si>
+    <t>32302510</t>
+  </si>
+  <si>
+    <t>ПуГВ 1*0,50 450/750 В зелено-желтый</t>
+  </si>
+  <si>
+    <t>32005029/1-2</t>
+  </si>
+  <si>
+    <t>22516753</t>
+  </si>
+  <si>
+    <t>22517545</t>
+  </si>
+  <si>
+    <t>22517548</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*70+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22600284</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 10*1,5</t>
+  </si>
+  <si>
+    <t>32502815</t>
+  </si>
+  <si>
+    <t>22513345</t>
+  </si>
+  <si>
+    <t>22601545</t>
+  </si>
+  <si>
+    <t>22600559</t>
+  </si>
+  <si>
+    <t>22P04394</t>
+  </si>
+  <si>
+    <t>КГРЭОП-ХЛ 3*50л+2*16л+1*16л-6000</t>
+  </si>
+  <si>
+    <t>31Z01531/1-1</t>
+  </si>
+  <si>
+    <t>22601064</t>
+  </si>
+  <si>
+    <t>22516755</t>
+  </si>
+  <si>
+    <t>ВВГЭнг(А)-LS 4*70мс(PE)-1</t>
+  </si>
+  <si>
+    <t>31N00890/2-1</t>
+  </si>
+  <si>
+    <t>ААБл 4*185(ож)-1</t>
+  </si>
+  <si>
+    <t>22U02857</t>
+  </si>
+  <si>
+    <t>22514815</t>
+  </si>
+  <si>
+    <t>22517579</t>
+  </si>
+  <si>
+    <t>22517589</t>
+  </si>
+  <si>
+    <t>СИП-4 4*25-0.6/1</t>
+  </si>
+  <si>
+    <t>22600489</t>
+  </si>
+  <si>
+    <t>22516888</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КШРвЭКП(гж)нг(А)-HF  3*400мк/35-10</t>
+  </si>
+  <si>
+    <t>33P02300/2-1</t>
+  </si>
+  <si>
+    <t>АСБл 3*120-10</t>
+  </si>
+  <si>
+    <t>22Z04333</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 3*4ок-0.66</t>
+  </si>
+  <si>
+    <t>22314111</t>
+  </si>
+  <si>
+    <t>12P05734</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 14*1,5</t>
+  </si>
+  <si>
+    <t>32300797</t>
+  </si>
+  <si>
+    <t>31N00890</t>
+  </si>
+  <si>
+    <t>ААБл 3*95-10</t>
+  </si>
+  <si>
+    <t>22P04374</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 2*2*0,75</t>
+  </si>
+  <si>
+    <t>32Z01480/3-1</t>
+  </si>
+  <si>
+    <t>32500700</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 5*95мс(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22507322</t>
+  </si>
+  <si>
+    <t>51900263</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 5*6ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>32N02749</t>
+  </si>
+  <si>
+    <t>22P04375</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 4*1,5ок(N)-1</t>
+  </si>
+  <si>
+    <t>22515646</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 4*2*0,75</t>
+  </si>
+  <si>
+    <t>32P00231</t>
+  </si>
+  <si>
+    <t>СИП-4 4*35-0.6/1</t>
+  </si>
+  <si>
+    <t>22512427</t>
+  </si>
+  <si>
+    <t>СИП-2 3*120+1*95-0.6/1</t>
+  </si>
+  <si>
+    <t>12P06194</t>
+  </si>
+  <si>
+    <t>СИП-2 3*35+1*54,6+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22512318</t>
+  </si>
+  <si>
+    <t>22515750</t>
+  </si>
+  <si>
+    <t>22503840</t>
+  </si>
+  <si>
+    <t>ВБШв 4*4ок(N)-1</t>
+  </si>
+  <si>
+    <t>32200023</t>
+  </si>
+  <si>
+    <t>АСК 240/56</t>
+  </si>
+  <si>
+    <t>12214330</t>
+  </si>
+  <si>
+    <t>СИП-2 3*50+1*54,6+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22601169</t>
+  </si>
+  <si>
+    <t>33P02300/4-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСКн  1*3,046 Д 4,90</t>
+  </si>
+  <si>
+    <t>52503967</t>
+  </si>
+  <si>
+    <t>52503967/1-1</t>
+  </si>
+  <si>
+    <t>22600471</t>
+  </si>
+  <si>
+    <t>51900256</t>
+  </si>
+  <si>
+    <t>СИП-2 3*35+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>12U01672</t>
+  </si>
+  <si>
+    <t>22600154</t>
+  </si>
+  <si>
+    <t>22601305</t>
+  </si>
+  <si>
+    <t>22514537</t>
+  </si>
+  <si>
+    <t>52503944</t>
+  </si>
+  <si>
+    <t>22514549</t>
+  </si>
+  <si>
+    <t>22600277</t>
+  </si>
+  <si>
+    <t>22600510</t>
+  </si>
+  <si>
+    <t>22513266</t>
+  </si>
+  <si>
+    <t>22600525</t>
+  </si>
+  <si>
+    <t>ААБл 3*120(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04506</t>
+  </si>
+  <si>
+    <t>EPRCab ПГнг(А)-HF-ХЛ 3*2,5мк-0.66</t>
+  </si>
+  <si>
+    <t>32Z02570</t>
+  </si>
+  <si>
+    <t>22N04948</t>
+  </si>
+  <si>
+    <t>22403423</t>
+  </si>
+  <si>
+    <t>ААБл 3*240(ож)-10</t>
+  </si>
+  <si>
+    <t>22L00201</t>
+  </si>
+  <si>
+    <t>22405472</t>
+  </si>
+  <si>
+    <t>12N06612</t>
+  </si>
+  <si>
+    <t>12P05080</t>
+  </si>
+  <si>
+    <t>ВВГЭнг(А)-LS 2*10ок(N)-0.66</t>
+  </si>
+  <si>
+    <t>22408295</t>
+  </si>
+  <si>
+    <t>КВВГЭ 7*1,5</t>
+  </si>
+  <si>
+    <t>22405131</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS 5*35мк(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22503660</t>
+  </si>
+  <si>
+    <t>АПвПу2г 1*240мк/50-10</t>
+  </si>
+  <si>
+    <t>42502825</t>
+  </si>
+  <si>
+    <t>АСБл 3*70-10</t>
+  </si>
+  <si>
+    <t>22N03484</t>
+  </si>
+  <si>
+    <t>СИП-3 1*240-20</t>
+  </si>
+  <si>
+    <t>12N02949</t>
+  </si>
+  <si>
+    <t>22511992</t>
+  </si>
+  <si>
+    <t>22600156</t>
+  </si>
+  <si>
+    <t>22600268</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*70+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>12U06752</t>
+  </si>
+  <si>
+    <t>22503661</t>
+  </si>
+  <si>
+    <t>П-274М 2*0,50</t>
+  </si>
+  <si>
+    <t>32510036</t>
+  </si>
+  <si>
+    <t>12P06130</t>
+  </si>
+  <si>
+    <t>12P07071</t>
+  </si>
+  <si>
+    <t>EPRCab ПГнг(А)-HF-ХЛ 5*2,5мк(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>32Z02569</t>
+  </si>
+  <si>
+    <t>32Z02569/1-1</t>
+  </si>
+  <si>
+    <t>12P06338</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 3*6ок-0.66</t>
+  </si>
+  <si>
+    <t>22503383</t>
+  </si>
+  <si>
+    <t>22501033</t>
+  </si>
+  <si>
+    <t>22316609</t>
+  </si>
+  <si>
+    <t>12P01905/1-1</t>
+  </si>
+  <si>
+    <t>22512175</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS-ХЛ 4*1,5</t>
+  </si>
+  <si>
+    <t>22314278</t>
+  </si>
+  <si>
+    <t>22600717</t>
+  </si>
+  <si>
+    <t>22600648</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS-ХЛ 3*2,5ок-0.66</t>
+  </si>
+  <si>
+    <t>22512314</t>
+  </si>
+  <si>
+    <t>22600585</t>
+  </si>
+  <si>
+    <t>22516868</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-FRLS 4*1,5</t>
+  </si>
+  <si>
+    <t>22503080</t>
+  </si>
+  <si>
+    <t>22408382</t>
+  </si>
+  <si>
+    <t>КВБбШвнг(А)-LS 4*1,0</t>
+  </si>
+  <si>
+    <t>22414235</t>
+  </si>
+  <si>
+    <t>12N05684</t>
+  </si>
+  <si>
+    <t>12P04478</t>
+  </si>
+  <si>
+    <t>22L00068</t>
+  </si>
+  <si>
+    <t>СИП-3 1*50-35</t>
+  </si>
+  <si>
+    <t>12N01930</t>
+  </si>
+  <si>
+    <t>12P07050</t>
+  </si>
+  <si>
+    <t>12N03865</t>
+  </si>
+  <si>
+    <t>22416657</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS-ХЛ 5*10ок(N,PE)-1</t>
+  </si>
+  <si>
+    <t>32N00842</t>
+  </si>
+  <si>
+    <t>32503055</t>
+  </si>
+  <si>
+    <t>22515183</t>
+  </si>
+  <si>
+    <t>СИП-2 3*16+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>22511192</t>
+  </si>
+  <si>
+    <t>22512187</t>
+  </si>
+  <si>
+    <t>СИП-2 3*25+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>22512446</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*0,270 Д 3,20</t>
+  </si>
+  <si>
+    <t>52503864</t>
+  </si>
+  <si>
+    <t>52503934</t>
+  </si>
+  <si>
+    <t>ААБл 3*70-6</t>
+  </si>
+  <si>
+    <t>22N04819</t>
+  </si>
+  <si>
+    <t>22501998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСКн  1*0,769 Д 3,70</t>
+  </si>
+  <si>
+    <t>52500106/1-1</t>
+  </si>
+  <si>
+    <t>22503625</t>
+  </si>
+  <si>
+    <t>СИП-2 1*16+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>22511704</t>
+  </si>
+  <si>
+    <t>22517163</t>
+  </si>
+  <si>
+    <t>22514547</t>
+  </si>
+  <si>
+    <t>12P03504</t>
+  </si>
+  <si>
+    <t>КГС ПЭ 2*4+3*1,5+2*1,0</t>
+  </si>
+  <si>
+    <t>32503246</t>
+  </si>
+  <si>
+    <t>12P06667</t>
+  </si>
+  <si>
+    <t>12P06336</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-LS-ХЛ 5*10ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22516485</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 3*1,5ок(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22515648</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 5*35мк(N,PE)-1</t>
+  </si>
+  <si>
+    <t>22515091</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 10*1,5</t>
+  </si>
+  <si>
+    <t>22403908</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 19*1,5</t>
+  </si>
+  <si>
+    <t>22407979</t>
+  </si>
+  <si>
+    <t>ВБШвнг(А)-ХЛ 5*6ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22400057</t>
+  </si>
+  <si>
+    <t>22400057/1-1</t>
+  </si>
+  <si>
+    <t>22600412/1-1</t>
+  </si>
+  <si>
+    <t>22516078</t>
+  </si>
+  <si>
+    <t>22516078/1-1</t>
+  </si>
+  <si>
+    <t>22503661/2-1</t>
+  </si>
+  <si>
+    <t>22314278/2-1</t>
+  </si>
+  <si>
+    <t>52500100</t>
+  </si>
+  <si>
+    <t>22314077/2-1</t>
+  </si>
+  <si>
+    <t>ПуГВ 1*6 450/750 В</t>
+  </si>
+  <si>
+    <t>32P02335</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*95+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>22313813</t>
+  </si>
+  <si>
+    <t>12P05736</t>
+  </si>
+  <si>
+    <t>22403908/3-1</t>
+  </si>
+  <si>
+    <t>22403908/4-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КМЖ  4*2,5-750  Д 10,1</t>
+  </si>
+  <si>
+    <t>52260069</t>
+  </si>
+  <si>
+    <t>12L00063</t>
+  </si>
+  <si>
+    <t>СИП-1 3*70+1*54,6-0.6/1</t>
+  </si>
+  <si>
+    <t>22302214</t>
+  </si>
+  <si>
+    <t>ААБл 3*185(ож)-6</t>
+  </si>
+  <si>
+    <t>22P05375</t>
+  </si>
+  <si>
+    <t>22P05429</t>
+  </si>
+  <si>
+    <t>22509332</t>
+  </si>
+  <si>
+    <t>СИП-2 3*50+1*70-0.6/1</t>
+  </si>
+  <si>
+    <t>12P06548/2-2</t>
+  </si>
+  <si>
+    <t>12P07054/1-2</t>
+  </si>
+  <si>
+    <t>22516844</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*0,108 Д 3,20</t>
+  </si>
+  <si>
+    <t>52503877</t>
+  </si>
+  <si>
+    <t>22512185</t>
+  </si>
+  <si>
+    <t>12P06769</t>
+  </si>
+  <si>
+    <t>ГСП 2*0,50</t>
+  </si>
+  <si>
+    <t>32410128</t>
+  </si>
+  <si>
+    <t>АСБл 3*240-10</t>
+  </si>
+  <si>
+    <t>22L00228</t>
+  </si>
+  <si>
+    <t>АПвКШп 4*240мс(N)-1</t>
+  </si>
+  <si>
+    <t>31P02366</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*0,171 Д 3,20</t>
+  </si>
+  <si>
+    <t>52503916</t>
+  </si>
+  <si>
+    <t>31P02361</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСКн  1*1,226 Д 4,00</t>
+  </si>
+  <si>
+    <t>52503924</t>
+  </si>
+  <si>
+    <t>22516478</t>
+  </si>
+  <si>
+    <t>22600618</t>
+  </si>
+  <si>
+    <t>32P00236</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСМ  1*0,693 Д 3,70</t>
+  </si>
+  <si>
+    <t>52501399</t>
+  </si>
+  <si>
+    <t>12P07023</t>
+  </si>
+  <si>
+    <t>12L00930</t>
+  </si>
+  <si>
+    <t>Екатеринбург</t>
+  </si>
+  <si>
+    <t>Зажим 151N+BI</t>
+  </si>
+  <si>
+    <t>ШТ</t>
+  </si>
+  <si>
+    <t>AX000388</t>
+  </si>
+  <si>
+    <t>ТРАВЕРСА ТС 1</t>
+  </si>
+  <si>
+    <t>18065</t>
+  </si>
+  <si>
+    <t>52503907</t>
+  </si>
+  <si>
+    <t>22601552</t>
+  </si>
+  <si>
+    <t>12L00960</t>
+  </si>
+  <si>
+    <t>52503919</t>
+  </si>
+  <si>
+    <t>Зажим PS 4-16/70</t>
+  </si>
+  <si>
+    <t>AX000410</t>
+  </si>
+  <si>
+    <t>22L00246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСКн  1*1,96 Д 4,40</t>
+  </si>
+  <si>
+    <t>52503994</t>
+  </si>
+  <si>
+    <t>АСБл 3*120(ож)-10</t>
+  </si>
+  <si>
+    <t>22P05388</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*54,6+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22514442</t>
+  </si>
+  <si>
+    <t>52503989</t>
+  </si>
+  <si>
+    <t>52503968</t>
+  </si>
+  <si>
+    <t>52503862</t>
+  </si>
+  <si>
+    <t>12L00596</t>
+  </si>
+  <si>
+    <t>22509904</t>
+  </si>
+  <si>
+    <t>Зажим 153N+BI</t>
+  </si>
+  <si>
+    <t>AX000369</t>
+  </si>
+  <si>
+    <t>AX000368</t>
+  </si>
+  <si>
+    <t>12L00768</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСНХ-Н  1*0,432 Д 3,40</t>
+  </si>
+  <si>
+    <t>52503888</t>
+  </si>
+  <si>
+    <t>12P06724</t>
+  </si>
+  <si>
+    <t>ААБл 3*120-10</t>
+  </si>
+  <si>
+    <t>22P05138</t>
+  </si>
+  <si>
+    <t>ОГРАНИЧИТЕЛЬ ОР 600/28</t>
+  </si>
+  <si>
+    <t>AX000401</t>
+  </si>
+  <si>
+    <t>22600316</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный (CTN 70 А)-ВК</t>
+  </si>
+  <si>
+    <t>3444/8</t>
+  </si>
+  <si>
+    <t>22L00606</t>
+  </si>
+  <si>
     <t>ААБл 3*50(ож)-10</t>
   </si>
   <si>
-    <t>22P03644</t>
-[...404 lines deleted...]
-    <t>22507322</t>
+    <t>22P05203</t>
+  </si>
+  <si>
+    <t>12L00679</t>
+  </si>
+  <si>
+    <t>12P03948</t>
+  </si>
+  <si>
+    <t>Зажим SL 25.2</t>
+  </si>
+  <si>
+    <t>12-12</t>
+  </si>
+  <si>
+    <t>22514631</t>
+  </si>
+  <si>
+    <t>52503932</t>
+  </si>
+  <si>
+    <t>52561502</t>
+  </si>
+  <si>
+    <t>22516631</t>
+  </si>
+  <si>
+    <t>СИП-2 3*50+1*50-0.6/1</t>
+  </si>
+  <si>
+    <t>12L01032</t>
+  </si>
+  <si>
+    <t>Ростов</t>
+  </si>
+  <si>
+    <t>22516709</t>
+  </si>
+  <si>
+    <t>СИП-2 3*50+1*54,6+2*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22517611</t>
+  </si>
+  <si>
+    <t>12P01176</t>
+  </si>
+  <si>
+    <t>СИП-4 4*50-0.6/1</t>
+  </si>
+  <si>
+    <t>12P05731</t>
+  </si>
+  <si>
+    <t>КВБбШв 7*1,5</t>
+  </si>
+  <si>
+    <t>22504896</t>
+  </si>
+  <si>
+    <t>12L00860</t>
+  </si>
+  <si>
+    <t>12P06638</t>
+  </si>
+  <si>
+    <t>12L00857</t>
+  </si>
+  <si>
+    <t>22516448</t>
+  </si>
+  <si>
+    <t>Зажим 71+BI</t>
+  </si>
+  <si>
+    <t>AX000385</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 70N</t>
+  </si>
+  <si>
+    <t>AX000380</t>
+  </si>
+  <si>
+    <t>32P00266</t>
+  </si>
+  <si>
+    <t>22516871</t>
+  </si>
+  <si>
+    <t>22516603</t>
+  </si>
+  <si>
+    <t>32410137</t>
+  </si>
+  <si>
+    <t>22214818</t>
+  </si>
+  <si>
+    <t>ААБл 3*70(ож)-10</t>
+  </si>
+  <si>
+    <t>22P05264</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 1*2*0,75</t>
+  </si>
+  <si>
+    <t>32P00322</t>
+  </si>
+  <si>
+    <t>12P05726</t>
+  </si>
+  <si>
+    <t>22601555</t>
+  </si>
+  <si>
+    <t>52503863</t>
+  </si>
+  <si>
+    <t>ПвКШп 4*16ок(N)-1</t>
+  </si>
+  <si>
+    <t>31P02331</t>
+  </si>
+  <si>
+    <t>Наконечник CPTAUR 16</t>
+  </si>
+  <si>
+    <t>AX000376</t>
+  </si>
+  <si>
+    <t>52503939</t>
+  </si>
+  <si>
+    <t>12P05024</t>
+  </si>
+  <si>
+    <t>12L00955</t>
+  </si>
+  <si>
+    <t>52503972</t>
+  </si>
+  <si>
+    <t>32P00237</t>
+  </si>
+  <si>
+    <t>22515697</t>
+  </si>
+  <si>
+    <t>32510040</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-FRLS 3*1,5ок-1</t>
+  </si>
+  <si>
+    <t>32500610</t>
+  </si>
+  <si>
+    <t>22601452</t>
+  </si>
+  <si>
+    <t>32510035</t>
+  </si>
+  <si>
+    <t>АСБл 3*70(ож)-10</t>
+  </si>
+  <si>
+    <t>22L00628</t>
+  </si>
+  <si>
+    <t>52503988</t>
+  </si>
+  <si>
+    <t>СИП-2 1*25+1*35-0.6/1</t>
+  </si>
+  <si>
+    <t>22516386</t>
+  </si>
+  <si>
+    <t>52503860</t>
+  </si>
+  <si>
+    <t>Зажим MJPВ 25</t>
+  </si>
+  <si>
+    <t>AX000378</t>
+  </si>
+  <si>
+    <t>Муфта СТП 3*70/120 - 10</t>
+  </si>
+  <si>
+    <t>14271</t>
+  </si>
+  <si>
+    <t>12L00858</t>
+  </si>
+  <si>
+    <t>22600307</t>
+  </si>
+  <si>
+    <t>СИП-2 3*95+1*70-0.6/1</t>
+  </si>
+  <si>
+    <t>22601469</t>
+  </si>
+  <si>
+    <t>22600293</t>
+  </si>
+  <si>
+    <t>12L00775</t>
+  </si>
+  <si>
+    <t>52503879</t>
+  </si>
+  <si>
+    <t>12L00849</t>
+  </si>
+  <si>
+    <t>22509387</t>
+  </si>
+  <si>
+    <t>22407261</t>
+  </si>
+  <si>
+    <t>22601138</t>
+  </si>
+  <si>
+    <t>31P02365</t>
+  </si>
+  <si>
+    <t>12L00943</t>
+  </si>
+  <si>
+    <t>22516607</t>
+  </si>
+  <si>
+    <t>12P04775</t>
+  </si>
+  <si>
+    <t>22P04299</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 95</t>
+  </si>
+  <si>
+    <t>AX000373</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*70+2*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22515725</t>
+  </si>
+  <si>
+    <t>22516543</t>
+  </si>
+  <si>
+    <t>22517521</t>
+  </si>
+  <si>
+    <t>12L00774</t>
+  </si>
+  <si>
+    <t>52503992</t>
+  </si>
+  <si>
+    <t>12L00848</t>
+  </si>
+  <si>
+    <t>52503861</t>
+  </si>
+  <si>
+    <t>22600153</t>
+  </si>
+  <si>
+    <t>22L00583</t>
+  </si>
+  <si>
+    <t>22600445</t>
+  </si>
+  <si>
+    <t>52503889</t>
+  </si>
+  <si>
+    <t>22L00625</t>
+  </si>
+  <si>
+    <t>52503875</t>
+  </si>
+  <si>
+    <t>12L00782</t>
+  </si>
+  <si>
+    <t>12214340</t>
+  </si>
+  <si>
+    <t>12L00761</t>
+  </si>
+  <si>
+    <t>52503865</t>
+  </si>
+  <si>
+    <t>22509426</t>
+  </si>
+  <si>
+    <t>52503868</t>
+  </si>
+  <si>
+    <t>22517551</t>
+  </si>
+  <si>
+    <t>52503980</t>
+  </si>
+  <si>
+    <t>52503878</t>
+  </si>
+  <si>
+    <t>22517556</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 50</t>
+  </si>
+  <si>
+    <t>AX000386</t>
+  </si>
+  <si>
+    <t>52503943</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А) 4*1,5</t>
+  </si>
+  <si>
+    <t>22405486</t>
+  </si>
+  <si>
+    <t>12N02741</t>
+  </si>
+  <si>
+    <t>52501397</t>
+  </si>
+  <si>
+    <t>52503931</t>
+  </si>
+  <si>
+    <t>22507155</t>
+  </si>
+  <si>
+    <t>52503999</t>
+  </si>
+  <si>
+    <t>12L00934</t>
+  </si>
+  <si>
+    <t>12P06637</t>
+  </si>
+  <si>
+    <t>22601539</t>
+  </si>
+  <si>
+    <t>Электросталь</t>
+  </si>
+  <si>
+    <t>АПвПу2гж 1*500мк/70-20</t>
+  </si>
+  <si>
+    <t>41702528</t>
+  </si>
+  <si>
+    <t>22601564</t>
+  </si>
+  <si>
+    <t>22600741</t>
+  </si>
+  <si>
+    <t>12L00873</t>
+  </si>
+  <si>
+    <t>12L00856</t>
+  </si>
+  <si>
+    <t>22511410</t>
+  </si>
+  <si>
+    <t>22509285</t>
+  </si>
+  <si>
+    <t>22601122</t>
+  </si>
+  <si>
+    <t>12L00846</t>
+  </si>
+  <si>
+    <t>12L00882</t>
+  </si>
+  <si>
+    <t>22P05268</t>
+  </si>
+  <si>
+    <t>32510039</t>
+  </si>
+  <si>
+    <t>32406680</t>
+  </si>
+  <si>
+    <t>32502771</t>
+  </si>
+  <si>
+    <t>22515682</t>
+  </si>
+  <si>
+    <t>НАКОНЕЧНИК CPTAR 25</t>
+  </si>
+  <si>
+    <t>AX000412</t>
+  </si>
+  <si>
+    <t>52503906</t>
+  </si>
+  <si>
+    <t>22600615</t>
+  </si>
+  <si>
+    <t>СИП-4 2*10-0.6/1</t>
+  </si>
+  <si>
+    <t>12L00878</t>
+  </si>
+  <si>
+    <t>ПвКШп 5*10ок(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>32P02696</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 3*50мк(N,PE)-0.66</t>
+  </si>
+  <si>
+    <t>22510730</t>
+  </si>
+  <si>
+    <t>12L00931</t>
+  </si>
+  <si>
+    <t>22L00581</t>
+  </si>
+  <si>
+    <t>12L00847</t>
+  </si>
+  <si>
+    <t>22509895</t>
+  </si>
+  <si>
+    <t>22L00684</t>
+  </si>
+  <si>
+    <t>22600732</t>
+  </si>
+  <si>
+    <t>52561500</t>
+  </si>
+  <si>
+    <t>52503984</t>
+  </si>
+  <si>
+    <t>12L00613</t>
+  </si>
+  <si>
+    <t>22601581</t>
+  </si>
+  <si>
+    <t>12L00832</t>
+  </si>
+  <si>
+    <t>52503885</t>
+  </si>
+  <si>
+    <t>22P05390</t>
+  </si>
+  <si>
+    <t>22515712</t>
+  </si>
+  <si>
+    <t>Зажим N 70</t>
+  </si>
+  <si>
+    <t>AX000370</t>
+  </si>
+  <si>
+    <t>52503872</t>
+  </si>
+  <si>
+    <t>22601556</t>
+  </si>
+  <si>
+    <t>12P00225</t>
+  </si>
+  <si>
+    <t>12L00779</t>
+  </si>
+  <si>
+    <t>Смазка GN 250</t>
+  </si>
+  <si>
+    <t>AX000413</t>
+  </si>
+  <si>
+    <t>52503886</t>
+  </si>
+  <si>
+    <t>Зажим DN 35</t>
+  </si>
+  <si>
+    <t>AX000367</t>
+  </si>
+  <si>
+    <t>52503917</t>
+  </si>
+  <si>
+    <t>ААБл 3*185(ож)-10</t>
+  </si>
+  <si>
+    <t>22P01192</t>
+  </si>
+  <si>
+    <t>22600574</t>
+  </si>
+  <si>
+    <t>22516633</t>
+  </si>
+  <si>
+    <t>12P06876</t>
+  </si>
+  <si>
+    <t>Устройство M 6D</t>
+  </si>
+  <si>
+    <t>AX000393</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 14*2,5</t>
+  </si>
+  <si>
+    <t>22516788</t>
+  </si>
+  <si>
+    <t>12L00961</t>
+  </si>
+  <si>
+    <t>12L01042</t>
+  </si>
+  <si>
+    <t>22516890</t>
+  </si>
+  <si>
+    <t>12L00925</t>
+  </si>
+  <si>
+    <t>12P04132</t>
+  </si>
+  <si>
+    <t>52503987</t>
+  </si>
+  <si>
+    <t>22600305</t>
+  </si>
+  <si>
+    <t>12L00762</t>
+  </si>
+  <si>
+    <t>22600514</t>
+  </si>
+  <si>
+    <t>12P00959</t>
+  </si>
+  <si>
+    <t>22601300</t>
+  </si>
+  <si>
+    <t>22514696</t>
+  </si>
+  <si>
+    <t>52503899</t>
+  </si>
+  <si>
+    <t>22P05389</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 50N</t>
+  </si>
+  <si>
+    <t>964-6</t>
+  </si>
+  <si>
+    <t>12L00923</t>
+  </si>
+  <si>
+    <t>12L00688</t>
+  </si>
+  <si>
+    <t>МУФТАHITI 1205L</t>
+  </si>
+  <si>
+    <t>AX000245</t>
+  </si>
+  <si>
+    <t>52503991</t>
+  </si>
+  <si>
+    <t>22601538</t>
+  </si>
+  <si>
+    <t>22P05391</t>
+  </si>
+  <si>
+    <t>52503905</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 10*6</t>
+  </si>
+  <si>
+    <t>22509174</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 10*2*0,75</t>
+  </si>
+  <si>
+    <t>32P00208</t>
+  </si>
+  <si>
+    <t>22N03526</t>
+  </si>
+  <si>
+    <t>12L00959</t>
+  </si>
+  <si>
+    <t>12L00766</t>
+  </si>
+  <si>
+    <t>12P04253</t>
+  </si>
+  <si>
+    <t>22506047</t>
+  </si>
+  <si>
+    <t>22L00326</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*95+1*16-0.6/1</t>
+  </si>
+  <si>
+    <t>22206378</t>
+  </si>
+  <si>
+    <t>52503903</t>
+  </si>
+  <si>
+    <t>12L00644</t>
+  </si>
+  <si>
+    <t>12P06640</t>
+  </si>
+  <si>
+    <t>АПвБШв 4*120мс(N)-1</t>
+  </si>
+  <si>
+    <t>22517084</t>
+  </si>
+  <si>
+    <t>22516182</t>
+  </si>
+  <si>
+    <t>12L00557</t>
+  </si>
+  <si>
+    <t>12P06756</t>
+  </si>
+  <si>
+    <t>52503933</t>
+  </si>
+  <si>
+    <t>52503884</t>
+  </si>
+  <si>
+    <t>12P04670</t>
+  </si>
+  <si>
+    <t>22509879</t>
+  </si>
+  <si>
+    <t>12L00614</t>
+  </si>
+  <si>
+    <t>52503974</t>
+  </si>
+  <si>
+    <t>22L00295</t>
+  </si>
+  <si>
+    <t>12P06765</t>
+  </si>
+  <si>
+    <t>12L00936</t>
+  </si>
+  <si>
+    <t>22414517</t>
+  </si>
+  <si>
+    <t>32N00578</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 4*120мс(N)-1</t>
+  </si>
+  <si>
+    <t>22513977</t>
+  </si>
+  <si>
+    <t>22P04455</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КНМСМ  1*2,5 Д 5,30</t>
+  </si>
+  <si>
+    <t>52503955</t>
+  </si>
+  <si>
+    <t>12L00900</t>
+  </si>
+  <si>
+    <t>22P05295</t>
+  </si>
+  <si>
+    <t>52503978</t>
+  </si>
+  <si>
+    <t>32510043</t>
+  </si>
+  <si>
+    <t>12L00783</t>
+  </si>
+  <si>
+    <t>52503925</t>
+  </si>
+  <si>
+    <t>12L00841</t>
+  </si>
+  <si>
+    <t>12L00929</t>
+  </si>
+  <si>
+    <t>52503995</t>
+  </si>
+  <si>
+    <t>12P05728</t>
+  </si>
+  <si>
+    <t>52504002</t>
+  </si>
+  <si>
+    <t>АПвПу2г 1*120мк/50-10</t>
+  </si>
+  <si>
+    <t>33P03092</t>
+  </si>
+  <si>
+    <t>ЧУЛОК CM 1750</t>
+  </si>
+  <si>
+    <t>AX000383</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 10*1,0</t>
+  </si>
+  <si>
+    <t>22405224</t>
+  </si>
+  <si>
+    <t>Кабель КМПЭВ 10х0,35-500В ТУ 16-705.169-80 (Электрокабель)</t>
+  </si>
+  <si>
+    <t>09140716</t>
+  </si>
+  <si>
+    <t>32301625</t>
+  </si>
+  <si>
+    <t>22516727</t>
+  </si>
+  <si>
+    <t>12L00938</t>
+  </si>
+  <si>
+    <t>22600518</t>
+  </si>
+  <si>
+    <t>12L00883</t>
+  </si>
+  <si>
+    <t>УСТРОЙСТВО ДЛЯ МОНТАЖА (ПРОТЯЖКИ) ПРОВОДА</t>
+  </si>
+  <si>
+    <t>AX000247</t>
+  </si>
+  <si>
+    <t>52503997</t>
+  </si>
+  <si>
+    <t>12L00069</t>
+  </si>
+  <si>
+    <t>Зажим PSP 25/120R</t>
+  </si>
+  <si>
+    <t>AX000403</t>
+  </si>
+  <si>
+    <t>12L00609</t>
+  </si>
+  <si>
+    <t>22600702</t>
+  </si>
+  <si>
+    <t>Аппаратный зажим CD 82 50 100 C290-C</t>
+  </si>
+  <si>
+    <t>00000001</t>
+  </si>
+  <si>
+    <t>Зажим MJPВ 6-16</t>
+  </si>
+  <si>
+    <t>AX000372</t>
+  </si>
+  <si>
+    <t>52503982</t>
+  </si>
+  <si>
+    <t>52561501</t>
+  </si>
+  <si>
+    <t>52503902</t>
+  </si>
+  <si>
+    <t>52503913</t>
+  </si>
+  <si>
+    <t>12L01036</t>
+  </si>
+  <si>
+    <t>52503896</t>
+  </si>
+  <si>
+    <t>12L00066</t>
+  </si>
+  <si>
+    <t>22601140</t>
+  </si>
+  <si>
+    <t>52503945</t>
+  </si>
+  <si>
+    <t>12L00905</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 25N</t>
+  </si>
+  <si>
+    <t>AX000398</t>
+  </si>
+  <si>
+    <t>52503930</t>
+  </si>
+  <si>
+    <t>НАКОНЕЧНИК CPTAR 35</t>
+  </si>
+  <si>
+    <t>AX000411</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 27*1,5</t>
+  </si>
+  <si>
+    <t>22412921</t>
+  </si>
+  <si>
+    <t>32510038</t>
+  </si>
+  <si>
+    <t>22601167</t>
+  </si>
+  <si>
+    <t>52503926</t>
+  </si>
+  <si>
+    <t>32408044</t>
+  </si>
+  <si>
+    <t>22600319</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-LS 37*1,5</t>
+  </si>
+  <si>
+    <t>32E03651</t>
+  </si>
+  <si>
+    <t>12L00875</t>
+  </si>
+  <si>
+    <t>12P04789</t>
+  </si>
+  <si>
+    <t>52500101</t>
+  </si>
+  <si>
+    <t>КВБбШвнг(А)-LS 7*1,5</t>
+  </si>
+  <si>
+    <t>22414831</t>
+  </si>
+  <si>
+    <t>52503915</t>
+  </si>
+  <si>
+    <t>52503893</t>
+  </si>
+  <si>
+    <t>22601295</t>
+  </si>
+  <si>
+    <t>52503920</t>
+  </si>
+  <si>
+    <t>22516558</t>
+  </si>
+  <si>
+    <t>52503941</t>
+  </si>
+  <si>
+    <t>12R09737</t>
+  </si>
+  <si>
+    <t>52503976</t>
+  </si>
+  <si>
+    <t>52503929</t>
+  </si>
+  <si>
+    <t>22514283</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КТМСэпНН  2*0,64 Д 4,5</t>
+  </si>
+  <si>
+    <t>52410212</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 35 (ВК)</t>
+  </si>
+  <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>22600262</t>
+  </si>
+  <si>
+    <t>12L00948</t>
+  </si>
+  <si>
+    <t>12L00884</t>
+  </si>
+  <si>
+    <t>МУФТАHIT3 1203L</t>
+  </si>
+  <si>
+    <t>AX000246</t>
+  </si>
+  <si>
+    <t>12P05362</t>
+  </si>
+  <si>
+    <t>22513077</t>
+  </si>
+  <si>
+    <t>22600408</t>
+  </si>
+  <si>
+    <t>КВБбШвнг(А)-LS 4*2,5</t>
+  </si>
+  <si>
+    <t>22313255</t>
+  </si>
+  <si>
+    <t>12L01030</t>
+  </si>
+  <si>
+    <t>52503921</t>
+  </si>
+  <si>
+    <t>22600296</t>
+  </si>
+  <si>
+    <t>22513978</t>
+  </si>
+  <si>
+    <t>52503979</t>
+  </si>
+  <si>
+    <t>22512696</t>
+  </si>
+  <si>
+    <t>22517630</t>
+  </si>
+  <si>
+    <t>12L01031</t>
+  </si>
+  <si>
+    <t>52503866</t>
+  </si>
+  <si>
+    <t>12L01033</t>
+  </si>
+  <si>
+    <t>52561511</t>
+  </si>
+  <si>
+    <t>Муфта концевая OHVT-145CW-C51D-83-B2A</t>
+  </si>
+  <si>
+    <t>00000002</t>
+  </si>
+  <si>
+    <t>52503870</t>
+  </si>
+  <si>
+    <t>22516856</t>
+  </si>
+  <si>
+    <t>Зажим PS 54QC</t>
+  </si>
+  <si>
+    <t>2934/1</t>
+  </si>
+  <si>
+    <t>52503985</t>
+  </si>
+  <si>
+    <t>12L00935</t>
+  </si>
+  <si>
+    <t>Зажим CT 1S 95А</t>
+  </si>
+  <si>
+    <t>UNC-177009</t>
+  </si>
+  <si>
+    <t>52503874</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-LS 4*1,5ок(N)-0.66</t>
+  </si>
+  <si>
+    <t>22510373</t>
+  </si>
+  <si>
+    <t>22P04722</t>
+  </si>
+  <si>
+    <t>52503891</t>
+  </si>
+  <si>
+    <t>52561513</t>
+  </si>
+  <si>
+    <t>52503911</t>
+  </si>
+  <si>
+    <t>22600629</t>
+  </si>
+  <si>
+    <t>12P05729</t>
+  </si>
+  <si>
+    <t>22414824</t>
+  </si>
+  <si>
+    <t>12L00876</t>
+  </si>
+  <si>
+    <t>22600616</t>
+  </si>
+  <si>
+    <t>52503936</t>
+  </si>
+  <si>
+    <t>22L00601</t>
+  </si>
+  <si>
+    <t>Алматы</t>
+  </si>
+  <si>
+    <t>СИП-2 4*16+1*25-0.6/1</t>
+  </si>
+  <si>
+    <t>12F08562</t>
+  </si>
+  <si>
+    <t>Устройство MAT</t>
+  </si>
+  <si>
+    <t>730/1_2</t>
+  </si>
+  <si>
+    <t>ВВГнг(А)-ХЛ 3*2,5ок-1</t>
+  </si>
+  <si>
+    <t>32H02979</t>
+  </si>
+  <si>
+    <t>12L00781</t>
+  </si>
+  <si>
+    <t>22513976</t>
+  </si>
+  <si>
+    <t>22516857</t>
+  </si>
+  <si>
+    <t>52503869</t>
+  </si>
+  <si>
+    <t>22600584</t>
+  </si>
+  <si>
+    <t>52504003</t>
+  </si>
+  <si>
+    <t>12P06125</t>
+  </si>
+  <si>
+    <t>12P05730</t>
+  </si>
+  <si>
+    <t>12L00681</t>
+  </si>
+  <si>
+    <t>22517550</t>
+  </si>
+  <si>
+    <t>12L00763</t>
+  </si>
+  <si>
+    <t>Предохранитель бытовой 8.5*31.5 10А</t>
+  </si>
+  <si>
+    <t>AX000406</t>
+  </si>
+  <si>
+    <t>22516619</t>
+  </si>
+  <si>
+    <t>12P05363</t>
+  </si>
+  <si>
+    <t>12L00872</t>
+  </si>
+  <si>
+    <t>12L00773</t>
+  </si>
+  <si>
+    <t>22517592</t>
+  </si>
+  <si>
+    <t>3011/1</t>
+  </si>
+  <si>
+    <t>AX000381</t>
+  </si>
+  <si>
+    <t>52503892</t>
+  </si>
+  <si>
+    <t>52503900</t>
+  </si>
+  <si>
+    <t>22512759</t>
+  </si>
+  <si>
+    <t>22514687</t>
+  </si>
+  <si>
+    <t>22P05328</t>
+  </si>
+  <si>
+    <t>12L01038</t>
+  </si>
+  <si>
+    <t>22601130</t>
+  </si>
+  <si>
+    <t>UniFlex ССПСВЭВнг(А)-HF 5*2*0,75</t>
+  </si>
+  <si>
+    <t>32P00189</t>
+  </si>
+  <si>
+    <t>ОГРАНИЧИТЕЛЬ ОР 600/50</t>
+  </si>
+  <si>
+    <t>AX000405</t>
+  </si>
+  <si>
+    <t>12P05724</t>
+  </si>
+  <si>
+    <t>22Z00310</t>
+  </si>
+  <si>
+    <t>32308612</t>
+  </si>
+  <si>
+    <t>52503975</t>
+  </si>
+  <si>
+    <t>12L00944</t>
+  </si>
+  <si>
+    <t>22514440</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 7*2,5</t>
+  </si>
+  <si>
+    <t>22514984</t>
+  </si>
+  <si>
+    <t>12L00042</t>
+  </si>
+  <si>
+    <t>52503942</t>
+  </si>
+  <si>
+    <t>12L00879</t>
+  </si>
+  <si>
+    <t>AX000371</t>
+  </si>
+  <si>
+    <t>22511219</t>
+  </si>
+  <si>
+    <t>12P07036</t>
+  </si>
+  <si>
+    <t>ТРАВЕРСА ТМ 5</t>
+  </si>
+  <si>
+    <t>18097</t>
+  </si>
+  <si>
+    <t>ПРЕСС HT 50</t>
+  </si>
+  <si>
+    <t>AX000391</t>
+  </si>
+  <si>
+    <t>22600733</t>
+  </si>
+  <si>
+    <t>12L00424</t>
+  </si>
+  <si>
+    <t>12L00932</t>
+  </si>
+  <si>
+    <t>12P06999</t>
+  </si>
+  <si>
+    <t>12L00611</t>
+  </si>
+  <si>
+    <t>АСБл 3*240(ож)-10</t>
+  </si>
+  <si>
+    <t>22P04082</t>
+  </si>
+  <si>
+    <t>22601146</t>
+  </si>
+  <si>
+    <t>52503897</t>
+  </si>
+  <si>
+    <t>12P04141</t>
+  </si>
+  <si>
+    <t>12P05854</t>
+  </si>
+  <si>
+    <t>СИП-2 3*70+1*95-0.6/1</t>
+  </si>
+  <si>
+    <t>22501900</t>
+  </si>
+  <si>
+    <t>22404950</t>
+  </si>
+  <si>
+    <t>12L00764</t>
+  </si>
+  <si>
+    <t>12L00885</t>
+  </si>
+  <si>
+    <t>31610013/6</t>
+  </si>
+  <si>
+    <t>22510035</t>
+  </si>
+  <si>
+    <t>22515681</t>
+  </si>
+  <si>
+    <t>22600195</t>
+  </si>
+  <si>
+    <t>ОКБ-Т 6В-7</t>
+  </si>
+  <si>
+    <t>14/2196</t>
+  </si>
+  <si>
+    <t>31P02346</t>
+  </si>
+  <si>
+    <t>Корпус PF 4</t>
+  </si>
+  <si>
+    <t>AX000415</t>
+  </si>
+  <si>
+    <t>22514685</t>
+  </si>
+  <si>
+    <t>52500098</t>
+  </si>
+  <si>
+    <t>52503958</t>
+  </si>
+  <si>
+    <t>52503973</t>
+  </si>
+  <si>
+    <t>22P05413</t>
+  </si>
+  <si>
+    <t>22414236</t>
+  </si>
+  <si>
+    <t>12L00951</t>
+  </si>
+  <si>
+    <t>22600630</t>
+  </si>
+  <si>
+    <t>22P04768</t>
+  </si>
+  <si>
+    <t>52503938</t>
+  </si>
+  <si>
+    <t>КВВГнг(А)-FRLS 4*2,5</t>
+  </si>
+  <si>
+    <t>32401547</t>
+  </si>
+  <si>
+    <t>22P05327</t>
+  </si>
+  <si>
+    <t>12L00046</t>
+  </si>
+  <si>
+    <t>AX000392</t>
+  </si>
+  <si>
+    <t>32406681</t>
+  </si>
+  <si>
+    <t>12L00952</t>
+  </si>
+  <si>
+    <t>12L00850</t>
+  </si>
+  <si>
+    <t>22601579</t>
+  </si>
+  <si>
+    <t>12L00874</t>
+  </si>
+  <si>
+    <t>Устройство CE 2</t>
+  </si>
+  <si>
+    <t>AX000382</t>
+  </si>
+  <si>
+    <t>22514449</t>
+  </si>
+  <si>
+    <t>12L01040</t>
+  </si>
+  <si>
+    <t>22517489</t>
+  </si>
+  <si>
+    <t>52503881</t>
+  </si>
+  <si>
+    <t>22513769</t>
+  </si>
+  <si>
+    <t>Зажим MJPT 54.6N</t>
+  </si>
+  <si>
+    <t>AX000379</t>
+  </si>
+  <si>
+    <t>22515876</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>НРШМ 1*120</t>
+  </si>
+  <si>
+    <t>52503996</t>
   </si>
   <si>
     <t>ААБл 3*150(ож)-10</t>
   </si>
   <si>
-    <t>22P03720</t>
-[...2453 lines deleted...]
-    <t>22600195</t>
+    <t>22N04906</t>
   </si>
   <si>
     <t>52503890</t>
   </si>
   <si>
-    <t>22600269</t>
-[...13 lines deleted...]
-  <si>
     <t>12P03939</t>
   </si>
   <si>
-    <t>Корпус PF 4</t>
-[...7 lines deleted...]
-  <si>
     <t>ППГнг(А)-HF-ХЛ 3*2,5ок(N,PE)-1</t>
   </si>
   <si>
     <t>32505813</t>
   </si>
   <si>
-    <t>22600226</t>
-[...1 lines deleted...]
-  <si>
     <t>32510034</t>
   </si>
   <si>
-    <t>52503958</t>
-[...17 lines deleted...]
-    <t>22512311</t>
+    <t>12L00780</t>
+  </si>
+  <si>
+    <t>12L00616</t>
+  </si>
+  <si>
+    <t>22601573</t>
+  </si>
+  <si>
+    <t>52503981</t>
+  </si>
+  <si>
+    <t>32510042</t>
+  </si>
+  <si>
+    <t>12L00871</t>
+  </si>
+  <si>
+    <t>32502780</t>
+  </si>
+  <si>
+    <t>52503940</t>
+  </si>
+  <si>
+    <t>52503969</t>
+  </si>
+  <si>
+    <t>52501398</t>
+  </si>
+  <si>
+    <t>22601558</t>
+  </si>
+  <si>
+    <t>12P05360</t>
+  </si>
+  <si>
+    <t>22516247</t>
+  </si>
+  <si>
+    <t>22509439</t>
+  </si>
+  <si>
+    <t>52410213</t>
+  </si>
+  <si>
+    <t>12L00793</t>
+  </si>
+  <si>
+    <t>52503914</t>
+  </si>
+  <si>
+    <t>12P05359</t>
+  </si>
+  <si>
+    <t>52503912</t>
+  </si>
+  <si>
+    <t>52503867</t>
+  </si>
+  <si>
+    <t>Предохранитель бытовой 8.5х31.5 4А</t>
+  </si>
+  <si>
+    <t>2313/1</t>
+  </si>
+  <si>
+    <t>22600292</t>
+  </si>
+  <si>
+    <t>12L00678</t>
+  </si>
+  <si>
+    <t>12L00947</t>
+  </si>
+  <si>
+    <t>22514483</t>
+  </si>
+  <si>
+    <t>22600294</t>
+  </si>
+  <si>
+    <t>32503336</t>
+  </si>
+  <si>
+    <t>33М04163/</t>
+  </si>
+  <si>
+    <t>Кабель КМПЭВ 7х0,35-500 В ТУ 16-705.169-80 (Электрокабель)</t>
+  </si>
+  <si>
+    <t>07270045</t>
+  </si>
+  <si>
+    <t>12P06456</t>
+  </si>
+  <si>
+    <t>52561503</t>
+  </si>
+  <si>
+    <t>22513358</t>
+  </si>
+  <si>
+    <t>22516318</t>
+  </si>
+  <si>
+    <t>52503901</t>
+  </si>
+  <si>
+    <t>52503859</t>
+  </si>
+  <si>
+    <t>31P02352</t>
+  </si>
+  <si>
+    <t>12P03521</t>
+  </si>
+  <si>
+    <t>12L00924</t>
+  </si>
+  <si>
+    <t>22509811</t>
+  </si>
+  <si>
+    <t>52503990</t>
+  </si>
+  <si>
+    <t>52503880</t>
+  </si>
+  <si>
+    <t>52503895</t>
+  </si>
+  <si>
+    <t>Крюк В 16/240 (ВК)</t>
+  </si>
+  <si>
+    <t>1085/1-13</t>
+  </si>
+  <si>
+    <t>52504001</t>
+  </si>
+  <si>
+    <t>22600295</t>
   </si>
   <si>
     <t>22600452</t>
   </si>
   <si>
-    <t>22600530</t>
-[...4 lines deleted...]
-  <si>
     <t>52503935</t>
   </si>
   <si>
-    <t>52503981</t>
-[...68 lines deleted...]
-    <t>22P05095</t>
+    <t>22516986</t>
+  </si>
+  <si>
+    <t>52503894</t>
   </si>
   <si>
     <t>22600589</t>
   </si>
   <si>
-    <t>12P05359</t>
-[...10 lines deleted...]
-  <si>
     <t>12P03528</t>
   </si>
   <si>
-    <t>52503912</t>
-[...2 lines deleted...]
-    <t>52503867</t>
+    <t>22503353</t>
   </si>
   <si>
     <t>АСБл 3*35(ож)-10</t>
   </si>
   <si>
     <t>22P04383</t>
   </si>
   <si>
-    <t>22503353</t>
-[...14 lines deleted...]
-    <t>22600292</t>
+    <t>12L00895</t>
+  </si>
+  <si>
+    <t>12L00851</t>
+  </si>
+  <si>
+    <t>12L00877</t>
   </si>
   <si>
     <t>52503918</t>
   </si>
   <si>
-    <t>22L00180</t>
-[...8 lines deleted...]
-    <t>22517011</t>
+    <t>22600692</t>
   </si>
   <si>
     <t>12P06630</t>
   </si>
   <si>
-    <t>32503336</t>
-[...7 lines deleted...]
-  <si>
     <t>52503983</t>
   </si>
   <si>
-    <t>Кабель КМПЭВ 7х0,35-500 В ТУ 16-705.169-80 (Электрокабель)</t>
-[...37 lines deleted...]
-  <si>
     <t>12P06041</t>
   </si>
   <si>
-    <t>52561503</t>
-[...13 lines deleted...]
-  <si>
     <t>32510037</t>
   </si>
   <si>
-    <t>52503901</t>
-[...5 lines deleted...]
-    <t>22L00200</t>
+    <t>12L00769</t>
+  </si>
+  <si>
+    <t>22513529</t>
+  </si>
+  <si>
+    <t>52504005</t>
   </si>
   <si>
     <t>22515860</t>
   </si>
   <si>
-    <t>12P06762</t>
-[...11 lines deleted...]
-    <t>22L00087</t>
+    <t>12P05727</t>
+  </si>
+  <si>
+    <t>12L00765</t>
   </si>
   <si>
     <t>32510041</t>
   </si>
   <si>
-    <t>22516949</t>
+    <t>12L00855</t>
   </si>
   <si>
     <t>12P07003</t>
   </si>
   <si>
     <t>ААШв 3*185(ож)-10</t>
   </si>
   <si>
     <t>22K08883</t>
   </si>
   <si>
-    <t>22509811</t>
-[...11 lines deleted...]
-    <t>22600155</t>
+    <t>22P05263</t>
   </si>
   <si>
     <t>52503927</t>
   </si>
   <si>
-    <t>52503990</t>
-[...10 lines deleted...]
-  <si>
     <t>52561499</t>
   </si>
   <si>
-    <t>22515594</t>
-[...4 lines deleted...]
-  <si>
     <t>52503876</t>
   </si>
   <si>
-    <t>22516491</t>
-[...7 lines deleted...]
-  <si>
     <t>52503898</t>
   </si>
   <si>
     <t>22P05212</t>
   </si>
   <si>
-    <t>12P07053</t>
-[...1 lines deleted...]
-  <si>
     <t>12P05358</t>
   </si>
   <si>
-    <t>52503895</t>
-[...7 lines deleted...]
-  <si>
     <t>22514551</t>
   </si>
   <si>
-    <t>22600295</t>
-[...5 lines deleted...]
-    <t>22600519</t>
+    <t>22L00245</t>
+  </si>
+  <si>
+    <t>12L00881</t>
+  </si>
+  <si>
+    <t>52503928</t>
+  </si>
+  <si>
+    <t>31P02364</t>
   </si>
   <si>
     <t>12P07039</t>
   </si>
   <si>
-    <t>52503928</t>
+    <t>12L00962</t>
+  </si>
+  <si>
+    <t>22L00199</t>
+  </si>
+  <si>
+    <t>22511701</t>
+  </si>
+  <si>
+    <t>КВВГЭнг(А)-LS 4*4</t>
+  </si>
+  <si>
+    <t>22512766</t>
+  </si>
+  <si>
+    <t>52503858</t>
+  </si>
+  <si>
+    <t>22P04310</t>
+  </si>
+  <si>
+    <t>52501400</t>
+  </si>
+  <si>
+    <t>22600194</t>
+  </si>
+  <si>
+    <t>231006/27</t>
+  </si>
+  <si>
+    <t>22514438</t>
+  </si>
+  <si>
+    <t>12L00845</t>
+  </si>
+  <si>
+    <t>12L00093</t>
+  </si>
+  <si>
+    <t>22L00604</t>
+  </si>
+  <si>
+    <t>12L00843</t>
+  </si>
+  <si>
+    <t>22L00571</t>
+  </si>
+  <si>
+    <t>12N05676</t>
+  </si>
+  <si>
+    <t>12L00946</t>
+  </si>
+  <si>
+    <t>12L00853</t>
+  </si>
+  <si>
+    <t>Ролик RT 5</t>
+  </si>
+  <si>
+    <t>AX000396</t>
+  </si>
+  <si>
+    <t>12L00933</t>
+  </si>
+  <si>
+    <t>32P00187</t>
+  </si>
+  <si>
+    <t>22L00242</t>
+  </si>
+  <si>
+    <t>22601139</t>
+  </si>
+  <si>
+    <t>12P00767</t>
+  </si>
+  <si>
+    <t>52503922</t>
+  </si>
+  <si>
+    <t>12L00854</t>
+  </si>
+  <si>
+    <t>ААБл 3*35(ож)-10</t>
+  </si>
+  <si>
+    <t>22P05369</t>
+  </si>
+  <si>
+    <t>22600301</t>
+  </si>
+  <si>
+    <t>12L00680</t>
+  </si>
+  <si>
+    <t>22601067</t>
+  </si>
+  <si>
+    <t>22601546</t>
+  </si>
+  <si>
+    <t>12P06659</t>
+  </si>
+  <si>
+    <t>12L00937</t>
+  </si>
+  <si>
+    <t>52503965</t>
   </si>
   <si>
     <t>22516862</t>
   </si>
   <si>
-    <t>22600645</t>
-[...25 lines deleted...]
-  <si>
     <t>22516858</t>
   </si>
   <si>
-    <t>22511701</t>
-[...8 lines deleted...]
-    <t>22516753</t>
+    <t>12L00409</t>
+  </si>
+  <si>
+    <t>12L00862</t>
   </si>
   <si>
     <t>КПКЭВнг(А)-FRLS  6*2*1</t>
   </si>
   <si>
     <t>120711</t>
   </si>
   <si>
-    <t>КВВГЭнг(А)-LS 4*4</t>
-[...20 lines deleted...]
-    <t>231006/27</t>
+    <t>12P01098</t>
   </si>
   <si>
     <t>32Z01481</t>
   </si>
   <si>
-    <t>12P06240</t>
-[...4 lines deleted...]
-  <si>
     <t>22516861</t>
   </si>
   <si>
-    <t>АВВГнг(А)-LS 4*16ок(N)-0.66</t>
-[...7 lines deleted...]
-  <si>
     <t>22503669</t>
   </si>
   <si>
-    <t>12L00062</t>
-[...4 lines deleted...]
-  <si>
     <t>32302149</t>
   </si>
   <si>
-    <t>12P04957</t>
-[...7 lines deleted...]
-  <si>
     <t>52503904</t>
   </si>
   <si>
-    <t>32502815</t>
-[...8 lines deleted...]
-    <t>22600528</t>
+    <t>22L00631</t>
+  </si>
+  <si>
+    <t>СИП-2 4*120+1*95-0.6/1</t>
+  </si>
+  <si>
+    <t>12L01017</t>
   </si>
   <si>
     <t>22510271</t>
   </si>
   <si>
-    <t>Ролик RT 5</t>
-[...2 lines deleted...]
-    <t>AX000396</t>
+    <t>12L00945</t>
+  </si>
+  <si>
+    <t>12L00840</t>
   </si>
   <si>
     <t>Зажим MJPT 50-70</t>
   </si>
   <si>
     <t>AX000414</t>
   </si>
   <si>
-    <t>22513269</t>
-[...4 lines deleted...]
-  <si>
     <t>22516842</t>
   </si>
   <si>
-    <t>12P06777</t>
-[...8 lines deleted...]
-    <t>22517000</t>
+    <t>12L00852</t>
+  </si>
+  <si>
+    <t>12L00949</t>
   </si>
   <si>
     <t>22516841</t>
   </si>
   <si>
-    <t>22P02830</t>
-[...11 lines deleted...]
-    <t>52503922</t>
+    <t>22P03872</t>
+  </si>
+  <si>
+    <t>12P06972</t>
+  </si>
+  <si>
+    <t>12L00861</t>
   </si>
   <si>
     <t>52503873</t>
   </si>
   <si>
+    <t>22601423</t>
+  </si>
+  <si>
     <t>AX000387</t>
   </si>
   <si>
-    <t>22N04263</t>
-[...13 lines deleted...]
-  <si>
     <t>Устройство CE 1</t>
   </si>
   <si>
     <t>AX000402</t>
   </si>
   <si>
-    <t>12P06659</t>
-[...10 lines deleted...]
-  <si>
     <t>12P06771</t>
   </si>
   <si>
     <t>ИРКАБ ЦАСБП 3*95ос-10</t>
   </si>
   <si>
     <t>22U00719</t>
   </si>
   <si>
-    <t>22516889</t>
-[...11 lines deleted...]
-    <t>32108142</t>
+    <t>12L00906</t>
   </si>
   <si>
     <t>22516519</t>
   </si>
   <si>
-    <t>22L00089</t>
-[...5 lines deleted...]
-    <t>22514538</t>
+    <t>12L00687</t>
   </si>
   <si>
     <t>22509911</t>
-  </si>
-[...10 lines deleted...]
-    <t>22P04870</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E976"/>
+  <dimension ref="A1:E860"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.8705644607544" customWidth="1"/>
     <col min="2" max="2" width="59.3079605102539" customWidth="1"/>
     <col min="3" max="3" width="10.081130027771" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="14.1437225341797" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
@@ -3724,16562 +3391,14590 @@
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="0">
         <v>0.24</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="0">
-        <v>1.002</v>
+        <v>2.025</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="0">
+        <v>0.45</v>
+      </c>
+      <c r="D5" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E5" s="0" t="s">
         <v>14</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C6" s="0">
-        <v>0.45</v>
+        <v>0.86</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="C7" s="0">
+        <v>0.128</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="0">
-        <v>0.128</v>
+        <v>0.53</v>
       </c>
       <c r="D8" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" s="0" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B9" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="0">
+        <v>0.42</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E9" s="0" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B10" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C10" s="0">
+        <v>0.129</v>
+      </c>
+      <c r="D10" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E10" s="0" t="s">
         <v>23</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="C11" s="0">
-        <v>0.553</v>
+        <v>0.247</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B12" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="0">
+        <v>0.553</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E12" s="0" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B13" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="C13" s="0">
+        <v>0.003</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E13" s="0" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C14" s="0">
-        <v>1.603</v>
+        <v>0.15</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="C15" s="0">
-        <v>0.696</v>
+        <v>0.006</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C16" s="0">
-        <v>0.225</v>
+        <v>0.272</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="C17" s="0">
-        <v>0.335</v>
+        <v>0.544</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C18" s="0">
-        <v>1.311</v>
+        <v>1.601</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C19" s="0">
-        <v>0.86</v>
+        <v>0.696</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C20" s="0">
-        <v>1.12</v>
+        <v>0.202</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C21" s="0">
-        <v>0.024</v>
+        <v>0.225</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C22" s="0">
-        <v>0.154</v>
+        <v>0.78</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="C23" s="0">
-        <v>1.29</v>
+        <v>0.42</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="C24" s="0">
-        <v>0.638</v>
+        <v>0.4</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="C25" s="0">
-        <v>0.305</v>
+        <v>0.335</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="C26" s="0">
-        <v>0.442</v>
+        <v>1.225</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="C27" s="0">
-        <v>0.368</v>
+        <v>0.56</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="C28" s="0">
-        <v>3.575</v>
+        <v>0.116</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B29" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C29" s="0">
+        <v>0.341</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E29" s="0" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C30" s="0">
-        <v>0.0532</v>
+        <v>1.02</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="C31" s="0">
-        <v>0.503</v>
+        <v>1.02</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="C32" s="0">
-        <v>1</v>
+        <v>1.309</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="C33" s="0">
-        <v>1.94</v>
+        <v>0.86</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="C34" s="0">
-        <v>0.87</v>
+        <v>0.3</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="C35" s="0">
-        <v>0.785</v>
+        <v>1.12</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="C36" s="0">
-        <v>0.426</v>
+        <v>0.024</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="C37" s="0">
-        <v>0.06</v>
+        <v>0.54</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C38" s="0">
-        <v>0.402</v>
+        <v>0.097</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C39" s="0">
-        <v>0.205</v>
+        <v>0.353</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C40" s="0">
-        <v>0.031</v>
+        <v>0.154</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C41" s="0">
-        <v>0.009</v>
+        <v>0.003</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C42" s="0">
-        <v>0.673</v>
+        <v>0.25</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B43" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C43" s="0">
+        <v>0.542</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E43" s="0" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B44" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C44" s="0">
+        <v>0.638</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E44" s="0" t="s">
         <v>78</v>
-      </c>
-[...7 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C45" s="0">
-        <v>0.6</v>
+        <v>0.86</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
       <c r="C46" s="0">
-        <v>1</v>
+        <v>0.006</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="C47" s="0">
-        <v>1.2</v>
+        <v>0.005</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="C48" s="0">
-        <v>1.125</v>
+        <v>0.007</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C49" s="0">
-        <v>3.655</v>
+        <v>0.007</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="C50" s="0">
-        <v>1.356</v>
+        <v>0.962</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>48</v>
+        <v>87</v>
       </c>
       <c r="C51" s="0">
-        <v>2.4</v>
+        <v>0.007</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="C52" s="0">
-        <v>1.2</v>
+        <v>2.423</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C53" s="0">
-        <v>0.416</v>
+        <v>0.262</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>48</v>
+        <v>93</v>
       </c>
       <c r="C54" s="0">
-        <v>0.457</v>
+        <v>0.0532</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
       <c r="C55" s="0">
-        <v>0.26</v>
+        <v>2.55</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C56" s="0">
-        <v>0.37</v>
+        <v>0.581</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="C57" s="0">
-        <v>0.22</v>
+        <v>0.87</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="C58" s="0">
-        <v>0.05</v>
+        <v>0.426</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="C59" s="0">
-        <v>0.61</v>
+        <v>0.06</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C60" s="0">
-        <v>0.602</v>
+        <v>0.402</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C61" s="0">
-        <v>0.603</v>
+        <v>0.198</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C62" s="0">
-        <v>1.024</v>
+        <v>0.031</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C63" s="0">
-        <v>2.8</v>
+        <v>0.009</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>105</v>
+        <v>61</v>
       </c>
       <c r="C64" s="0">
-        <v>0.789</v>
+        <v>0.673</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>107</v>
+        <v>74</v>
       </c>
       <c r="C65" s="0">
-        <v>0.702</v>
+        <v>0.603</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="C66" s="0">
-        <v>0.335</v>
+        <v>0.6</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="C67" s="0">
-        <v>0.44</v>
+        <v>0.36</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C68" s="0">
-        <v>0.075</v>
+        <v>3.655</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="C69" s="0">
-        <v>0.703</v>
+        <v>0.449</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C70" s="0">
-        <v>0.54</v>
+        <v>0.327</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>105</v>
+        <v>119</v>
       </c>
       <c r="C71" s="0">
-        <v>3.87</v>
+        <v>0.577</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C72" s="0">
-        <v>0.6</v>
+        <v>0.809</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>119</v>
+        <v>77</v>
       </c>
       <c r="C73" s="0">
-        <v>0.05</v>
+        <v>0.457</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>48</v>
+        <v>124</v>
       </c>
       <c r="C74" s="0">
-        <v>1.75</v>
+        <v>0.47</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="C75" s="0">
-        <v>1.12</v>
+        <v>0.4</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>26</v>
+        <v>127</v>
       </c>
       <c r="C76" s="0">
-        <v>0.442</v>
+        <v>0.26</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C77" s="0">
-        <v>0.69</v>
+        <v>0.37</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="C78" s="0">
-        <v>0.415</v>
+        <v>0.168</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C79" s="0">
-        <v>1.04</v>
+        <v>0.25</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="C80" s="0">
-        <v>0.55</v>
+        <v>0.01</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="C81" s="0">
-        <v>0.49</v>
+        <v>0.6</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="C82" s="0">
-        <v>3.1</v>
+        <v>2.6</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="C83" s="0">
-        <v>0.9</v>
+        <v>0.22</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>127</v>
+        <v>141</v>
       </c>
       <c r="C84" s="0">
-        <v>0.54</v>
+        <v>0.018</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>127</v>
+        <v>141</v>
       </c>
       <c r="C85" s="0">
-        <v>1.05</v>
+        <v>0.015</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="C86" s="0">
-        <v>1.992</v>
+        <v>0.05</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>136</v>
+        <v>12</v>
       </c>
       <c r="C87" s="0">
-        <v>0.058</v>
+        <v>0.61</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="C88" s="0">
-        <v>0.235</v>
+        <v>0.296</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C89" s="0">
-        <v>1.1</v>
+        <v>0.603</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="C90" s="0">
-        <v>0.575</v>
+        <v>1.024</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>142</v>
+        <v>48</v>
       </c>
       <c r="C91" s="0">
-        <v>0.364</v>
+        <v>0.789</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>119</v>
+        <v>48</v>
       </c>
       <c r="C92" s="0">
-        <v>0.15</v>
+        <v>2.8</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C93" s="0">
-        <v>1.549</v>
+        <v>0.702</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="C94" s="0">
-        <v>0.49</v>
+        <v>0.378</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C95" s="0">
-        <v>0.422</v>
+        <v>0.75</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>56</v>
+        <v>158</v>
       </c>
       <c r="C96" s="0">
-        <v>0.05</v>
+        <v>0.335</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="C97" s="0">
-        <v>0.135</v>
+        <v>0.075</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C98" s="0">
-        <v>0.702</v>
+        <v>0.44</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="C99" s="0">
-        <v>1.74</v>
+        <v>0.84</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="C100" s="0">
-        <v>1.465</v>
+        <v>2.954</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>158</v>
+        <v>77</v>
       </c>
       <c r="C101" s="0">
-        <v>0.535</v>
+        <v>2.985</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>105</v>
+        <v>165</v>
       </c>
       <c r="C102" s="0">
-        <v>0.607</v>
+        <v>0.745</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C103" s="0">
-        <v>0.37</v>
+        <v>2.023</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="C104" s="0">
-        <v>0.55</v>
+        <v>2</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>164</v>
+        <v>18</v>
       </c>
       <c r="C105" s="0">
-        <v>0.41</v>
+        <v>3</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>164</v>
+        <v>48</v>
       </c>
       <c r="C106" s="0">
-        <v>0.16</v>
+        <v>2.866</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="C107" s="0">
-        <v>1.051</v>
+        <v>0.703</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C108" s="0">
-        <v>2.733</v>
+        <v>0.54</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>171</v>
+        <v>5</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>161</v>
+        <v>35</v>
       </c>
       <c r="C109" s="0">
-        <v>0.2</v>
+        <v>0.765</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="C110" s="0">
-        <v>0.032</v>
+        <v>1.51</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>117</v>
+        <v>177</v>
       </c>
       <c r="C111" s="0">
-        <v>0.38</v>
+        <v>0.05</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>117</v>
+        <v>179</v>
       </c>
       <c r="C112" s="0">
-        <v>0.39</v>
+        <v>0.13</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="C113" s="0">
-        <v>0.531</v>
+        <v>0.666</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>177</v>
+        <v>43</v>
       </c>
       <c r="C114" s="0">
-        <v>0.163</v>
+        <v>0.45</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C115" s="0">
-        <v>0.12</v>
+        <v>0.49</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>51</v>
+        <v>184</v>
       </c>
       <c r="C116" s="0">
-        <v>0.202</v>
+        <v>0.75</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>26</v>
+        <v>114</v>
       </c>
       <c r="C117" s="0">
-        <v>0.102</v>
+        <v>1.992</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>28</v>
+        <v>187</v>
       </c>
       <c r="C118" s="0">
-        <v>1.01</v>
+        <v>0.057</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C119" s="0">
-        <v>0.13</v>
+        <v>0.16</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="C120" s="0">
-        <v>0.42</v>
+        <v>0.235</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>187</v>
+        <v>12</v>
       </c>
       <c r="C121" s="0">
-        <v>0.6</v>
+        <v>1.1</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C122" s="0">
-        <v>0.332</v>
+        <v>0.364</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>191</v>
+        <v>177</v>
       </c>
       <c r="C123" s="0">
-        <v>0.76</v>
+        <v>0.15</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>158</v>
+        <v>197</v>
       </c>
       <c r="C124" s="0">
-        <v>0.295</v>
+        <v>0.452</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C125" s="0">
-        <v>0.264</v>
+        <v>1.549</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>189</v>
+        <v>141</v>
       </c>
       <c r="C126" s="0">
-        <v>0.238</v>
+        <v>0.176</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C127" s="0">
-        <v>7</v>
+        <v>0.49</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>26</v>
+        <v>93</v>
       </c>
       <c r="C128" s="0">
-        <v>0.27</v>
+        <v>0.05</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>84</v>
+        <v>205</v>
       </c>
       <c r="C129" s="0">
-        <v>3.33</v>
+        <v>0.135</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>21</v>
+        <v>197</v>
       </c>
       <c r="C130" s="0">
-        <v>1.337</v>
+        <v>0.567</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C131" s="0">
-        <v>1.216</v>
+        <v>0.045</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C132" s="0">
-        <v>0.025</v>
+        <v>0.998</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C133" s="0">
-        <v>0.5</v>
+        <v>1.165</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="C134" s="0">
-        <v>0.23</v>
+        <v>0.37</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="C135" s="0">
-        <v>0.201</v>
+        <v>0.41</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="C136" s="0">
-        <v>0.46</v>
+        <v>0.474</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>124</v>
+        <v>216</v>
       </c>
       <c r="C137" s="0">
-        <v>1.57</v>
+        <v>0.16</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="C138" s="0">
-        <v>0.102</v>
+        <v>1.051</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="C139" s="0">
-        <v>0.801</v>
+        <v>1.733</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="C140" s="0">
-        <v>0.214</v>
+        <v>0.52</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>219</v>
+        <v>187</v>
       </c>
       <c r="C141" s="0">
-        <v>0.246</v>
+        <v>0.001</v>
       </c>
       <c r="D141" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>45</v>
+        <v>227</v>
       </c>
       <c r="C142" s="0">
-        <v>0.206</v>
+        <v>0.118</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C143" s="0">
-        <v>0.31</v>
+        <v>0.01</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C144" s="0">
-        <v>1.9</v>
+        <v>2.893</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="C145" s="0">
-        <v>0.092</v>
+        <v>0.032</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>12</v>
+        <v>232</v>
       </c>
       <c r="C146" s="0">
-        <v>0.458</v>
+        <v>0.38</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="C147" s="0">
-        <v>1.003</v>
+        <v>1.594</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>228</v>
+        <v>48</v>
       </c>
       <c r="C148" s="0">
-        <v>0.249</v>
+        <v>1.4</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="C149" s="0">
-        <v>3.54</v>
+        <v>0.7</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="C150" s="0">
-        <v>2.153</v>
+        <v>0.036</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="C151" s="0">
-        <v>0.45</v>
+        <v>1.712</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="C152" s="0">
-        <v>0.3</v>
+        <v>1.6</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>234</v>
+        <v>12</v>
       </c>
       <c r="C153" s="0">
-        <v>0.462</v>
+        <v>1.09</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>236</v>
+        <v>77</v>
       </c>
       <c r="C154" s="0">
-        <v>1.165</v>
+        <v>0.531</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C155" s="0">
-        <v>0.229</v>
+        <v>1.03</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C156" s="0">
-        <v>0.125</v>
+        <v>0.16</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C157" s="0">
-        <v>0.668</v>
+        <v>0.163</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>243</v>
+        <v>59</v>
       </c>
       <c r="C158" s="0">
-        <v>0.047</v>
+        <v>0.42</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>245</v>
+        <v>154</v>
       </c>
       <c r="C159" s="0">
-        <v>0.048</v>
+        <v>0.202</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>43</v>
+        <v>249</v>
       </c>
       <c r="C160" s="0">
-        <v>0.033</v>
+        <v>0.65</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>248</v>
+        <v>184</v>
       </c>
       <c r="C161" s="0">
-        <v>0.53</v>
+        <v>0.102</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>142</v>
+        <v>20</v>
       </c>
       <c r="C162" s="0">
-        <v>0.04</v>
+        <v>0.13</v>
       </c>
       <c r="D162" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>251</v>
+        <v>232</v>
       </c>
       <c r="C163" s="0">
-        <v>0.08</v>
+        <v>0.45</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>9</v>
+        <v>254</v>
       </c>
       <c r="C164" s="0">
-        <v>0.183</v>
+        <v>0.419</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C165" s="0">
-        <v>0.275</v>
+        <v>0.6</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C166" s="0">
-        <v>0.52</v>
+        <v>0.267</v>
       </c>
       <c r="D166" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="C167" s="0">
-        <v>0.726</v>
+        <v>0.76</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C168" s="0">
-        <v>0.824</v>
+        <v>0.206</v>
       </c>
       <c r="D168" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C169" s="0">
-        <v>1.256</v>
+        <v>0.295</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>259</v>
+        <v>61</v>
       </c>
       <c r="C170" s="0">
-        <v>1.321</v>
+        <v>0.67</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>261</v>
+        <v>48</v>
       </c>
       <c r="C171" s="0">
-        <v>0.627</v>
+        <v>0.56</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>263</v>
+        <v>12</v>
       </c>
       <c r="C172" s="0">
-        <v>0.028</v>
+        <v>1.453</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C173" s="0">
-        <v>0.002</v>
+        <v>0.264</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="C174" s="0">
-        <v>0.211</v>
+        <v>0.232</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>16</v>
+        <v>272</v>
       </c>
       <c r="C175" s="0">
-        <v>1.785</v>
+        <v>5</v>
       </c>
       <c r="D175" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>28</v>
+        <v>114</v>
       </c>
       <c r="C176" s="0">
-        <v>0.445</v>
+        <v>3.33</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>271</v>
+        <v>18</v>
       </c>
       <c r="C177" s="0">
-        <v>0.029</v>
+        <v>1.337</v>
       </c>
       <c r="D177" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C178" s="0">
-        <v>1.02</v>
+        <v>1.215</v>
       </c>
       <c r="D178" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C179" s="0">
-        <v>0.407</v>
+        <v>0.025</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="C180" s="0">
-        <v>2.5</v>
+        <v>1.651</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C181" s="0">
-        <v>0.502</v>
+        <v>0.401</v>
       </c>
       <c r="D181" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="C182" s="0">
-        <v>0.818</v>
+        <v>0.224</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>127</v>
+        <v>85</v>
       </c>
       <c r="C183" s="0">
-        <v>0.885</v>
+        <v>0.074</v>
       </c>
       <c r="D183" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="C184" s="0">
-        <v>0.88</v>
+        <v>3.01</v>
       </c>
       <c r="D184" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>14</v>
+        <v>232</v>
       </c>
       <c r="C185" s="0">
-        <v>1.08</v>
+        <v>0.46</v>
       </c>
       <c r="D185" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>14</v>
+        <v>286</v>
       </c>
       <c r="C186" s="0">
-        <v>1</v>
+        <v>0.098</v>
       </c>
       <c r="D186" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>285</v>
+        <v>5</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>127</v>
+        <v>39</v>
       </c>
       <c r="C187" s="0">
-        <v>0.86</v>
+        <v>0.63</v>
       </c>
       <c r="D187" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>287</v>
+        <v>61</v>
       </c>
       <c r="C188" s="0">
-        <v>0.128</v>
+        <v>0.55</v>
       </c>
       <c r="D188" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C189" s="0">
-        <v>1.55</v>
+        <v>0.214</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>127</v>
+        <v>35</v>
       </c>
       <c r="C190" s="0">
-        <v>1.18</v>
+        <v>1.28</v>
       </c>
       <c r="D190" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>26</v>
+        <v>114</v>
       </c>
       <c r="C191" s="0">
-        <v>0.61</v>
+        <v>1</v>
       </c>
       <c r="D191" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C192" s="0">
-        <v>0.15</v>
+        <v>0.246</v>
       </c>
       <c r="D192" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="C193" s="0">
-        <v>0.244</v>
+        <v>0.206</v>
       </c>
       <c r="D193" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>45</v>
+        <v>297</v>
       </c>
       <c r="C194" s="0">
-        <v>0.168</v>
+        <v>0.31</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>296</v>
+        <v>114</v>
       </c>
       <c r="C195" s="0">
-        <v>0.704</v>
+        <v>1.9</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>285</v>
+        <v>11</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C196" s="0">
-        <v>0.975</v>
+        <v>0.092</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>299</v>
+        <v>59</v>
       </c>
       <c r="C197" s="0">
-        <v>0.672</v>
+        <v>1.003</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C198" s="0">
-        <v>0.452</v>
+        <v>0.249</v>
       </c>
       <c r="D198" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>303</v>
+        <v>77</v>
       </c>
       <c r="C199" s="0">
-        <v>0.248</v>
+        <v>2.153</v>
       </c>
       <c r="D199" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>16</v>
+        <v>114</v>
       </c>
       <c r="C200" s="0">
-        <v>1.72</v>
+        <v>0.45</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>26</v>
+        <v>77</v>
       </c>
       <c r="C201" s="0">
-        <v>0.299</v>
+        <v>0.3</v>
       </c>
       <c r="D201" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B202" s="0" t="s">
         <v>307</v>
       </c>
-      <c r="B202" s="0" t="s">
+      <c r="C202" s="0">
+        <v>0.461</v>
+      </c>
+      <c r="D202" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E202" s="0" t="s">
         <v>308</v>
-      </c>
-[...7 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>171</v>
+        <v>11</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>14</v>
+        <v>167</v>
       </c>
       <c r="C203" s="0">
-        <v>1.18</v>
+        <v>1.165</v>
       </c>
       <c r="D203" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C204" s="0">
-        <v>2.605</v>
+        <v>0.229</v>
       </c>
       <c r="D204" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C205" s="0">
-        <v>18</v>
+        <v>0.125</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>314</v>
+        <v>232</v>
       </c>
       <c r="C206" s="0">
-        <v>0.153</v>
+        <v>0.05</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>241</v>
+        <v>314</v>
       </c>
       <c r="C207" s="0">
-        <v>1.26</v>
+        <v>0.668</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>245</v>
+        <v>316</v>
       </c>
       <c r="C208" s="0">
-        <v>0.113</v>
+        <v>0.047</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>127</v>
+        <v>65</v>
       </c>
       <c r="C209" s="0">
-        <v>0.83</v>
+        <v>0.033</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>319</v>
       </c>
       <c r="C210" s="0">
-        <v>0.68</v>
+        <v>0.53</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>16</v>
+        <v>194</v>
       </c>
       <c r="C211" s="0">
-        <v>1.72</v>
+        <v>0.04</v>
       </c>
       <c r="D211" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>16</v>
+        <v>322</v>
       </c>
       <c r="C212" s="0">
-        <v>0.78</v>
+        <v>0.08</v>
       </c>
       <c r="D212" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C213" s="0">
-        <v>1.005</v>
+        <v>0.183</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C214" s="0">
-        <v>0.28</v>
+        <v>0.275</v>
       </c>
       <c r="D214" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>325</v>
+        <v>224</v>
       </c>
       <c r="C215" s="0">
-        <v>0.302</v>
+        <v>0.52</v>
       </c>
       <c r="D215" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>327</v>
+        <v>12</v>
       </c>
       <c r="C216" s="0">
-        <v>0.5</v>
+        <v>0.726</v>
       </c>
       <c r="D216" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>16</v>
+        <v>232</v>
       </c>
       <c r="C217" s="0">
-        <v>3.2</v>
+        <v>0.54</v>
       </c>
       <c r="D217" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>330</v>
       </c>
       <c r="C218" s="0">
-        <v>40</v>
+        <v>0.321</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E218" s="0" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>48</v>
+        <v>330</v>
       </c>
       <c r="C219" s="0">
-        <v>1.47</v>
+        <v>0.824</v>
       </c>
       <c r="D219" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="C220" s="0">
-        <v>200</v>
+        <v>1.256</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="C221" s="0">
-        <v>2.63</v>
+        <v>2.585</v>
       </c>
       <c r="D221" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>336</v>
+        <v>63</v>
       </c>
       <c r="C222" s="0">
-        <v>20</v>
+        <v>1.469</v>
       </c>
       <c r="D222" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>39</v>
+        <v>334</v>
       </c>
       <c r="C223" s="0">
-        <v>1.002</v>
+        <v>0.186</v>
       </c>
       <c r="D223" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>14</v>
+        <v>336</v>
       </c>
       <c r="C224" s="0">
-        <v>1.05</v>
+        <v>0.101</v>
       </c>
       <c r="D224" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>14</v>
+        <v>338</v>
       </c>
       <c r="C225" s="0">
-        <v>0.79</v>
+        <v>0.306</v>
       </c>
       <c r="D225" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>26</v>
+        <v>340</v>
       </c>
       <c r="C226" s="0">
-        <v>1.875</v>
+        <v>0.064</v>
       </c>
       <c r="D226" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E226" s="0" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>342</v>
       </c>
       <c r="C227" s="0">
-        <v>1.6</v>
+        <v>0.018</v>
       </c>
       <c r="D227" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E227" s="0" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>105</v>
+        <v>344</v>
       </c>
       <c r="C228" s="0">
-        <v>5</v>
+        <v>0.28</v>
       </c>
       <c r="D228" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>12</v>
+        <v>344</v>
       </c>
       <c r="C229" s="0">
-        <v>0.803</v>
+        <v>0.003</v>
       </c>
       <c r="D229" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>346</v>
+        <v>214</v>
       </c>
       <c r="C230" s="0">
-        <v>0.451</v>
+        <v>0.003</v>
       </c>
       <c r="D230" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E230" s="0" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="C231" s="0">
-        <v>2.51</v>
+        <v>0.314</v>
       </c>
       <c r="D231" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E231" s="0" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C232" s="0">
-        <v>1</v>
+        <v>0.004</v>
       </c>
       <c r="D232" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E232" s="0" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B233" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="C233" s="0">
+        <v>0.006</v>
+      </c>
+      <c r="D233" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E233" s="0" t="s">
         <v>350</v>
-      </c>
-[...7 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>48</v>
+        <v>286</v>
       </c>
       <c r="C234" s="0">
-        <v>0.785</v>
+        <v>0.004</v>
       </c>
       <c r="D234" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>353</v>
+        <v>227</v>
       </c>
       <c r="C235" s="0">
-        <v>0.334</v>
+        <v>0.028</v>
       </c>
       <c r="D235" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>183</v>
+        <v>104</v>
       </c>
       <c r="C236" s="0">
-        <v>0.22</v>
+        <v>0.007</v>
       </c>
       <c r="D236" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>9</v>
+        <v>354</v>
       </c>
       <c r="C237" s="0">
-        <v>0.47</v>
+        <v>0.002</v>
       </c>
       <c r="D237" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>105</v>
+        <v>356</v>
       </c>
       <c r="C238" s="0">
-        <v>5.68</v>
+        <v>0.211</v>
       </c>
       <c r="D238" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E238" s="0" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C239" s="0">
-        <v>3.2</v>
+        <v>1.785</v>
       </c>
       <c r="D239" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E239" s="0" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B240" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C240" s="0">
+        <v>0.01</v>
+      </c>
+      <c r="D240" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E240" s="0" t="s">
         <v>359</v>
-      </c>
-[...7 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>361</v>
+        <v>340</v>
       </c>
       <c r="C241" s="0">
-        <v>11</v>
+        <v>0.015</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>267</v>
+        <v>361</v>
       </c>
       <c r="C242" s="0">
-        <v>0.27</v>
+        <v>0.029</v>
       </c>
       <c r="D242" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>364</v>
+        <v>35</v>
       </c>
       <c r="C243" s="0">
-        <v>1</v>
+        <v>0.55</v>
       </c>
       <c r="D243" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="C244" s="0">
-        <v>0.199</v>
+        <v>1.02</v>
       </c>
       <c r="D244" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>26</v>
+        <v>366</v>
       </c>
       <c r="C245" s="0">
-        <v>0.765</v>
+        <v>0.29</v>
       </c>
       <c r="D245" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E245" s="0" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>287</v>
+        <v>249</v>
       </c>
       <c r="C246" s="0">
-        <v>0.107</v>
+        <v>0.508</v>
       </c>
       <c r="D246" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E246" s="0" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="C247" s="0">
-        <v>0.87</v>
+        <v>1.215</v>
       </c>
       <c r="D247" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E247" s="0" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>285</v>
+        <v>11</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>14</v>
+        <v>370</v>
       </c>
       <c r="C248" s="0">
-        <v>1</v>
+        <v>0.43</v>
       </c>
       <c r="D248" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E248" s="0" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>16</v>
+        <v>370</v>
       </c>
       <c r="C249" s="0">
-        <v>2.5</v>
+        <v>0.568</v>
       </c>
       <c r="D249" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E249" s="0" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B250" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C250" s="0">
+        <v>1.918</v>
+      </c>
+      <c r="D250" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E250" s="0" t="s">
         <v>372</v>
-      </c>
-[...7 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>374</v>
+        <v>77</v>
       </c>
       <c r="C251" s="0">
-        <v>0.515</v>
+        <v>2.094</v>
       </c>
       <c r="D251" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>376</v>
+        <v>43</v>
       </c>
       <c r="C252" s="0">
-        <v>0.7</v>
+        <v>0.885</v>
       </c>
       <c r="D252" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="C253" s="0">
-        <v>0.51</v>
+        <v>0.128</v>
       </c>
       <c r="D253" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E253" s="0" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>378</v>
+        <v>117</v>
       </c>
       <c r="C254" s="0">
-        <v>0.575</v>
+        <v>0.248</v>
       </c>
       <c r="D254" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="C255" s="0">
-        <v>4.52</v>
+        <v>1.72</v>
       </c>
       <c r="D255" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E255" s="0" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>149</v>
+        <v>378</v>
       </c>
       <c r="C256" s="0">
-        <v>0.502</v>
+        <v>20</v>
       </c>
       <c r="D256" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>382</v>
+        <v>11</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>278</v>
+        <v>380</v>
       </c>
       <c r="C257" s="0">
-        <v>0.388</v>
+        <v>0.501</v>
       </c>
       <c r="D257" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C258" s="0">
-        <v>3</v>
+        <v>0.479</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>127</v>
+        <v>384</v>
       </c>
       <c r="C259" s="0">
-        <v>0.85</v>
+        <v>0.297</v>
       </c>
       <c r="D259" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>285</v>
+        <v>11</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>127</v>
+        <v>382</v>
       </c>
       <c r="C260" s="0">
-        <v>0.81</v>
+        <v>0.479</v>
       </c>
       <c r="D260" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>14</v>
+        <v>387</v>
       </c>
       <c r="C261" s="0">
-        <v>1</v>
+        <v>0.196</v>
       </c>
       <c r="D261" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E261" s="0" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>278</v>
+        <v>9</v>
       </c>
       <c r="C262" s="0">
-        <v>0.502</v>
+        <v>0.47</v>
       </c>
       <c r="D262" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E262" s="0" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B263" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C263" s="0">
+        <v>3.06</v>
+      </c>
+      <c r="D263" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="E263" s="0" t="s">
         <v>390</v>
-      </c>
-[...7 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>105</v>
+        <v>210</v>
       </c>
       <c r="C264" s="0">
-        <v>4.5</v>
+        <v>1</v>
       </c>
       <c r="D264" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>251</v>
+        <v>392</v>
       </c>
       <c r="C265" s="0">
-        <v>0.238</v>
+        <v>0.237</v>
       </c>
       <c r="D265" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E265" s="0" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>74</v>
+        <v>370</v>
       </c>
       <c r="C266" s="0">
-        <v>0.9</v>
+        <v>0.51</v>
       </c>
       <c r="D266" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E266" s="0" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>395</v>
+        <v>370</v>
       </c>
       <c r="C267" s="0">
-        <v>52</v>
+        <v>0.7</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>350</v>
+        <v>165</v>
       </c>
       <c r="C268" s="0">
-        <v>0.304</v>
+        <v>0.8</v>
       </c>
       <c r="D268" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>307</v>
+        <v>396</v>
       </c>
       <c r="B269" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C269" s="0">
+        <v>3</v>
+      </c>
+      <c r="D269" s="0" t="s">
         <v>398</v>
-      </c>
-[...4 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E269" s="0" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>21</v>
+        <v>400</v>
       </c>
       <c r="C270" s="0">
-        <v>2.626</v>
+        <v>4</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>401</v>
+        <v>322</v>
       </c>
       <c r="C271" s="0">
-        <v>70</v>
+        <v>0.238</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E271" s="0" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>364</v>
+        <v>18</v>
       </c>
       <c r="C272" s="0">
-        <v>1</v>
+        <v>3.13</v>
       </c>
       <c r="D272" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E272" s="0" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="C273" s="0">
-        <v>1.1</v>
+        <v>0.825</v>
       </c>
       <c r="D273" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E273" s="0" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>127</v>
+        <v>384</v>
       </c>
       <c r="C274" s="0">
-        <v>0.885</v>
+        <v>0.304</v>
       </c>
       <c r="D274" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E274" s="0" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>48</v>
+        <v>406</v>
       </c>
       <c r="C275" s="0">
-        <v>3.86</v>
+        <v>70</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>407</v>
+        <v>249</v>
       </c>
       <c r="C276" s="0">
-        <v>0.167</v>
+        <v>0.205</v>
       </c>
       <c r="D276" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E276" s="0" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>23</v>
+        <v>409</v>
       </c>
       <c r="C277" s="0">
-        <v>0.501</v>
+        <v>0.167</v>
       </c>
       <c r="D277" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>127</v>
+        <v>411</v>
       </c>
       <c r="C278" s="0">
-        <v>0.62</v>
+        <v>0.501</v>
       </c>
       <c r="D278" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C279" s="0">
-        <v>2.256</v>
+        <v>0.615</v>
       </c>
       <c r="D279" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="C280" s="0">
-        <v>0.291</v>
+        <v>0.168</v>
       </c>
       <c r="D280" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E280" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>336</v>
+        <v>227</v>
       </c>
       <c r="C281" s="0">
-        <v>10.095</v>
+        <v>0.128</v>
       </c>
       <c r="D281" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>161</v>
+        <v>316</v>
       </c>
       <c r="C282" s="0">
-        <v>0.56</v>
+        <v>0.316</v>
       </c>
       <c r="D282" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>407</v>
+        <v>43</v>
       </c>
       <c r="C283" s="0">
-        <v>0.168</v>
+        <v>0.3</v>
       </c>
       <c r="D283" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>183</v>
+        <v>61</v>
       </c>
       <c r="C284" s="0">
-        <v>0.76</v>
+        <v>0.88</v>
       </c>
       <c r="D284" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>26</v>
+        <v>420</v>
       </c>
       <c r="C285" s="0">
-        <v>0.224</v>
+        <v>36</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>243</v>
+        <v>420</v>
       </c>
       <c r="C286" s="0">
-        <v>0.316</v>
+        <v>18</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>263</v>
+        <v>117</v>
       </c>
       <c r="C287" s="0">
-        <v>0.128</v>
+        <v>1.575</v>
       </c>
       <c r="D287" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>127</v>
+        <v>424</v>
       </c>
       <c r="C288" s="0">
-        <v>0.88</v>
+        <v>0.28</v>
       </c>
       <c r="D288" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E288" s="0" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C289" s="0">
-        <v>1.08</v>
+        <v>1.005</v>
       </c>
       <c r="D289" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="C290" s="0">
-        <v>0.502</v>
+        <v>0.302</v>
       </c>
       <c r="D290" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E290" s="0" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>171</v>
+        <v>396</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>127</v>
+        <v>429</v>
       </c>
       <c r="C291" s="0">
-        <v>0.86</v>
+        <v>40</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="C292" s="0">
-        <v>0.311</v>
+        <v>1.47</v>
       </c>
       <c r="D292" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>307</v>
+        <v>396</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="C293" s="0">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>309</v>
+        <v>398</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>127</v>
+        <v>366</v>
       </c>
       <c r="C294" s="0">
-        <v>0.89</v>
+        <v>0.208</v>
       </c>
       <c r="D294" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E294" s="0" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="C295" s="0">
-        <v>0.315</v>
+        <v>0.803</v>
       </c>
       <c r="D295" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E295" s="0" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>263</v>
+        <v>48</v>
       </c>
       <c r="C296" s="0">
-        <v>0.128</v>
+        <v>4.501</v>
       </c>
       <c r="D296" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E296" s="0" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>434</v>
+        <v>77</v>
       </c>
       <c r="C297" s="0">
-        <v>0.605</v>
+        <v>0.785</v>
       </c>
       <c r="D297" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>14</v>
+        <v>439</v>
       </c>
       <c r="C298" s="0">
-        <v>1.05</v>
+        <v>11</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E298" s="0" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>105</v>
+        <v>356</v>
       </c>
       <c r="C299" s="0">
-        <v>3.27</v>
+        <v>0.27</v>
       </c>
       <c r="D299" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E299" s="0" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>26</v>
+        <v>387</v>
       </c>
       <c r="C300" s="0">
-        <v>0.527</v>
+        <v>0.199</v>
       </c>
       <c r="D300" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E300" s="0" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>439</v>
+        <v>374</v>
       </c>
       <c r="C301" s="0">
-        <v>43</v>
+        <v>0.107</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E301" s="0" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="C302" s="0">
-        <v>3.06</v>
+        <v>0.87</v>
       </c>
       <c r="D302" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="C303" s="0">
-        <v>1.54</v>
+        <v>1.13</v>
       </c>
       <c r="D303" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E303" s="0" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>11</v>
+        <v>447</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>127</v>
+        <v>77</v>
       </c>
       <c r="C304" s="0">
-        <v>0.175</v>
+        <v>3.06</v>
       </c>
       <c r="D304" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E304" s="0" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>43</v>
+        <v>449</v>
       </c>
       <c r="C305" s="0">
-        <v>0.073</v>
+        <v>0.515</v>
       </c>
       <c r="D305" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E305" s="0" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>407</v>
+        <v>232</v>
       </c>
       <c r="C306" s="0">
-        <v>0.147</v>
+        <v>0.42</v>
       </c>
       <c r="D306" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E306" s="0" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>364</v>
+        <v>452</v>
       </c>
       <c r="C307" s="0">
-        <v>1.001</v>
+        <v>1.15</v>
       </c>
       <c r="D307" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E307" s="0" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>48</v>
+        <v>454</v>
       </c>
       <c r="C308" s="0">
-        <v>3.875</v>
+        <v>0.575</v>
       </c>
       <c r="D308" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>243</v>
+        <v>136</v>
       </c>
       <c r="C309" s="0">
-        <v>0.316</v>
+        <v>1.55</v>
       </c>
       <c r="D309" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>407</v>
+        <v>48</v>
       </c>
       <c r="C310" s="0">
-        <v>0.112</v>
+        <v>4.52</v>
       </c>
       <c r="D310" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>299</v>
+        <v>136</v>
       </c>
       <c r="C311" s="0">
-        <v>0.361</v>
+        <v>1.55</v>
       </c>
       <c r="D311" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="C312" s="0">
-        <v>3.025</v>
+        <v>0.85</v>
       </c>
       <c r="D312" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>299</v>
+        <v>460</v>
       </c>
       <c r="C313" s="0">
-        <v>0.502</v>
+        <v>52</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>117</v>
+        <v>462</v>
       </c>
       <c r="C314" s="0">
-        <v>1.36</v>
+        <v>25</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E314" s="0" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>342</v>
+        <v>210</v>
       </c>
       <c r="C315" s="0">
-        <v>0.62</v>
+        <v>1</v>
       </c>
       <c r="D315" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="C316" s="0">
-        <v>1</v>
+        <v>0.885</v>
       </c>
       <c r="D316" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>105</v>
+        <v>43</v>
       </c>
       <c r="C317" s="0">
-        <v>4.98</v>
+        <v>0.62</v>
       </c>
       <c r="D317" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E317" s="0" t="s">
-        <v>457</v>
+        <v>466</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>28</v>
+        <v>378</v>
       </c>
       <c r="C318" s="0">
-        <v>1.66</v>
+        <v>10.095</v>
       </c>
       <c r="D318" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>336</v>
+        <v>452</v>
       </c>
       <c r="C319" s="0">
-        <v>17.981</v>
+        <v>0.291</v>
       </c>
       <c r="D319" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E319" s="0" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="C320" s="0">
-        <v>0.56</v>
+        <v>0.702</v>
       </c>
       <c r="D320" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>327</v>
+        <v>471</v>
       </c>
       <c r="C321" s="0">
-        <v>0.65</v>
+        <v>2.256</v>
       </c>
       <c r="D321" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>336</v>
+        <v>452</v>
       </c>
       <c r="C322" s="0">
-        <v>26.083</v>
+        <v>1.21</v>
       </c>
       <c r="D322" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>463</v>
+        <v>473</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>161</v>
+        <v>18</v>
       </c>
       <c r="C323" s="0">
-        <v>0.5</v>
+        <v>2.94</v>
       </c>
       <c r="D323" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E323" s="0" t="s">
-        <v>464</v>
+        <v>474</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>465</v>
+        <v>316</v>
       </c>
       <c r="C324" s="0">
-        <v>0.29</v>
+        <v>0.311</v>
       </c>
       <c r="D324" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>243</v>
+        <v>476</v>
       </c>
       <c r="C325" s="0">
-        <v>0.315</v>
+        <v>0.17</v>
       </c>
       <c r="D325" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E325" s="0" t="s">
-        <v>467</v>
+        <v>477</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>407</v>
+        <v>478</v>
       </c>
       <c r="C326" s="0">
-        <v>0.169</v>
+        <v>43</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E326" s="0" t="s">
-        <v>468</v>
+        <v>479</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>469</v>
+        <v>65</v>
       </c>
       <c r="C327" s="0">
-        <v>40</v>
+        <v>0.073</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E327" s="0" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>171</v>
+        <v>11</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>183</v>
+        <v>43</v>
       </c>
       <c r="C328" s="0">
-        <v>0.885</v>
+        <v>0.175</v>
       </c>
       <c r="D328" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E328" s="0" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>472</v>
+        <v>39</v>
       </c>
       <c r="C329" s="0">
-        <v>3</v>
+        <v>0.64</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>299</v>
+        <v>409</v>
       </c>
       <c r="C330" s="0">
-        <v>0.31</v>
+        <v>0.112</v>
       </c>
       <c r="D330" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E330" s="0" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>323</v>
+        <v>210</v>
       </c>
       <c r="C331" s="0">
-        <v>0.277</v>
+        <v>1.001</v>
       </c>
       <c r="D331" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>16</v>
+        <v>165</v>
       </c>
       <c r="C332" s="0">
-        <v>2.51</v>
+        <v>0.62</v>
       </c>
       <c r="D332" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>74</v>
+        <v>378</v>
       </c>
       <c r="C333" s="0">
-        <v>0.84</v>
+        <v>17.981</v>
       </c>
       <c r="D333" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>26</v>
+        <v>487</v>
       </c>
       <c r="C334" s="0">
-        <v>0.784</v>
+        <v>0.56</v>
       </c>
       <c r="D334" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>183</v>
+        <v>43</v>
       </c>
       <c r="C335" s="0">
-        <v>0.76</v>
+        <v>1.5</v>
       </c>
       <c r="D335" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E335" s="0" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>241</v>
+        <v>378</v>
       </c>
       <c r="C336" s="0">
-        <v>1.4</v>
+        <v>26.083</v>
       </c>
       <c r="D336" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>289</v>
+        <v>491</v>
       </c>
       <c r="C337" s="0">
-        <v>1.55</v>
+        <v>0.812</v>
       </c>
       <c r="D337" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E337" s="0" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>287</v>
+        <v>409</v>
       </c>
       <c r="C338" s="0">
-        <v>0.302</v>
+        <v>0.169</v>
       </c>
       <c r="D338" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E338" s="0" t="s">
-        <v>482</v>
+        <v>493</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>48</v>
+        <v>494</v>
       </c>
       <c r="C339" s="0">
-        <v>2.51</v>
+        <v>0.29</v>
       </c>
       <c r="D339" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E339" s="0" t="s">
-        <v>483</v>
+        <v>495</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>299</v>
+        <v>316</v>
       </c>
       <c r="C340" s="0">
-        <v>0.492</v>
+        <v>0.315</v>
       </c>
       <c r="D340" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>484</v>
+        <v>496</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>183</v>
+        <v>497</v>
       </c>
       <c r="C341" s="0">
-        <v>0.85</v>
+        <v>40</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E341" s="0" t="s">
-        <v>485</v>
+        <v>498</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>486</v>
+        <v>499</v>
       </c>
       <c r="C342" s="0">
-        <v>0.94</v>
+        <v>3</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>487</v>
+        <v>500</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>107</v>
+        <v>136</v>
       </c>
       <c r="C343" s="0">
-        <v>0.501</v>
+        <v>1.55</v>
       </c>
       <c r="D343" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E343" s="0" t="s">
-        <v>488</v>
+        <v>501</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="C344" s="0">
-        <v>2.8</v>
+        <v>2.51</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="E344" s="0" t="s">
-        <v>489</v>
+        <v>502</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>342</v>
+        <v>503</v>
       </c>
       <c r="C345" s="0">
-        <v>0.84</v>
+        <v>0.78</v>
       </c>
       <c r="D345" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E345" s="0" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>303</v>
+        <v>165</v>
       </c>
       <c r="C346" s="0">
-        <v>0.985</v>
+        <v>0.84</v>
       </c>
       <c r="D346" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E346" s="0" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>171</v>
+        <v>11</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>26</v>
+        <v>314</v>
       </c>
       <c r="C347" s="0">
-        <v>1.6</v>
+        <v>1.58</v>
       </c>
       <c r="D347" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E347" s="0" t="s">
-        <v>492</v>
+        <v>506</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>243</v>
+        <v>374</v>
       </c>
       <c r="C348" s="0">
-        <v>0.32</v>
+        <v>0.305</v>
       </c>
       <c r="D348" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E348" s="0" t="s">
-        <v>493</v>
+        <v>507</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>263</v>
+        <v>224</v>
       </c>
       <c r="C349" s="0">
-        <v>0.128</v>
+        <v>1.035</v>
       </c>
       <c r="D349" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E349" s="0" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>327</v>
+        <v>202</v>
       </c>
       <c r="C350" s="0">
-        <v>0.5</v>
+        <v>0.325</v>
       </c>
       <c r="D350" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E350" s="0" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>287</v>
+        <v>83</v>
       </c>
       <c r="C351" s="0">
-        <v>0.305</v>
+        <v>0.28</v>
       </c>
       <c r="D351" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>105</v>
+        <v>18</v>
       </c>
       <c r="C352" s="0">
-        <v>2.794</v>
+        <v>2.79</v>
       </c>
       <c r="D352" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E352" s="0" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>498</v>
+        <v>382</v>
       </c>
       <c r="C353" s="0">
-        <v>1</v>
+        <v>0.479</v>
       </c>
       <c r="D353" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>499</v>
+        <v>512</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="C354" s="0">
-        <v>0.315</v>
+        <v>3.601</v>
       </c>
       <c r="D354" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E354" s="0" t="s">
-        <v>500</v>
+        <v>513</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>407</v>
+        <v>43</v>
       </c>
       <c r="C355" s="0">
-        <v>0.17</v>
+        <v>0.88</v>
       </c>
       <c r="D355" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E355" s="0" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>407</v>
+        <v>232</v>
       </c>
       <c r="C356" s="0">
-        <v>0.172</v>
+        <v>0.284</v>
       </c>
       <c r="D356" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E356" s="0" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>498</v>
+        <v>380</v>
       </c>
       <c r="C357" s="0">
-        <v>0.72</v>
+        <v>0.218</v>
       </c>
       <c r="D357" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E357" s="0" t="s">
-        <v>503</v>
+        <v>516</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>74</v>
+        <v>517</v>
       </c>
       <c r="C358" s="0">
-        <v>0.9</v>
+        <v>50</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E358" s="0" t="s">
-        <v>504</v>
+        <v>518</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>287</v>
+        <v>519</v>
       </c>
       <c r="C359" s="0">
-        <v>0.302</v>
+        <v>0.315</v>
       </c>
       <c r="D359" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E359" s="0" t="s">
-        <v>505</v>
+        <v>520</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>506</v>
+        <v>43</v>
       </c>
       <c r="C360" s="0">
-        <v>241</v>
+        <v>0.89</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E360" s="0" t="s">
-        <v>507</v>
+        <v>521</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="C361" s="0">
-        <v>0.075</v>
+        <v>3.06</v>
       </c>
       <c r="D361" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E361" s="0" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>147</v>
+        <v>314</v>
       </c>
       <c r="C362" s="0">
-        <v>0.325</v>
+        <v>1.58</v>
       </c>
       <c r="D362" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E362" s="0" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>510</v>
+        <v>409</v>
       </c>
       <c r="C363" s="0">
-        <v>0.43</v>
+        <v>0.147</v>
       </c>
       <c r="D363" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E363" s="0" t="s">
-        <v>511</v>
+        <v>524</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>33</v>
+        <v>224</v>
       </c>
       <c r="C364" s="0">
-        <v>0.318</v>
+        <v>1.035</v>
       </c>
       <c r="D364" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E364" s="0" t="s">
-        <v>512</v>
+        <v>525</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>498</v>
+        <v>316</v>
       </c>
       <c r="C365" s="0">
-        <v>0.21</v>
+        <v>0.316</v>
       </c>
       <c r="D365" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E365" s="0" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>372</v>
+        <v>48</v>
       </c>
       <c r="C366" s="0">
-        <v>0.24</v>
+        <v>4.98</v>
       </c>
       <c r="D366" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E366" s="0" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>327</v>
+        <v>262</v>
       </c>
       <c r="C367" s="0">
-        <v>0.273</v>
+        <v>0.532</v>
       </c>
       <c r="D367" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E367" s="0" t="s">
-        <v>515</v>
+        <v>528</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>359</v>
+        <v>224</v>
       </c>
       <c r="C368" s="0">
-        <v>0.194</v>
+        <v>0.358</v>
       </c>
       <c r="D368" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E368" s="0" t="s">
-        <v>516</v>
+        <v>529</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>33</v>
+        <v>424</v>
       </c>
       <c r="C369" s="0">
-        <v>0.242</v>
+        <v>0.277</v>
       </c>
       <c r="D369" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E369" s="0" t="s">
-        <v>517</v>
+        <v>530</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>442</v>
+        <v>491</v>
       </c>
       <c r="C370" s="0">
-        <v>1.51</v>
+        <v>1.003</v>
       </c>
       <c r="D370" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E370" s="0" t="s">
-        <v>518</v>
+        <v>531</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>14</v>
+        <v>374</v>
       </c>
       <c r="C371" s="0">
-        <v>1</v>
+        <v>0.302</v>
       </c>
       <c r="D371" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E371" s="0" t="s">
-        <v>519</v>
+        <v>532</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>14</v>
+        <v>503</v>
       </c>
       <c r="C372" s="0">
-        <v>1.13</v>
+        <v>0.601</v>
       </c>
       <c r="D372" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E372" s="0" t="s">
-        <v>520</v>
+        <v>533</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>21</v>
+        <v>222</v>
       </c>
       <c r="C373" s="0">
-        <v>3.065</v>
+        <v>2.8</v>
       </c>
       <c r="D373" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E373" s="0" t="s">
-        <v>521</v>
+        <v>534</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>263</v>
+        <v>117</v>
       </c>
       <c r="C374" s="0">
-        <v>0.128</v>
+        <v>1.575</v>
       </c>
       <c r="D374" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E374" s="0" t="s">
-        <v>522</v>
+        <v>535</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>183</v>
+        <v>316</v>
       </c>
       <c r="C375" s="0">
-        <v>0.76</v>
+        <v>0.32</v>
       </c>
       <c r="D375" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E375" s="0" t="s">
-        <v>523</v>
+        <v>536</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>5</v>
+        <v>447</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>524</v>
+        <v>184</v>
       </c>
       <c r="C376" s="0">
-        <v>0.283</v>
+        <v>1.6</v>
       </c>
       <c r="D376" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E376" s="0" t="s">
-        <v>525</v>
+        <v>537</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>76</v>
+        <v>316</v>
       </c>
       <c r="C377" s="0">
-        <v>0.545</v>
+        <v>0.315</v>
       </c>
       <c r="D377" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E377" s="0" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="C378" s="0">
-        <v>0.25</v>
+        <v>1</v>
       </c>
       <c r="D378" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E378" s="0" t="s">
-        <v>526</v>
+        <v>539</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>124</v>
+        <v>409</v>
       </c>
       <c r="C379" s="0">
-        <v>0.28</v>
+        <v>0.17</v>
       </c>
       <c r="D379" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E379" s="0" t="s">
-        <v>527</v>
+        <v>540</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>16</v>
+        <v>374</v>
       </c>
       <c r="C380" s="0">
-        <v>2.09</v>
+        <v>0.302</v>
       </c>
       <c r="D380" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E380" s="0" t="s">
-        <v>528</v>
+        <v>541</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>183</v>
+        <v>41</v>
       </c>
       <c r="C381" s="0">
-        <v>1.575</v>
+        <v>0.72</v>
       </c>
       <c r="D381" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E381" s="0" t="s">
-        <v>529</v>
+        <v>542</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>442</v>
+        <v>543</v>
       </c>
       <c r="C382" s="0">
-        <v>1.51</v>
+        <v>241</v>
       </c>
       <c r="D382" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E382" s="0" t="s">
-        <v>530</v>
+        <v>544</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>245</v>
+        <v>65</v>
       </c>
       <c r="C383" s="0">
-        <v>0.116</v>
+        <v>0.075</v>
       </c>
       <c r="D383" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E383" s="0" t="s">
-        <v>531</v>
+        <v>545</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>105</v>
+        <v>546</v>
       </c>
       <c r="C384" s="0">
-        <v>4.53</v>
+        <v>0.43</v>
       </c>
       <c r="D384" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E384" s="0" t="s">
-        <v>532</v>
+        <v>547</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>533</v>
+        <v>41</v>
       </c>
       <c r="C385" s="0">
-        <v>0.542</v>
+        <v>0.21</v>
       </c>
       <c r="D385" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E385" s="0" t="s">
-        <v>534</v>
+        <v>548</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>325</v>
+        <v>392</v>
       </c>
       <c r="C386" s="0">
-        <v>0.502</v>
+        <v>0.24</v>
       </c>
       <c r="D386" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E386" s="0" t="s">
-        <v>535</v>
+        <v>549</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>48</v>
+        <v>387</v>
       </c>
       <c r="C387" s="0">
-        <v>2.293</v>
+        <v>0.194</v>
       </c>
       <c r="D387" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E387" s="0" t="s">
-        <v>536</v>
+        <v>550</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>124</v>
+        <v>39</v>
       </c>
       <c r="C388" s="0">
-        <v>2.82</v>
+        <v>0.242</v>
       </c>
       <c r="D388" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E388" s="0" t="s">
-        <v>537</v>
+        <v>551</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>299</v>
+        <v>227</v>
       </c>
       <c r="C389" s="0">
-        <v>0.51</v>
+        <v>0.128</v>
       </c>
       <c r="D389" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E389" s="0" t="s">
-        <v>538</v>
+        <v>552</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="C390" s="0">
-        <v>0.878</v>
+        <v>0.9</v>
       </c>
       <c r="D390" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E390" s="0" t="s">
-        <v>539</v>
+        <v>553</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>105</v>
+        <v>48</v>
       </c>
       <c r="C391" s="0">
-        <v>4.8</v>
+        <v>4.53</v>
       </c>
       <c r="D391" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E391" s="0" t="s">
-        <v>540</v>
+        <v>554</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C392" s="0">
-        <v>1.08</v>
+        <v>3</v>
       </c>
       <c r="D392" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E392" s="0" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>5</v>
+        <v>556</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>26</v>
+        <v>557</v>
       </c>
       <c r="C393" s="0">
-        <v>1.9</v>
+        <v>0.867</v>
       </c>
       <c r="D393" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E393" s="0" t="s">
-        <v>542</v>
+        <v>558</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="B394" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="B394" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C394" s="0">
-        <v>1.185</v>
+        <v>2.05</v>
       </c>
       <c r="D394" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E394" s="0" t="s">
-        <v>543</v>
+        <v>559</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>342</v>
+        <v>39</v>
       </c>
       <c r="C395" s="0">
-        <v>0.75</v>
+        <v>0.656</v>
       </c>
       <c r="D395" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E395" s="0" t="s">
-        <v>544</v>
+        <v>560</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>105</v>
+        <v>61</v>
       </c>
       <c r="C396" s="0">
-        <v>1.51</v>
+        <v>0.85</v>
       </c>
       <c r="D396" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E396" s="0" t="s">
-        <v>545</v>
+        <v>561</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>407</v>
+        <v>136</v>
       </c>
       <c r="C397" s="0">
-        <v>0.169</v>
+        <v>1.615</v>
       </c>
       <c r="D397" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E397" s="0" t="s">
-        <v>546</v>
+        <v>562</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="C398" s="0">
-        <v>3.06</v>
+        <v>0.346</v>
       </c>
       <c r="D398" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E398" s="0" t="s">
-        <v>547</v>
+        <v>563</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>171</v>
+        <v>5</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>278</v>
+        <v>63</v>
       </c>
       <c r="C399" s="0">
-        <v>0.502</v>
+        <v>0.34</v>
       </c>
       <c r="D399" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E399" s="0" t="s">
-        <v>548</v>
+        <v>564</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="C400" s="0">
-        <v>0.346</v>
+        <v>0.54</v>
       </c>
       <c r="D400" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E400" s="0" t="s">
-        <v>549</v>
+        <v>565</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>48</v>
+        <v>232</v>
       </c>
       <c r="C401" s="0">
-        <v>0.635</v>
+        <v>1.43</v>
       </c>
       <c r="D401" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E401" s="0" t="s">
-        <v>550</v>
+        <v>566</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>105</v>
+        <v>18</v>
       </c>
       <c r="C402" s="0">
-        <v>5</v>
+        <v>3.97</v>
       </c>
       <c r="D402" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E402" s="0" t="s">
-        <v>551</v>
+        <v>567</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>41</v>
+        <v>249</v>
       </c>
       <c r="C403" s="0">
-        <v>0.34</v>
+        <v>0.445</v>
       </c>
       <c r="D403" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E403" s="0" t="s">
-        <v>552</v>
+        <v>568</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>161</v>
+        <v>378</v>
       </c>
       <c r="C404" s="0">
-        <v>0.5</v>
+        <v>42.467</v>
       </c>
       <c r="D404" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E404" s="0" t="s">
-        <v>553</v>
+        <v>569</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>124</v>
+        <v>254</v>
       </c>
       <c r="C405" s="0">
-        <v>2.77</v>
+        <v>0.273</v>
       </c>
       <c r="D405" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E405" s="0" t="s">
-        <v>554</v>
+        <v>570</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>161</v>
+        <v>294</v>
       </c>
       <c r="C406" s="0">
-        <v>0.45</v>
+        <v>1.07</v>
       </c>
       <c r="D406" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E406" s="0" t="s">
-        <v>555</v>
+        <v>571</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>124</v>
+        <v>165</v>
       </c>
       <c r="C407" s="0">
-        <v>0.35</v>
+        <v>0.64</v>
       </c>
       <c r="D407" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E407" s="0" t="s">
-        <v>556</v>
+        <v>572</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>327</v>
+        <v>573</v>
       </c>
       <c r="C408" s="0">
-        <v>0.445</v>
+        <v>50</v>
       </c>
       <c r="D408" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E408" s="0" t="s">
-        <v>557</v>
+        <v>574</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>251</v>
+        <v>322</v>
       </c>
       <c r="C409" s="0">
-        <v>0.231</v>
+        <v>0.235</v>
       </c>
       <c r="D409" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E409" s="0" t="s">
-        <v>558</v>
+        <v>575</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>185</v>
+        <v>413</v>
       </c>
       <c r="C410" s="0">
-        <v>0.273</v>
+        <v>0.76</v>
       </c>
       <c r="D410" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E410" s="0" t="s">
-        <v>559</v>
+        <v>576</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>219</v>
+        <v>577</v>
       </c>
       <c r="C411" s="0">
-        <v>1.07</v>
+        <v>0.25</v>
       </c>
       <c r="D411" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E411" s="0" t="s">
-        <v>560</v>
+        <v>578</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>336</v>
+        <v>579</v>
       </c>
       <c r="C412" s="0">
-        <v>42.467</v>
+        <v>1.025</v>
       </c>
       <c r="D412" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E412" s="0" t="s">
-        <v>561</v>
+        <v>580</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>127</v>
+        <v>581</v>
       </c>
       <c r="C413" s="0">
-        <v>0.83</v>
+        <v>0.306</v>
       </c>
       <c r="D413" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E413" s="0" t="s">
-        <v>562</v>
+        <v>582</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>124</v>
+        <v>165</v>
       </c>
       <c r="C414" s="0">
-        <v>2.768</v>
+        <v>0.8</v>
       </c>
       <c r="D414" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E414" s="0" t="s">
-        <v>563</v>
+        <v>583</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>564</v>
+        <v>262</v>
       </c>
       <c r="C415" s="0">
-        <v>0.19</v>
+        <v>1.065</v>
       </c>
       <c r="D415" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E415" s="0" t="s">
-        <v>565</v>
+        <v>584</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>342</v>
+        <v>232</v>
       </c>
       <c r="C416" s="0">
-        <v>0.64</v>
+        <v>1.38</v>
       </c>
       <c r="D416" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E416" s="0" t="s">
-        <v>566</v>
+        <v>585</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>285</v>
+        <v>5</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="C417" s="0">
-        <v>1.035</v>
+        <v>0.88</v>
       </c>
       <c r="D417" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E417" s="0" t="s">
-        <v>567</v>
+        <v>586</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>568</v>
+        <v>243</v>
       </c>
       <c r="C418" s="0">
-        <v>7</v>
+        <v>0.875</v>
       </c>
       <c r="D418" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E418" s="0" t="s">
-        <v>569</v>
+        <v>587</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>434</v>
+        <v>39</v>
       </c>
       <c r="C419" s="0">
-        <v>0.6</v>
+        <v>0.65</v>
       </c>
       <c r="D419" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E419" s="0" t="s">
-        <v>570</v>
+        <v>588</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>571</v>
+        <v>316</v>
       </c>
       <c r="C420" s="0">
-        <v>50</v>
+        <v>0.03</v>
       </c>
       <c r="D420" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E420" s="0" t="s">
-        <v>572</v>
+        <v>589</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>289</v>
+        <v>409</v>
       </c>
       <c r="C421" s="0">
-        <v>0.76</v>
+        <v>0.167</v>
       </c>
       <c r="D421" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E421" s="0" t="s">
-        <v>573</v>
+        <v>590</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>161</v>
+        <v>214</v>
       </c>
       <c r="C422" s="0">
-        <v>0.5</v>
+        <v>0.565</v>
       </c>
       <c r="D422" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E422" s="0" t="s">
-        <v>574</v>
+        <v>591</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>251</v>
+        <v>18</v>
       </c>
       <c r="C423" s="0">
-        <v>0.235</v>
+        <v>3</v>
       </c>
       <c r="D423" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E423" s="0" t="s">
-        <v>575</v>
+        <v>592</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>576</v>
+        <v>48</v>
       </c>
       <c r="C424" s="0">
-        <v>60</v>
+        <v>0.346</v>
       </c>
       <c r="D424" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E424" s="0" t="s">
-        <v>577</v>
+        <v>593</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>107</v>
+        <v>424</v>
       </c>
       <c r="C425" s="0">
-        <v>0.502</v>
+        <v>0.276</v>
       </c>
       <c r="D425" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E425" s="0" t="s">
-        <v>578</v>
+        <v>594</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C426" s="0">
-        <v>0.168</v>
+        <v>0.501</v>
       </c>
       <c r="D426" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E426" s="0" t="s">
-        <v>579</v>
+        <v>595</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>580</v>
+        <v>165</v>
       </c>
       <c r="C427" s="0">
-        <v>0.276</v>
+        <v>0.7</v>
       </c>
       <c r="D427" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E427" s="0" t="s">
-        <v>581</v>
+        <v>596</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>301</v>
+        <v>597</v>
       </c>
       <c r="C428" s="0">
-        <v>0.443</v>
+        <v>160</v>
       </c>
       <c r="D428" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E428" s="0" t="s">
-        <v>582</v>
+        <v>598</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>278</v>
+        <v>374</v>
       </c>
       <c r="C429" s="0">
-        <v>0.502</v>
+        <v>0.3</v>
       </c>
       <c r="D429" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E429" s="0" t="s">
-        <v>583</v>
+        <v>599</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C430" s="0">
-        <v>0.96</v>
+        <v>3.11</v>
       </c>
       <c r="D430" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E430" s="0" t="s">
-        <v>584</v>
+        <v>600</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>74</v>
+        <v>136</v>
       </c>
       <c r="C431" s="0">
-        <v>0.88</v>
+        <v>1.05</v>
       </c>
       <c r="D431" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E431" s="0" t="s">
-        <v>585</v>
+        <v>601</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>14</v>
+        <v>503</v>
       </c>
       <c r="C432" s="0">
-        <v>1.05</v>
+        <v>0.601</v>
       </c>
       <c r="D432" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E432" s="0" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>16</v>
+        <v>603</v>
       </c>
       <c r="C433" s="0">
-        <v>2.517</v>
+        <v>1</v>
       </c>
       <c r="D433" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E433" s="0" t="s">
-        <v>587</v>
+        <v>604</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>243</v>
+        <v>424</v>
       </c>
       <c r="C434" s="0">
-        <v>0.03</v>
+        <v>0.277</v>
       </c>
       <c r="D434" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E434" s="0" t="s">
-        <v>588</v>
+        <v>605</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>251</v>
+        <v>606</v>
       </c>
       <c r="C435" s="0">
-        <v>0.235</v>
+        <v>110</v>
       </c>
       <c r="D435" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E435" s="0" t="s">
-        <v>589</v>
+        <v>607</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>407</v>
+        <v>384</v>
       </c>
       <c r="C436" s="0">
-        <v>0.167</v>
+        <v>0.299</v>
       </c>
       <c r="D436" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E436" s="0" t="s">
-        <v>590</v>
+        <v>608</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>14</v>
+        <v>609</v>
       </c>
       <c r="C437" s="0">
-        <v>1.07</v>
+        <v>0.2</v>
       </c>
       <c r="D437" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E437" s="0" t="s">
-        <v>591</v>
+        <v>610</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>127</v>
+        <v>413</v>
       </c>
       <c r="C438" s="0">
-        <v>0.85</v>
+        <v>0.76</v>
       </c>
       <c r="D438" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E438" s="0" t="s">
-        <v>592</v>
+        <v>611</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="C439" s="0">
-        <v>1.015</v>
+        <v>0.85</v>
       </c>
       <c r="D439" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E439" s="0" t="s">
-        <v>593</v>
+        <v>612</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>16</v>
+        <v>136</v>
       </c>
       <c r="C440" s="0">
-        <v>1.113</v>
+        <v>0.52</v>
       </c>
       <c r="D440" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E440" s="0" t="s">
-        <v>594</v>
+        <v>613</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>16</v>
+        <v>136</v>
       </c>
       <c r="C441" s="0">
-        <v>2.087</v>
+        <v>0.565</v>
       </c>
       <c r="D441" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E441" s="0" t="s">
-        <v>594</v>
+        <v>613</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>595</v>
+        <v>614</v>
       </c>
       <c r="C442" s="0">
-        <v>0.2</v>
+        <v>2</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E442" s="0" t="s">
-        <v>596</v>
+        <v>615</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>597</v>
+        <v>616</v>
       </c>
       <c r="C443" s="0">
-        <v>0.22</v>
+        <v>0.267</v>
       </c>
       <c r="D443" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E443" s="0" t="s">
-        <v>598</v>
+        <v>617</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>323</v>
+        <v>39</v>
       </c>
       <c r="C444" s="0">
-        <v>0.276</v>
+        <v>0.64</v>
       </c>
       <c r="D444" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E444" s="0" t="s">
-        <v>599</v>
+        <v>618</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>327</v>
+        <v>445</v>
       </c>
       <c r="C445" s="0">
-        <v>0.127</v>
+        <v>1.09</v>
       </c>
       <c r="D445" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E445" s="0" t="s">
-        <v>600</v>
+        <v>619</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>342</v>
+        <v>43</v>
       </c>
       <c r="C446" s="0">
-        <v>0.7</v>
+        <v>0.878</v>
       </c>
       <c r="D446" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E446" s="0" t="s">
-        <v>601</v>
+        <v>620</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>342</v>
+        <v>165</v>
       </c>
       <c r="C447" s="0">
-        <v>0.8</v>
+        <v>0.501</v>
       </c>
       <c r="D447" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E447" s="0" t="s">
-        <v>602</v>
+        <v>621</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>327</v>
+        <v>452</v>
       </c>
       <c r="C448" s="0">
-        <v>0.402</v>
+        <v>1.185</v>
       </c>
       <c r="D448" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E448" s="0" t="s">
-        <v>603</v>
+        <v>622</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>498</v>
+        <v>409</v>
       </c>
       <c r="C449" s="0">
-        <v>0.785</v>
+        <v>0.169</v>
       </c>
       <c r="D449" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E449" s="0" t="s">
-        <v>604</v>
+        <v>623</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>605</v>
+        <v>165</v>
       </c>
       <c r="C450" s="0">
-        <v>160</v>
+        <v>0.75</v>
       </c>
       <c r="D450" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E450" s="0" t="s">
-        <v>606</v>
+        <v>624</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>607</v>
+        <v>117</v>
       </c>
       <c r="C451" s="0">
-        <v>0.206</v>
+        <v>1.575</v>
       </c>
       <c r="D451" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E451" s="0" t="s">
-        <v>608</v>
+        <v>625</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>287</v>
+        <v>18</v>
       </c>
       <c r="C452" s="0">
-        <v>0.3</v>
+        <v>3.1</v>
       </c>
       <c r="D452" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E452" s="0" t="s">
-        <v>609</v>
+        <v>626</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="C453" s="0">
-        <v>1.035</v>
+        <v>0.635</v>
       </c>
       <c r="D453" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E453" s="0" t="s">
-        <v>610</v>
+        <v>627</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>611</v>
+        <v>48</v>
       </c>
       <c r="C454" s="0">
-        <v>0.24</v>
+        <v>1.024</v>
       </c>
       <c r="D454" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E454" s="0" t="s">
-        <v>612</v>
+        <v>628</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>275</v>
+        <v>83</v>
       </c>
       <c r="C455" s="0">
-        <v>1.05</v>
+        <v>0.35</v>
       </c>
       <c r="D455" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E455" s="0" t="s">
-        <v>613</v>
+        <v>629</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>285</v>
+        <v>5</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>16</v>
+        <v>322</v>
       </c>
       <c r="C456" s="0">
-        <v>3</v>
+        <v>0.231</v>
       </c>
       <c r="D456" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E456" s="0" t="s">
-        <v>614</v>
+        <v>630</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>48</v>
+        <v>411</v>
       </c>
       <c r="C457" s="0">
-        <v>0.38</v>
+        <v>0.501</v>
       </c>
       <c r="D457" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E457" s="0" t="s">
-        <v>615</v>
+        <v>631</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>616</v>
+        <v>632</v>
       </c>
       <c r="C458" s="0">
-        <v>0.37</v>
+        <v>7</v>
       </c>
       <c r="D458" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E458" s="0" t="s">
-        <v>617</v>
+        <v>633</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>618</v>
+        <v>577</v>
       </c>
       <c r="C459" s="0">
-        <v>1</v>
+        <v>1.82</v>
       </c>
       <c r="D459" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E459" s="0" t="s">
-        <v>619</v>
+        <v>634</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>323</v>
+        <v>577</v>
       </c>
       <c r="C460" s="0">
-        <v>0.277</v>
+        <v>3</v>
       </c>
       <c r="D460" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E460" s="0" t="s">
-        <v>620</v>
+        <v>634</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>251</v>
+        <v>12</v>
       </c>
       <c r="C461" s="0">
-        <v>0.237</v>
+        <v>3</v>
       </c>
       <c r="D461" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E461" s="0" t="s">
-        <v>621</v>
+        <v>635</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>622</v>
+        <v>636</v>
       </c>
       <c r="C462" s="0">
-        <v>110</v>
+        <v>60</v>
       </c>
       <c r="D462" s="0" t="s">
-        <v>309</v>
+        <v>398</v>
       </c>
       <c r="E462" s="0" t="s">
-        <v>623</v>
+        <v>637</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>14</v>
+        <v>409</v>
       </c>
       <c r="C463" s="0">
-        <v>1.08</v>
+        <v>0.168</v>
       </c>
       <c r="D463" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E463" s="0" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>350</v>
+        <v>35</v>
       </c>
       <c r="C464" s="0">
-        <v>0.299</v>
+        <v>1.8</v>
       </c>
       <c r="D464" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E464" s="0" t="s">
-        <v>625</v>
+        <v>639</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>289</v>
+        <v>411</v>
       </c>
       <c r="C465" s="0">
-        <v>0.76</v>
+        <v>0.501</v>
       </c>
       <c r="D465" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E465" s="0" t="s">
-        <v>626</v>
+        <v>640</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>127</v>
+        <v>322</v>
       </c>
       <c r="C466" s="0">
-        <v>0.85</v>
+        <v>0.235</v>
       </c>
       <c r="D466" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E466" s="0" t="s">
-        <v>627</v>
+        <v>641</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>275</v>
+        <v>642</v>
       </c>
       <c r="C467" s="0">
-        <v>1.2</v>
+        <v>0.22</v>
       </c>
       <c r="D467" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E467" s="0" t="s">
-        <v>628</v>
+        <v>643</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>127</v>
+        <v>644</v>
       </c>
       <c r="C468" s="0">
-        <v>0.85</v>
+        <v>0.2</v>
       </c>
       <c r="D468" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E468" s="0" t="s">
-        <v>629</v>
+        <v>645</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>28</v>
+        <v>249</v>
       </c>
       <c r="C469" s="0">
-        <v>1.66</v>
+        <v>0.127</v>
       </c>
       <c r="D469" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E469" s="0" t="s">
-        <v>630</v>
+        <v>646</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>631</v>
+        <v>39</v>
       </c>
       <c r="C470" s="0">
-        <v>2</v>
+        <v>0.64</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E470" s="0" t="s">
-        <v>632</v>
+        <v>647</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>301</v>
+        <v>117</v>
       </c>
       <c r="C471" s="0">
-        <v>0.451</v>
+        <v>1.575</v>
       </c>
       <c r="D471" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E471" s="0" t="s">
-        <v>633</v>
+        <v>648</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>634</v>
+        <v>77</v>
       </c>
       <c r="C472" s="0">
-        <v>0.267</v>
+        <v>0.38</v>
       </c>
       <c r="D472" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E472" s="0" t="s">
-        <v>635</v>
+        <v>649</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>285</v>
+        <v>556</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>127</v>
+        <v>12</v>
       </c>
       <c r="C473" s="0">
-        <v>0.904</v>
+        <v>3</v>
       </c>
       <c r="D473" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E473" s="0" t="s">
-        <v>636</v>
+        <v>650</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>26</v>
+        <v>249</v>
       </c>
       <c r="C474" s="0">
-        <v>1.9</v>
+        <v>0.287</v>
       </c>
       <c r="D474" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E474" s="0" t="s">
-        <v>637</v>
+        <v>651</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>14</v>
+        <v>652</v>
       </c>
       <c r="C475" s="0">
-        <v>1</v>
+        <v>0.37</v>
       </c>
       <c r="D475" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E475" s="0" t="s">
-        <v>638</v>
+        <v>653</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>639</v>
+        <v>322</v>
       </c>
       <c r="C476" s="0">
-        <v>0.26</v>
+        <v>0.237</v>
       </c>
       <c r="D476" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E476" s="0" t="s">
-        <v>640</v>
+        <v>654</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C477" s="0">
-        <v>0.965</v>
+        <v>0.511</v>
       </c>
       <c r="D477" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E477" s="0" t="s">
-        <v>641</v>
+        <v>655</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>285</v>
+        <v>11</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>127</v>
+        <v>48</v>
       </c>
       <c r="C478" s="0">
-        <v>0.86</v>
+        <v>2.06</v>
       </c>
       <c r="D478" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E478" s="0" t="s">
-        <v>642</v>
+        <v>656</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>643</v>
+        <v>657</v>
       </c>
       <c r="C479" s="0">
-        <v>1</v>
+        <v>0.26</v>
       </c>
       <c r="D479" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E479" s="0" t="s">
-        <v>644</v>
+        <v>658</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="C480" s="0">
-        <v>3.025</v>
+        <v>0.665</v>
       </c>
       <c r="D480" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E480" s="0" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>646</v>
+        <v>43</v>
       </c>
       <c r="C481" s="0">
-        <v>0.254</v>
+        <v>0.575</v>
       </c>
       <c r="D481" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E481" s="0" t="s">
-        <v>647</v>
+        <v>660</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>285</v>
+        <v>11</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>648</v>
+        <v>12</v>
       </c>
       <c r="C482" s="0">
-        <v>0.84</v>
+        <v>2.4</v>
       </c>
       <c r="D482" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E482" s="0" t="s">
-        <v>649</v>
+        <v>661</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>124</v>
+        <v>387</v>
       </c>
       <c r="C483" s="0">
-        <v>2.768</v>
+        <v>0.196</v>
       </c>
       <c r="D483" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E483" s="0" t="s">
-        <v>650</v>
+        <v>662</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>285</v>
+        <v>5</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>117</v>
+        <v>424</v>
       </c>
       <c r="C484" s="0">
-        <v>0.848</v>
+        <v>0.273</v>
       </c>
       <c r="D484" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E484" s="0" t="s">
-        <v>651</v>
+        <v>663</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>245</v>
+        <v>184</v>
       </c>
       <c r="C485" s="0">
-        <v>0.116</v>
+        <v>0.858</v>
       </c>
       <c r="D485" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E485" s="0" t="s">
-        <v>652</v>
+        <v>664</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>327</v>
+        <v>61</v>
       </c>
       <c r="C486" s="0">
-        <v>0.502</v>
+        <v>0.88</v>
       </c>
       <c r="D486" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E486" s="0" t="s">
-        <v>653</v>
+        <v>665</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>16</v>
+        <v>214</v>
       </c>
       <c r="C487" s="0">
-        <v>3.2</v>
+        <v>0.565</v>
       </c>
       <c r="D487" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E487" s="0" t="s">
-        <v>654</v>
+        <v>666</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>16</v>
+        <v>409</v>
       </c>
       <c r="C488" s="0">
-        <v>2.4</v>
+        <v>0.167</v>
       </c>
       <c r="D488" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E488" s="0" t="s">
-        <v>655</v>
+        <v>667</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>359</v>
+        <v>59</v>
       </c>
       <c r="C489" s="0">
-        <v>0.196</v>
+        <v>0.822</v>
       </c>
       <c r="D489" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E489" s="0" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>263</v>
+        <v>77</v>
       </c>
       <c r="C490" s="0">
-        <v>0.129</v>
+        <v>0.78</v>
       </c>
       <c r="D490" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E490" s="0" t="s">
-        <v>657</v>
+        <v>669</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>301</v>
+        <v>43</v>
       </c>
       <c r="C491" s="0">
-        <v>0.452</v>
+        <v>0.9</v>
       </c>
       <c r="D491" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E491" s="0" t="s">
-        <v>658</v>
+        <v>670</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>76</v>
+        <v>503</v>
       </c>
       <c r="C492" s="0">
-        <v>0.51</v>
+        <v>0.228</v>
       </c>
       <c r="D492" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E492" s="0" t="s">
-        <v>659</v>
+        <v>671</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C493" s="0">
-        <v>0.352</v>
+        <v>0.327</v>
       </c>
       <c r="D493" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E493" s="0" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>26</v>
+        <v>673</v>
       </c>
       <c r="C494" s="0">
-        <v>0.2</v>
+        <v>0.425</v>
       </c>
       <c r="D494" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E494" s="0" t="s">
-        <v>661</v>
+        <v>674</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>161</v>
+        <v>59</v>
       </c>
       <c r="C495" s="0">
-        <v>0.299</v>
+        <v>0.413</v>
       </c>
       <c r="D495" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E495" s="0" t="s">
-        <v>662</v>
+        <v>675</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>84</v>
+        <v>676</v>
       </c>
       <c r="C496" s="0">
-        <v>4.2</v>
+        <v>0.056</v>
       </c>
       <c r="D496" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E496" s="0" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>323</v>
+        <v>124</v>
       </c>
       <c r="C497" s="0">
-        <v>0.273</v>
+        <v>2.526</v>
       </c>
       <c r="D497" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E497" s="0" t="s">
-        <v>664</v>
+        <v>678</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>665</v>
+        <v>243</v>
       </c>
       <c r="C498" s="0">
-        <v>6</v>
+        <v>0.301</v>
       </c>
       <c r="D498" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E498" s="0" t="s">
-        <v>666</v>
+        <v>679</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>124</v>
+        <v>409</v>
       </c>
       <c r="C499" s="0">
-        <v>2.257</v>
+        <v>0.169</v>
       </c>
       <c r="D499" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E499" s="0" t="s">
-        <v>667</v>
+        <v>680</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>263</v>
+        <v>378</v>
       </c>
       <c r="C500" s="0">
-        <v>0.126</v>
+        <v>5.92</v>
       </c>
       <c r="D500" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E500" s="0" t="s">
-        <v>668</v>
+        <v>681</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>183</v>
+        <v>503</v>
       </c>
       <c r="C501" s="0">
-        <v>0.64</v>
+        <v>0.555</v>
       </c>
       <c r="D501" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E501" s="0" t="s">
-        <v>669</v>
+        <v>682</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>127</v>
+        <v>387</v>
       </c>
       <c r="C502" s="0">
-        <v>0.85</v>
+        <v>0.195</v>
       </c>
       <c r="D502" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E502" s="0" t="s">
-        <v>670</v>
+        <v>683</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>26</v>
+        <v>232</v>
       </c>
       <c r="C503" s="0">
-        <v>0.858</v>
+        <v>1.43</v>
       </c>
       <c r="D503" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E503" s="0" t="s">
-        <v>671</v>
+        <v>684</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>74</v>
+        <v>165</v>
       </c>
       <c r="C504" s="0">
-        <v>0.88</v>
+        <v>0.61</v>
       </c>
       <c r="D504" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E504" s="0" t="s">
-        <v>672</v>
+        <v>685</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>301</v>
+        <v>409</v>
       </c>
       <c r="C505" s="0">
-        <v>0.451</v>
+        <v>0.169</v>
       </c>
       <c r="D505" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E505" s="0" t="s">
-        <v>673</v>
+        <v>686</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>14</v>
+        <v>452</v>
       </c>
       <c r="C506" s="0">
-        <v>1.05</v>
+        <v>1.19</v>
       </c>
       <c r="D506" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E506" s="0" t="s">
-        <v>674</v>
+        <v>687</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>74</v>
+        <v>227</v>
       </c>
       <c r="C507" s="0">
-        <v>0.88</v>
+        <v>0.126</v>
       </c>
       <c r="D507" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E507" s="0" t="s">
-        <v>675</v>
+        <v>688</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B508" s="0" t="s">
-        <v>676</v>
+        <v>689</v>
       </c>
       <c r="C508" s="0">
-        <v>27</v>
+        <v>0.602</v>
       </c>
       <c r="D508" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E508" s="0" t="s">
-        <v>677</v>
+        <v>690</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>407</v>
+        <v>691</v>
       </c>
       <c r="C509" s="0">
-        <v>0.167</v>
+        <v>1</v>
       </c>
       <c r="D509" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E509" s="0" t="s">
-        <v>678</v>
+        <v>692</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>679</v>
+        <v>693</v>
       </c>
       <c r="C510" s="0">
-        <v>0.17</v>
+        <v>0.254</v>
       </c>
       <c r="D510" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E510" s="0" t="s">
-        <v>680</v>
+        <v>694</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>11</v>
+        <v>556</v>
       </c>
       <c r="B511" s="0" t="s">
-        <v>48</v>
+        <v>695</v>
       </c>
       <c r="C511" s="0">
-        <v>0.78</v>
+        <v>0.84</v>
       </c>
       <c r="D511" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E511" s="0" t="s">
-        <v>681</v>
+        <v>696</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B512" s="0" t="s">
-        <v>117</v>
+        <v>74</v>
       </c>
       <c r="C512" s="0">
-        <v>1.3</v>
+        <v>0.51</v>
       </c>
       <c r="D512" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E512" s="0" t="s">
-        <v>682</v>
+        <v>697</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
-        <v>285</v>
+        <v>5</v>
       </c>
       <c r="B513" s="0" t="s">
-        <v>683</v>
+        <v>214</v>
       </c>
       <c r="C513" s="0">
-        <v>1</v>
+        <v>0.299</v>
       </c>
       <c r="D513" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E513" s="0" t="s">
-        <v>684</v>
+        <v>698</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>161</v>
+        <v>43</v>
       </c>
       <c r="C514" s="0">
-        <v>0.56</v>
+        <v>0.89</v>
       </c>
       <c r="D514" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E514" s="0" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B515" s="0" t="s">
-        <v>686</v>
+        <v>18</v>
       </c>
       <c r="C515" s="0">
-        <v>500</v>
+        <v>3.12</v>
       </c>
       <c r="D515" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E515" s="0" t="s">
-        <v>687</v>
+        <v>700</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C516" s="0">
-        <v>1</v>
+        <v>3.97</v>
       </c>
       <c r="D516" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E516" s="0" t="s">
-        <v>688</v>
+        <v>701</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B517" s="0" t="s">
-        <v>407</v>
+        <v>702</v>
       </c>
       <c r="C517" s="0">
-        <v>0.168</v>
+        <v>6</v>
       </c>
       <c r="D517" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E517" s="0" t="s">
-        <v>689</v>
+        <v>703</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B518" s="0" t="s">
-        <v>342</v>
+        <v>227</v>
       </c>
       <c r="C518" s="0">
-        <v>1.5</v>
+        <v>0.126</v>
       </c>
       <c r="D518" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E518" s="0" t="s">
-        <v>690</v>
+        <v>704</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>327</v>
+        <v>577</v>
       </c>
       <c r="C519" s="0">
-        <v>0.502</v>
+        <v>0.57</v>
       </c>
       <c r="D519" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E519" s="0" t="s">
-        <v>691</v>
+        <v>705</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>183</v>
+        <v>706</v>
       </c>
       <c r="C520" s="0">
-        <v>0.73</v>
+        <v>27</v>
       </c>
       <c r="D520" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E520" s="0" t="s">
-        <v>692</v>
+        <v>707</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>350</v>
+        <v>214</v>
       </c>
       <c r="C521" s="0">
-        <v>0.309</v>
+        <v>0.55</v>
       </c>
       <c r="D521" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E521" s="0" t="s">
-        <v>693</v>
+        <v>708</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>287</v>
+        <v>212</v>
       </c>
       <c r="C522" s="0">
-        <v>0.072</v>
+        <v>1.465</v>
       </c>
       <c r="D522" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E522" s="0" t="s">
-        <v>694</v>
+        <v>709</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
-        <v>5</v>
+        <v>556</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>251</v>
+        <v>710</v>
       </c>
       <c r="C523" s="0">
-        <v>0.233</v>
+        <v>1</v>
       </c>
       <c r="D523" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E523" s="0" t="s">
-        <v>695</v>
+        <v>711</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B524" s="0" t="s">
-        <v>236</v>
+        <v>712</v>
       </c>
       <c r="C524" s="0">
-        <v>0.327</v>
+        <v>500</v>
       </c>
       <c r="D524" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E524" s="0" t="s">
-        <v>696</v>
+        <v>713</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B525" s="0" t="s">
-        <v>14</v>
+        <v>409</v>
       </c>
       <c r="C525" s="0">
-        <v>0.4</v>
+        <v>0.168</v>
       </c>
       <c r="D525" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E525" s="0" t="s">
-        <v>697</v>
+        <v>714</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>171</v>
+        <v>5</v>
       </c>
       <c r="B526" s="0" t="s">
-        <v>127</v>
+        <v>374</v>
       </c>
       <c r="C526" s="0">
-        <v>0.9</v>
+        <v>0.072</v>
       </c>
       <c r="D526" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E526" s="0" t="s">
-        <v>698</v>
+        <v>715</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B527" s="0" t="s">
-        <v>161</v>
+        <v>322</v>
       </c>
       <c r="C527" s="0">
-        <v>0.5</v>
+        <v>0.233</v>
       </c>
       <c r="D527" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E527" s="0" t="s">
-        <v>699</v>
+        <v>716</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>251</v>
+        <v>384</v>
       </c>
       <c r="C528" s="0">
-        <v>0.235</v>
+        <v>0.309</v>
       </c>
       <c r="D528" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E528" s="0" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>611</v>
+        <v>445</v>
       </c>
       <c r="C529" s="0">
-        <v>0.261</v>
+        <v>1.13</v>
       </c>
       <c r="D529" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E529" s="0" t="s">
-        <v>701</v>
+        <v>718</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B530" s="0" t="s">
-        <v>301</v>
+        <v>322</v>
       </c>
       <c r="C530" s="0">
-        <v>0.452</v>
+        <v>0.235</v>
       </c>
       <c r="D530" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E530" s="0" t="s">
-        <v>702</v>
+        <v>719</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>703</v>
+        <v>35</v>
       </c>
       <c r="C531" s="0">
-        <v>0.665</v>
+        <v>0.4</v>
       </c>
       <c r="D531" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E531" s="0" t="s">
-        <v>704</v>
+        <v>720</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>263</v>
+        <v>18</v>
       </c>
       <c r="C532" s="0">
-        <v>0.13</v>
+        <v>3.3</v>
       </c>
       <c r="D532" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E532" s="0" t="s">
-        <v>705</v>
+        <v>721</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B533" s="0" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="C533" s="0">
-        <v>1</v>
+        <v>0.075</v>
       </c>
       <c r="D533" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E533" s="0" t="s">
-        <v>706</v>
+        <v>722</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B534" s="0" t="s">
-        <v>48</v>
+        <v>124</v>
       </c>
       <c r="C534" s="0">
-        <v>2.275</v>
+        <v>2.558</v>
       </c>
       <c r="D534" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E534" s="0" t="s">
-        <v>707</v>
+        <v>723</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>43</v>
+        <v>724</v>
       </c>
       <c r="C535" s="0">
-        <v>0.075</v>
+        <v>6</v>
       </c>
       <c r="D535" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E535" s="0" t="s">
-        <v>708</v>
+        <v>725</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>39</v>
+        <v>387</v>
       </c>
       <c r="C536" s="0">
-        <v>0.413</v>
+        <v>0.194</v>
       </c>
       <c r="D536" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E536" s="0" t="s">
-        <v>709</v>
+        <v>726</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>74</v>
+        <v>727</v>
       </c>
       <c r="C537" s="0">
-        <v>0.6</v>
+        <v>46</v>
       </c>
       <c r="D537" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E537" s="0" t="s">
-        <v>710</v>
+        <v>728</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>245</v>
+        <v>729</v>
       </c>
       <c r="C538" s="0">
-        <v>0.056</v>
+        <v>0.157</v>
       </c>
       <c r="D538" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E538" s="0" t="s">
-        <v>711</v>
+        <v>730</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>712</v>
+        <v>378</v>
       </c>
       <c r="C539" s="0">
-        <v>6</v>
+        <v>38.814</v>
       </c>
       <c r="D539" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E539" s="0" t="s">
-        <v>713</v>
+        <v>731</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>359</v>
+        <v>224</v>
       </c>
       <c r="C540" s="0">
-        <v>0.194</v>
+        <v>1.01</v>
       </c>
       <c r="D540" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E540" s="0" t="s">
-        <v>714</v>
+        <v>732</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>715</v>
+        <v>387</v>
       </c>
       <c r="C541" s="0">
-        <v>46</v>
+        <v>0.191</v>
       </c>
       <c r="D541" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E541" s="0" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>342</v>
+        <v>254</v>
       </c>
       <c r="C542" s="0">
-        <v>1.5</v>
+        <v>0.391</v>
       </c>
       <c r="D542" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E542" s="0" t="s">
-        <v>717</v>
+        <v>734</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>718</v>
+        <v>165</v>
       </c>
       <c r="C543" s="0">
-        <v>0.157</v>
+        <v>0.67</v>
       </c>
       <c r="D543" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E543" s="0" t="s">
-        <v>719</v>
+        <v>735</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>84</v>
+        <v>736</v>
       </c>
       <c r="C544" s="0">
-        <v>4.1</v>
+        <v>0.25</v>
       </c>
       <c r="D544" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E544" s="0" t="s">
-        <v>720</v>
+        <v>737</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>245</v>
+        <v>61</v>
       </c>
       <c r="C545" s="0">
-        <v>0.071</v>
+        <v>0.72</v>
       </c>
       <c r="D545" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E545" s="0" t="s">
-        <v>721</v>
+        <v>738</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>245</v>
+        <v>184</v>
       </c>
       <c r="C546" s="0">
-        <v>0.03</v>
+        <v>1.7</v>
       </c>
       <c r="D546" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E546" s="0" t="s">
-        <v>722</v>
+        <v>739</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>336</v>
+        <v>227</v>
       </c>
       <c r="C547" s="0">
-        <v>38.814</v>
+        <v>0.126</v>
       </c>
       <c r="D547" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E547" s="0" t="s">
-        <v>723</v>
+        <v>740</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>285</v>
+        <v>5</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>117</v>
+        <v>741</v>
       </c>
       <c r="C548" s="0">
-        <v>0.875</v>
+        <v>0.205</v>
       </c>
       <c r="D548" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E548" s="0" t="s">
-        <v>724</v>
+        <v>742</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>14</v>
+        <v>384</v>
       </c>
       <c r="C549" s="0">
-        <v>1</v>
+        <v>0.308</v>
       </c>
       <c r="D549" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E549" s="0" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>14</v>
+        <v>424</v>
       </c>
       <c r="C550" s="0">
-        <v>1</v>
+        <v>0.268</v>
       </c>
       <c r="D550" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E550" s="0" t="s">
-        <v>726</v>
+        <v>744</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B551" s="0" t="s">
-        <v>127</v>
+        <v>232</v>
       </c>
       <c r="C551" s="0">
-        <v>0.77</v>
+        <v>1.4</v>
       </c>
       <c r="D551" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E551" s="0" t="s">
-        <v>727</v>
+        <v>745</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B552" s="0" t="s">
-        <v>74</v>
+        <v>384</v>
       </c>
       <c r="C552" s="0">
-        <v>0.93</v>
+        <v>0.308</v>
       </c>
       <c r="D552" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E552" s="0" t="s">
-        <v>728</v>
+        <v>746</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B553" s="0" t="s">
-        <v>407</v>
+        <v>43</v>
       </c>
       <c r="C553" s="0">
-        <v>0.169</v>
+        <v>0.9</v>
       </c>
       <c r="D553" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E553" s="0" t="s">
-        <v>729</v>
+        <v>747</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B554" s="0" t="s">
-        <v>336</v>
+        <v>65</v>
       </c>
       <c r="C554" s="0">
-        <v>5.92</v>
+        <v>0.074</v>
       </c>
       <c r="D554" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E554" s="0" t="s">
-        <v>730</v>
+        <v>748</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
-        <v>5</v>
+        <v>556</v>
       </c>
       <c r="B555" s="0" t="s">
-        <v>14</v>
+        <v>216</v>
       </c>
       <c r="C555" s="0">
-        <v>1.1</v>
+        <v>0.91</v>
       </c>
       <c r="D555" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E555" s="0" t="s">
-        <v>731</v>
+        <v>749</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>161</v>
+        <v>409</v>
       </c>
       <c r="C556" s="0">
-        <v>0.56</v>
+        <v>0.172</v>
       </c>
       <c r="D556" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E556" s="0" t="s">
-        <v>732</v>
+        <v>750</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>185</v>
+        <v>387</v>
       </c>
       <c r="C557" s="0">
-        <v>0.391</v>
+        <v>0.193</v>
       </c>
       <c r="D557" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E557" s="0" t="s">
-        <v>733</v>
+        <v>751</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B558" s="0" t="s">
-        <v>359</v>
+        <v>9</v>
       </c>
       <c r="C558" s="0">
-        <v>0.191</v>
+        <v>0.334</v>
       </c>
       <c r="D558" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E558" s="0" t="s">
-        <v>734</v>
+        <v>752</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>359</v>
+        <v>753</v>
       </c>
       <c r="C559" s="0">
-        <v>0.195</v>
+        <v>0.013</v>
       </c>
       <c r="D559" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E559" s="0" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B560" s="0" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="C560" s="0">
-        <v>0.25</v>
+        <v>50</v>
       </c>
       <c r="D560" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E560" s="0" t="s">
-        <v>737</v>
+        <v>756</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B561" s="0" t="s">
-        <v>342</v>
+        <v>224</v>
       </c>
       <c r="C561" s="0">
-        <v>0.67</v>
+        <v>0.52</v>
       </c>
       <c r="D561" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E561" s="0" t="s">
-        <v>738</v>
+        <v>757</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="C562" s="0">
-        <v>0.85</v>
+        <v>0.9</v>
       </c>
       <c r="D562" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E562" s="0" t="s">
-        <v>739</v>
+        <v>758</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>303</v>
+        <v>18</v>
       </c>
       <c r="C563" s="0">
-        <v>0.41</v>
+        <v>4</v>
       </c>
       <c r="D563" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E563" s="0" t="s">
-        <v>740</v>
+        <v>759</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
-        <v>285</v>
+        <v>11</v>
       </c>
       <c r="B564" s="0" t="s">
-        <v>342</v>
+        <v>760</v>
       </c>
       <c r="C564" s="0">
-        <v>0.78</v>
+        <v>2</v>
       </c>
       <c r="D564" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E564" s="0" t="s">
-        <v>741</v>
+        <v>761</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="B565" s="0" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="C565" s="0">
-        <v>1.7</v>
+        <v>0.83</v>
       </c>
       <c r="D565" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E565" s="0" t="s">
-        <v>742</v>
+        <v>762</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B566" s="0" t="s">
-        <v>263</v>
+        <v>48</v>
       </c>
       <c r="C566" s="0">
-        <v>0.129</v>
+        <v>5</v>
       </c>
       <c r="D566" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E566" s="0" t="s">
-        <v>743</v>
+        <v>763</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>407</v>
+        <v>39</v>
       </c>
       <c r="C567" s="0">
-        <v>0.169</v>
+        <v>0.6</v>
       </c>
       <c r="D567" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E567" s="0" t="s">
-        <v>744</v>
+        <v>764</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>301</v>
+        <v>765</v>
       </c>
       <c r="C568" s="0">
-        <v>0.178</v>
+        <v>0.838</v>
       </c>
       <c r="D568" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E568" s="0" t="s">
-        <v>745</v>
+        <v>766</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>124</v>
+        <v>445</v>
       </c>
       <c r="C569" s="0">
-        <v>2.257</v>
+        <v>1.14</v>
       </c>
       <c r="D569" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E569" s="0" t="s">
-        <v>746</v>
+        <v>767</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B570" s="0" t="s">
-        <v>747</v>
+        <v>384</v>
       </c>
       <c r="C570" s="0">
-        <v>0.602</v>
+        <v>0.304</v>
       </c>
       <c r="D570" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E570" s="0" t="s">
-        <v>748</v>
+        <v>768</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="B571" s="0" t="s">
-        <v>74</v>
+        <v>165</v>
       </c>
       <c r="C571" s="0">
-        <v>0.83</v>
+        <v>0.67</v>
       </c>
       <c r="D571" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E571" s="0" t="s">
-        <v>749</v>
+        <v>769</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B572" s="0" t="s">
-        <v>263</v>
+        <v>673</v>
       </c>
       <c r="C572" s="0">
-        <v>0.126</v>
+        <v>0.649</v>
       </c>
       <c r="D572" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E572" s="0" t="s">
-        <v>750</v>
+        <v>770</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>105</v>
+        <v>409</v>
       </c>
       <c r="C573" s="0">
-        <v>3.5</v>
+        <v>0.169</v>
       </c>
       <c r="D573" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E573" s="0" t="s">
-        <v>751</v>
+        <v>771</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>183</v>
+        <v>165</v>
       </c>
       <c r="C574" s="0">
-        <v>0.76</v>
+        <v>0.48</v>
       </c>
       <c r="D574" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E574" s="0" t="s">
-        <v>752</v>
+        <v>772</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B575" s="0" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="C575" s="0">
-        <v>2.04</v>
+        <v>1.1</v>
       </c>
       <c r="D575" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E575" s="0" t="s">
-        <v>753</v>
+        <v>773</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>28</v>
+        <v>445</v>
       </c>
       <c r="C576" s="0">
-        <v>1.5</v>
+        <v>0.55</v>
       </c>
       <c r="D576" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E576" s="0" t="s">
-        <v>754</v>
+        <v>774</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>407</v>
+        <v>316</v>
       </c>
       <c r="C577" s="0">
-        <v>0.04</v>
+        <v>0.102</v>
       </c>
       <c r="D577" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E577" s="0" t="s">
-        <v>755</v>
+        <v>775</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>350</v>
+        <v>445</v>
       </c>
       <c r="C578" s="0">
-        <v>0.305</v>
+        <v>1.13</v>
       </c>
       <c r="D578" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E578" s="0" t="s">
-        <v>756</v>
+        <v>776</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B579" s="0" t="s">
-        <v>263</v>
+        <v>227</v>
       </c>
       <c r="C579" s="0">
-        <v>0.126</v>
+        <v>0.018</v>
       </c>
       <c r="D579" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E579" s="0" t="s">
-        <v>757</v>
+        <v>777</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
-        <v>5</v>
+        <v>556</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>758</v>
+        <v>778</v>
       </c>
       <c r="C580" s="0">
-        <v>0.205</v>
+        <v>1</v>
       </c>
       <c r="D580" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E580" s="0" t="s">
-        <v>759</v>
+        <v>779</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>758</v>
+        <v>374</v>
       </c>
       <c r="C581" s="0">
-        <v>0.205</v>
+        <v>0.064</v>
       </c>
       <c r="D581" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E581" s="0" t="s">
-        <v>760</v>
+        <v>780</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>761</v>
+        <v>43</v>
       </c>
       <c r="C582" s="0">
-        <v>0.128</v>
+        <v>0.885</v>
       </c>
       <c r="D582" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E582" s="0" t="s">
-        <v>762</v>
+        <v>781</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>12</v>
+        <v>782</v>
       </c>
       <c r="C583" s="0">
-        <v>0.712</v>
+        <v>10</v>
       </c>
       <c r="D583" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E583" s="0" t="s">
-        <v>763</v>
+        <v>783</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>289</v>
+        <v>409</v>
       </c>
       <c r="C584" s="0">
-        <v>0.7</v>
+        <v>0.166</v>
       </c>
       <c r="D584" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E584" s="0" t="s">
-        <v>764</v>
+        <v>784</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B585" s="0" t="s">
-        <v>299</v>
+        <v>43</v>
       </c>
       <c r="C585" s="0">
-        <v>0.268</v>
+        <v>0.581</v>
       </c>
       <c r="D585" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E585" s="0" t="s">
-        <v>765</v>
+        <v>785</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B586" s="0" t="s">
-        <v>21</v>
+        <v>786</v>
       </c>
       <c r="C586" s="0">
-        <v>3.06</v>
+        <v>900</v>
       </c>
       <c r="D586" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E586" s="0" t="s">
-        <v>766</v>
+        <v>787</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B587" s="0" t="s">
-        <v>350</v>
+        <v>374</v>
       </c>
       <c r="C587" s="0">
-        <v>0.308</v>
+        <v>0.131</v>
       </c>
       <c r="D587" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E587" s="0" t="s">
-        <v>767</v>
+        <v>788</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B588" s="0" t="s">
-        <v>376</v>
+        <v>789</v>
       </c>
       <c r="C588" s="0">
-        <v>0.57</v>
+        <v>0.227</v>
       </c>
       <c r="D588" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E588" s="0" t="s">
-        <v>768</v>
+        <v>790</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>376</v>
+        <v>249</v>
       </c>
       <c r="C589" s="0">
-        <v>0.43</v>
+        <v>0.191</v>
       </c>
       <c r="D589" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E589" s="0" t="s">
-        <v>768</v>
+        <v>791</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>323</v>
+        <v>424</v>
       </c>
       <c r="C590" s="0">
-        <v>0.268</v>
+        <v>0.279</v>
       </c>
       <c r="D590" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E590" s="0" t="s">
-        <v>769</v>
+        <v>792</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B591" s="0" t="s">
-        <v>43</v>
+        <v>409</v>
       </c>
       <c r="C591" s="0">
-        <v>0.074</v>
+        <v>0.04</v>
       </c>
       <c r="D591" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E591" s="0" t="s">
-        <v>770</v>
+        <v>793</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B592" s="0" t="s">
-        <v>161</v>
+        <v>384</v>
       </c>
       <c r="C592" s="0">
-        <v>0.538</v>
+        <v>0.305</v>
       </c>
       <c r="D592" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E592" s="0" t="s">
-        <v>771</v>
+        <v>794</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B593" s="0" t="s">
-        <v>149</v>
+        <v>77</v>
       </c>
       <c r="C593" s="0">
-        <v>0.502</v>
+        <v>3.06</v>
       </c>
       <c r="D593" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E593" s="0" t="s">
-        <v>772</v>
+        <v>795</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B594" s="0" t="s">
-        <v>342</v>
+        <v>452</v>
       </c>
       <c r="C594" s="0">
-        <v>1.5</v>
+        <v>1.19</v>
       </c>
       <c r="D594" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E594" s="0" t="s">
-        <v>773</v>
+        <v>796</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
-        <v>382</v>
+        <v>5</v>
       </c>
       <c r="B595" s="0" t="s">
-        <v>774</v>
+        <v>741</v>
       </c>
       <c r="C595" s="0">
-        <v>0.265</v>
+        <v>0.205</v>
       </c>
       <c r="D595" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E595" s="0" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B596" s="0" t="s">
-        <v>127</v>
+        <v>61</v>
       </c>
       <c r="C596" s="0">
-        <v>0.9</v>
+        <v>0.85</v>
       </c>
       <c r="D596" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E596" s="0" t="s">
-        <v>776</v>
+        <v>798</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B597" s="0" t="s">
-        <v>350</v>
+        <v>413</v>
       </c>
       <c r="C597" s="0">
-        <v>0.308</v>
+        <v>0.7</v>
       </c>
       <c r="D597" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E597" s="0" t="s">
-        <v>777</v>
+        <v>799</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
-        <v>285</v>
+        <v>5</v>
       </c>
       <c r="B598" s="0" t="s">
-        <v>164</v>
+        <v>65</v>
       </c>
       <c r="C598" s="0">
-        <v>0.91</v>
+        <v>0.074</v>
       </c>
       <c r="D598" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E598" s="0" t="s">
-        <v>778</v>
+        <v>800</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B599" s="0" t="s">
-        <v>43</v>
+        <v>469</v>
       </c>
       <c r="C599" s="0">
-        <v>0.074</v>
+        <v>0.81</v>
       </c>
       <c r="D599" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E599" s="0" t="s">
-        <v>779</v>
+        <v>801</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
-        <v>307</v>
+        <v>802</v>
       </c>
       <c r="B600" s="0" t="s">
-        <v>780</v>
+        <v>803</v>
       </c>
       <c r="C600" s="0">
-        <v>14</v>
+        <v>0.265</v>
       </c>
       <c r="D600" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E600" s="0" t="s">
-        <v>781</v>
+        <v>804</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
-        <v>285</v>
+        <v>396</v>
       </c>
       <c r="B601" s="0" t="s">
-        <v>782</v>
+        <v>805</v>
       </c>
       <c r="C601" s="0">
-        <v>0.852</v>
+        <v>14</v>
       </c>
       <c r="D601" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E601" s="0" t="s">
-        <v>783</v>
+        <v>806</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
-        <v>171</v>
+        <v>556</v>
       </c>
       <c r="B602" s="0" t="s">
-        <v>127</v>
+        <v>807</v>
       </c>
       <c r="C602" s="0">
-        <v>0.88</v>
+        <v>0.852</v>
       </c>
       <c r="D602" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E602" s="0" t="s">
-        <v>784</v>
+        <v>808</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B603" s="0" t="s">
-        <v>359</v>
+        <v>503</v>
       </c>
       <c r="C603" s="0">
-        <v>0.193</v>
+        <v>0.601</v>
       </c>
       <c r="D603" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E603" s="0" t="s">
-        <v>785</v>
+        <v>809</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B604" s="0" t="s">
-        <v>407</v>
+        <v>673</v>
       </c>
       <c r="C604" s="0">
-        <v>0.172</v>
+        <v>0.65</v>
       </c>
       <c r="D604" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E604" s="0" t="s">
-        <v>786</v>
+        <v>810</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B605" s="0" t="s">
-        <v>703</v>
+        <v>43</v>
       </c>
       <c r="C605" s="0">
-        <v>0.65</v>
+        <v>0.885</v>
       </c>
       <c r="D605" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E605" s="0" t="s">
-        <v>787</v>
+        <v>811</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B606" s="0" t="s">
-        <v>9</v>
+        <v>316</v>
       </c>
       <c r="C606" s="0">
-        <v>0.334</v>
+        <v>0.312</v>
       </c>
       <c r="D606" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E606" s="0" t="s">
-        <v>788</v>
+        <v>812</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B607" s="0" t="s">
-        <v>124</v>
+        <v>35</v>
       </c>
       <c r="C607" s="0">
-        <v>2.768</v>
+        <v>1.85</v>
       </c>
       <c r="D607" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E607" s="0" t="s">
-        <v>789</v>
+        <v>813</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B608" s="0" t="s">
-        <v>43</v>
+        <v>227</v>
       </c>
       <c r="C608" s="0">
-        <v>0.076</v>
+        <v>0.128</v>
       </c>
       <c r="D608" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E608" s="0" t="s">
-        <v>790</v>
+        <v>814</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B609" s="0" t="s">
-        <v>161</v>
+        <v>114</v>
       </c>
       <c r="C609" s="0">
-        <v>0.63</v>
+        <v>4.3</v>
       </c>
       <c r="D609" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E609" s="0" t="s">
-        <v>791</v>
+        <v>815</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B610" s="0" t="s">
-        <v>117</v>
+        <v>452</v>
       </c>
       <c r="C610" s="0">
-        <v>1.37</v>
+        <v>1.19</v>
       </c>
       <c r="D610" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E610" s="0" t="s">
-        <v>792</v>
+        <v>816</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B611" s="0" t="s">
-        <v>127</v>
+        <v>48</v>
       </c>
       <c r="C611" s="0">
-        <v>0.885</v>
+        <v>4.53</v>
       </c>
       <c r="D611" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E611" s="0" t="s">
-        <v>793</v>
+        <v>817</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>124</v>
+        <v>41</v>
       </c>
       <c r="C612" s="0">
-        <v>1.078</v>
+        <v>0.73</v>
       </c>
       <c r="D612" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E612" s="0" t="s">
-        <v>794</v>
+        <v>818</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>795</v>
+        <v>117</v>
       </c>
       <c r="C613" s="0">
-        <v>50</v>
+        <v>1.575</v>
       </c>
       <c r="D613" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E613" s="0" t="s">
-        <v>796</v>
+        <v>819</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>285</v>
+        <v>396</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>127</v>
+        <v>820</v>
       </c>
       <c r="C614" s="0">
-        <v>0.86</v>
+        <v>40</v>
       </c>
       <c r="D614" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E614" s="0" t="s">
-        <v>797</v>
+        <v>821</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>243</v>
+        <v>43</v>
       </c>
       <c r="C615" s="0">
-        <v>0.312</v>
+        <v>0.65</v>
       </c>
       <c r="D615" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E615" s="0" t="s">
-        <v>798</v>
+        <v>822</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="C616" s="0">
-        <v>1</v>
+        <v>0.83</v>
       </c>
       <c r="D616" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E616" s="0" t="s">
-        <v>799</v>
+        <v>823</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>256</v>
+        <v>61</v>
       </c>
       <c r="C617" s="0">
-        <v>0.52</v>
+        <v>0.85</v>
       </c>
       <c r="D617" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E617" s="0" t="s">
-        <v>800</v>
+        <v>824</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>801</v>
+        <v>314</v>
       </c>
       <c r="C618" s="0">
-        <v>2</v>
+        <v>1.575</v>
       </c>
       <c r="D618" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E618" s="0" t="s">
-        <v>802</v>
+        <v>825</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="C619" s="0">
-        <v>0.34</v>
+        <v>0.83</v>
       </c>
       <c r="D619" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E619" s="0" t="s">
-        <v>803</v>
+        <v>826</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>74</v>
+        <v>782</v>
       </c>
       <c r="C620" s="0">
-        <v>0.83</v>
+        <v>1000</v>
       </c>
       <c r="D620" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E620" s="0" t="s">
-        <v>804</v>
+        <v>827</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>171</v>
+        <v>396</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>124</v>
+        <v>517</v>
       </c>
       <c r="C621" s="0">
-        <v>1.705</v>
+        <v>10</v>
       </c>
       <c r="D621" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E621" s="0" t="s">
-        <v>805</v>
+        <v>828</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>105</v>
+        <v>424</v>
       </c>
       <c r="C622" s="0">
-        <v>5</v>
+        <v>0.278</v>
       </c>
       <c r="D622" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E622" s="0" t="s">
-        <v>806</v>
+        <v>829</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>14</v>
+        <v>322</v>
       </c>
       <c r="C623" s="0">
-        <v>1</v>
+        <v>0.236</v>
       </c>
       <c r="D623" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E623" s="0" t="s">
-        <v>807</v>
+        <v>830</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>127</v>
+        <v>165</v>
       </c>
       <c r="C624" s="0">
-        <v>0.74</v>
+        <v>0.339</v>
       </c>
       <c r="D624" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E624" s="0" t="s">
-        <v>808</v>
+        <v>831</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>809</v>
+        <v>63</v>
       </c>
       <c r="C625" s="0">
-        <v>0.838</v>
+        <v>1.83</v>
       </c>
       <c r="D625" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E625" s="0" t="s">
-        <v>810</v>
+        <v>832</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>263</v>
+        <v>249</v>
       </c>
       <c r="C626" s="0">
-        <v>0.128</v>
+        <v>0.355</v>
       </c>
       <c r="D626" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E626" s="0" t="s">
-        <v>811</v>
+        <v>833</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>241</v>
+        <v>445</v>
       </c>
       <c r="C627" s="0">
-        <v>1.4</v>
+        <v>1.13</v>
       </c>
       <c r="D627" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E627" s="0" t="s">
-        <v>812</v>
+        <v>834</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="C628" s="0">
-        <v>4.3</v>
+        <v>3.25</v>
       </c>
       <c r="D628" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E628" s="0" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>21</v>
+        <v>836</v>
       </c>
       <c r="C629" s="0">
-        <v>0.46</v>
+        <v>0.201</v>
       </c>
       <c r="D629" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E629" s="0" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>350</v>
+        <v>838</v>
       </c>
       <c r="C630" s="0">
-        <v>0.304</v>
+        <v>99</v>
       </c>
       <c r="D630" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E630" s="0" t="s">
-        <v>815</v>
+        <v>839</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>342</v>
+        <v>452</v>
       </c>
       <c r="C631" s="0">
-        <v>0.67</v>
+        <v>1.19</v>
       </c>
       <c r="D631" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E631" s="0" t="s">
-        <v>816</v>
+        <v>840</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>48</v>
+        <v>469</v>
       </c>
       <c r="C632" s="0">
-        <v>3.86</v>
+        <v>0.168</v>
       </c>
       <c r="D632" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E632" s="0" t="s">
-        <v>817</v>
+        <v>841</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>28</v>
+        <v>167</v>
       </c>
       <c r="C633" s="0">
-        <v>1.626</v>
+        <v>0.231</v>
       </c>
       <c r="D633" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E633" s="0" t="s">
-        <v>818</v>
+        <v>842</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>498</v>
+        <v>409</v>
       </c>
       <c r="C634" s="0">
-        <v>0.73</v>
+        <v>0.168</v>
       </c>
       <c r="D634" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E634" s="0" t="s">
-        <v>819</v>
+        <v>843</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>703</v>
+        <v>43</v>
       </c>
       <c r="C635" s="0">
-        <v>0.649</v>
+        <v>0.9</v>
       </c>
       <c r="D635" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E635" s="0" t="s">
-        <v>820</v>
+        <v>844</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>327</v>
+        <v>413</v>
       </c>
       <c r="C636" s="0">
-        <v>0.5</v>
+        <v>0.71</v>
       </c>
       <c r="D636" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E636" s="0" t="s">
-        <v>821</v>
+        <v>845</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>14</v>
+        <v>846</v>
       </c>
       <c r="C637" s="0">
-        <v>1</v>
+        <v>0.22</v>
       </c>
       <c r="D637" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E637" s="0" t="s">
-        <v>822</v>
+        <v>847</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>127</v>
+        <v>232</v>
       </c>
       <c r="C638" s="0">
-        <v>0.82</v>
+        <v>0.675</v>
       </c>
       <c r="D638" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E638" s="0" t="s">
-        <v>823</v>
+        <v>848</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="C639" s="0">
-        <v>2.3</v>
+        <v>0.075</v>
       </c>
       <c r="D639" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E639" s="0" t="s">
-        <v>824</v>
+        <v>849</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>825</v>
+        <v>61</v>
       </c>
       <c r="C640" s="0">
-        <v>40</v>
+        <v>0.85</v>
       </c>
       <c r="D640" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E640" s="0" t="s">
-        <v>826</v>
+        <v>850</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B641" s="0" t="s">
-        <v>127</v>
+        <v>597</v>
       </c>
       <c r="C641" s="0">
-        <v>0.65</v>
+        <v>13</v>
       </c>
       <c r="D641" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E641" s="0" t="s">
-        <v>827</v>
+        <v>851</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B642" s="0" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="C642" s="0">
-        <v>0.83</v>
+        <v>0.302</v>
       </c>
       <c r="D642" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E642" s="0" t="s">
-        <v>828</v>
+        <v>852</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>829</v>
+        <v>77</v>
       </c>
       <c r="C643" s="0">
-        <v>0.114</v>
+        <v>3.86</v>
       </c>
       <c r="D643" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E643" s="0" t="s">
-        <v>830</v>
+        <v>853</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>127</v>
+        <v>854</v>
       </c>
       <c r="C644" s="0">
-        <v>0.83</v>
+        <v>1</v>
       </c>
       <c r="D644" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E644" s="0" t="s">
-        <v>831</v>
+        <v>855</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>342</v>
+        <v>856</v>
       </c>
       <c r="C645" s="0">
-        <v>0.48</v>
+        <v>2</v>
       </c>
       <c r="D645" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E645" s="0" t="s">
-        <v>832</v>
+        <v>857</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="C646" s="0">
-        <v>1.1</v>
+        <v>0.65</v>
       </c>
       <c r="D646" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E646" s="0" t="s">
-        <v>833</v>
+        <v>858</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>407</v>
+        <v>445</v>
       </c>
       <c r="C647" s="0">
-        <v>0.169</v>
+        <v>0.22</v>
       </c>
       <c r="D647" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E647" s="0" t="s">
-        <v>834</v>
+        <v>859</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>327</v>
+        <v>165</v>
       </c>
       <c r="C648" s="0">
-        <v>0.505</v>
+        <v>0.8</v>
       </c>
       <c r="D648" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E648" s="0" t="s">
-        <v>835</v>
+        <v>860</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B649" s="0" t="s">
-        <v>243</v>
+        <v>370</v>
       </c>
       <c r="C649" s="0">
-        <v>0.102</v>
+        <v>0.55</v>
       </c>
       <c r="D649" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E649" s="0" t="s">
-        <v>836</v>
+        <v>861</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B650" s="0" t="s">
-        <v>14</v>
+        <v>370</v>
       </c>
       <c r="C650" s="0">
-        <v>1.13</v>
+        <v>0.67</v>
       </c>
       <c r="D650" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E650" s="0" t="s">
-        <v>837</v>
+        <v>861</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>838</v>
+        <v>214</v>
       </c>
       <c r="C651" s="0">
-        <v>1000</v>
+        <v>0.565</v>
       </c>
       <c r="D651" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E651" s="0" t="s">
-        <v>839</v>
+        <v>862</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
-        <v>307</v>
+        <v>802</v>
       </c>
       <c r="B652" s="0" t="s">
-        <v>428</v>
+        <v>863</v>
       </c>
       <c r="C652" s="0">
-        <v>10</v>
+        <v>0.615</v>
       </c>
       <c r="D652" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E652" s="0" t="s">
-        <v>840</v>
+        <v>864</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B653" s="0" t="s">
-        <v>263</v>
+        <v>39</v>
       </c>
       <c r="C653" s="0">
-        <v>0.018</v>
+        <v>0.63</v>
       </c>
       <c r="D653" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E653" s="0" t="s">
-        <v>841</v>
+        <v>865</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B654" s="0" t="s">
-        <v>105</v>
+        <v>322</v>
       </c>
       <c r="C654" s="0">
-        <v>4.55</v>
+        <v>0.237</v>
       </c>
       <c r="D654" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E654" s="0" t="s">
-        <v>842</v>
+        <v>866</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>323</v>
+        <v>452</v>
       </c>
       <c r="C655" s="0">
-        <v>0.278</v>
+        <v>1.265</v>
       </c>
       <c r="D655" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E655" s="0" t="s">
-        <v>843</v>
+        <v>867</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B656" s="0" t="s">
-        <v>245</v>
+        <v>35</v>
       </c>
       <c r="C656" s="0">
-        <v>0.034</v>
+        <v>0.371</v>
       </c>
       <c r="D656" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E656" s="0" t="s">
-        <v>844</v>
+        <v>868</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>251</v>
+        <v>869</v>
       </c>
       <c r="C657" s="0">
-        <v>0.236</v>
+        <v>0.285</v>
       </c>
       <c r="D657" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E657" s="0" t="s">
-        <v>845</v>
+        <v>870</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B658" s="0" t="s">
-        <v>327</v>
+        <v>869</v>
       </c>
       <c r="C658" s="0">
-        <v>0.355</v>
+        <v>0.385</v>
       </c>
       <c r="D658" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E658" s="0" t="s">
-        <v>846</v>
+        <v>870</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>342</v>
+        <v>9</v>
       </c>
       <c r="C659" s="0">
-        <v>0.339</v>
+        <v>0.28</v>
       </c>
       <c r="D659" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E659" s="0" t="s">
-        <v>847</v>
+        <v>871</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="C660" s="0">
-        <v>2.5</v>
+        <v>1.575</v>
       </c>
       <c r="D660" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E660" s="0" t="s">
-        <v>848</v>
+        <v>872</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="C661" s="0">
-        <v>1.83</v>
+        <v>2.255</v>
       </c>
       <c r="D661" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E661" s="0" t="s">
-        <v>849</v>
+        <v>873</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B662" s="0" t="s">
-        <v>327</v>
+        <v>272</v>
       </c>
       <c r="C662" s="0">
-        <v>0.502</v>
+        <v>0.5</v>
       </c>
       <c r="D662" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E662" s="0" t="s">
-        <v>850</v>
+        <v>874</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
-        <v>171</v>
+        <v>5</v>
       </c>
       <c r="B663" s="0" t="s">
-        <v>16</v>
+        <v>156</v>
       </c>
       <c r="C663" s="0">
-        <v>3</v>
+        <v>0.208</v>
       </c>
       <c r="D663" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E663" s="0" t="s">
-        <v>851</v>
+        <v>875</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>14</v>
+        <v>165</v>
       </c>
       <c r="C664" s="0">
-        <v>1.05</v>
+        <v>0.65</v>
       </c>
       <c r="D664" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E664" s="0" t="s">
-        <v>852</v>
+        <v>876</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>127</v>
+        <v>48</v>
       </c>
       <c r="C665" s="0">
-        <v>0.85</v>
+        <v>0.855</v>
       </c>
       <c r="D665" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E665" s="0" t="s">
-        <v>853</v>
+        <v>877</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>854</v>
+        <v>878</v>
       </c>
       <c r="C666" s="0">
-        <v>0.201</v>
+        <v>0.07</v>
       </c>
       <c r="D666" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E666" s="0" t="s">
-        <v>855</v>
+        <v>879</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>16</v>
+        <v>382</v>
       </c>
       <c r="C667" s="0">
-        <v>2.305</v>
+        <v>0.477</v>
       </c>
       <c r="D667" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E667" s="0" t="s">
-        <v>856</v>
+        <v>880</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>28</v>
+        <v>881</v>
       </c>
       <c r="C668" s="0">
-        <v>1.55</v>
+        <v>17</v>
       </c>
       <c r="D668" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E668" s="0" t="s">
-        <v>857</v>
+        <v>882</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>858</v>
+        <v>63</v>
       </c>
       <c r="C669" s="0">
-        <v>99</v>
+        <v>5.3</v>
       </c>
       <c r="D669" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E669" s="0" t="s">
-        <v>859</v>
+        <v>883</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>285</v>
+        <v>5</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>860</v>
+        <v>227</v>
       </c>
       <c r="C670" s="0">
-        <v>1</v>
+        <v>0.126</v>
       </c>
       <c r="D670" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E670" s="0" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>127</v>
+        <v>227</v>
       </c>
       <c r="C671" s="0">
-        <v>0.885</v>
+        <v>0.13</v>
       </c>
       <c r="D671" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E671" s="0" t="s">
-        <v>862</v>
+        <v>885</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>287</v>
+        <v>409</v>
       </c>
       <c r="C672" s="0">
-        <v>0.064</v>
+        <v>0.17</v>
       </c>
       <c r="D672" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E672" s="0" t="s">
-        <v>863</v>
+        <v>886</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>236</v>
+        <v>152</v>
       </c>
       <c r="C673" s="0">
-        <v>0.231</v>
+        <v>0.716</v>
       </c>
       <c r="D673" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E673" s="0" t="s">
-        <v>864</v>
+        <v>887</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>16</v>
+        <v>297</v>
       </c>
       <c r="C674" s="0">
-        <v>2.5</v>
+        <v>0.25</v>
       </c>
       <c r="D674" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E674" s="0" t="s">
-        <v>865</v>
+        <v>888</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>171</v>
+        <v>11</v>
       </c>
       <c r="B675" s="0" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="C675" s="0">
-        <v>0.967</v>
+        <v>0.9</v>
       </c>
       <c r="D675" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E675" s="0" t="s">
-        <v>866</v>
+        <v>889</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>407</v>
+        <v>77</v>
       </c>
       <c r="C676" s="0">
-        <v>0.168</v>
+        <v>3.06</v>
       </c>
       <c r="D676" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E676" s="0" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>838</v>
+        <v>249</v>
       </c>
       <c r="C677" s="0">
-        <v>10</v>
+        <v>0.197</v>
       </c>
       <c r="D677" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E677" s="0" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>171</v>
+        <v>5</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>183</v>
+        <v>65</v>
       </c>
       <c r="C678" s="0">
-        <v>0.885</v>
+        <v>0.072</v>
       </c>
       <c r="D678" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E678" s="0" t="s">
-        <v>869</v>
+        <v>892</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>407</v>
+        <v>893</v>
       </c>
       <c r="C679" s="0">
-        <v>0.166</v>
+        <v>0.356</v>
       </c>
       <c r="D679" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E679" s="0" t="s">
-        <v>870</v>
+        <v>894</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>871</v>
+        <v>249</v>
       </c>
       <c r="C680" s="0">
-        <v>900</v>
+        <v>0.245</v>
       </c>
       <c r="D680" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E680" s="0" t="s">
-        <v>872</v>
+        <v>895</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>873</v>
+        <v>232</v>
       </c>
       <c r="C681" s="0">
-        <v>0.227</v>
+        <v>0.573</v>
       </c>
       <c r="D681" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E681" s="0" t="s">
-        <v>874</v>
+        <v>896</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>287</v>
+        <v>614</v>
       </c>
       <c r="C682" s="0">
-        <v>0.131</v>
+        <v>14</v>
       </c>
       <c r="D682" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E682" s="0" t="s">
-        <v>875</v>
+        <v>897</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>327</v>
+        <v>254</v>
       </c>
       <c r="C683" s="0">
-        <v>0.191</v>
+        <v>0.216</v>
       </c>
       <c r="D683" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E683" s="0" t="s">
-        <v>876</v>
+        <v>898</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>263</v>
+        <v>43</v>
       </c>
       <c r="C684" s="0">
-        <v>0.126</v>
+        <v>0.9</v>
       </c>
       <c r="D684" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E684" s="0" t="s">
-        <v>877</v>
+        <v>899</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>878</v>
+        <v>224</v>
       </c>
       <c r="C685" s="0">
-        <v>1.19</v>
+        <v>1.035</v>
       </c>
       <c r="D685" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E685" s="0" t="s">
-        <v>879</v>
+        <v>900</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C686" s="0">
-        <v>1.05</v>
+        <v>3.1</v>
       </c>
       <c r="D686" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E686" s="0" t="s">
-        <v>880</v>
+        <v>901</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>323</v>
+        <v>61</v>
       </c>
       <c r="C687" s="0">
-        <v>0.279</v>
+        <v>0.85</v>
       </c>
       <c r="D687" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E687" s="0" t="s">
-        <v>881</v>
+        <v>902</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>222</v>
+        <v>903</v>
       </c>
       <c r="C688" s="0">
-        <v>0.25</v>
+        <v>23</v>
       </c>
       <c r="D688" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E688" s="0" t="s">
-        <v>882</v>
+        <v>904</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B689" s="0" t="s">
-        <v>289</v>
+        <v>413</v>
       </c>
       <c r="C689" s="0">
-        <v>0.71</v>
+        <v>0.65</v>
       </c>
       <c r="D689" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E689" s="0" t="s">
-        <v>883</v>
+        <v>905</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>327</v>
+        <v>445</v>
       </c>
       <c r="C690" s="0">
-        <v>0.197</v>
+        <v>0.47</v>
       </c>
       <c r="D690" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E690" s="0" t="s">
-        <v>884</v>
+        <v>906</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>43</v>
+        <v>224</v>
       </c>
       <c r="C691" s="0">
-        <v>0.072</v>
+        <v>0.46</v>
       </c>
       <c r="D691" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E691" s="0" t="s">
-        <v>885</v>
+        <v>907</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>886</v>
+        <v>374</v>
       </c>
       <c r="C692" s="0">
-        <v>0.356</v>
+        <v>0.295</v>
       </c>
       <c r="D692" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E692" s="0" t="s">
-        <v>887</v>
+        <v>908</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>14</v>
+        <v>114</v>
       </c>
       <c r="C693" s="0">
-        <v>0.9</v>
+        <v>0.352</v>
       </c>
       <c r="D693" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E693" s="0" t="s">
-        <v>888</v>
+        <v>909</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>889</v>
+        <v>910</v>
       </c>
       <c r="C694" s="0">
-        <v>0.32</v>
+        <v>32</v>
       </c>
       <c r="D694" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E694" s="0" t="s">
-        <v>890</v>
+        <v>911</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>891</v>
+        <v>232</v>
       </c>
       <c r="C695" s="0">
-        <v>0.508</v>
+        <v>0.352</v>
       </c>
       <c r="D695" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E695" s="0" t="s">
-        <v>892</v>
+        <v>912</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>5</v>
+        <v>556</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>16</v>
+        <v>413</v>
       </c>
       <c r="C696" s="0">
-        <v>2.5</v>
+        <v>0.01</v>
       </c>
       <c r="D696" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E696" s="0" t="s">
-        <v>893</v>
+        <v>913</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>11</v>
+        <v>556</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>327</v>
+        <v>914</v>
       </c>
       <c r="C697" s="0">
-        <v>0.245</v>
+        <v>0.15</v>
       </c>
       <c r="D697" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E697" s="0" t="s">
-        <v>894</v>
+        <v>913</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>895</v>
+        <v>227</v>
       </c>
       <c r="C698" s="0">
-        <v>0.22</v>
+        <v>0.127</v>
       </c>
       <c r="D698" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E698" s="0" t="s">
-        <v>896</v>
+        <v>915</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>74</v>
+        <v>916</v>
       </c>
       <c r="C699" s="0">
-        <v>1.5</v>
+        <v>0.256</v>
       </c>
       <c r="D699" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E699" s="0" t="s">
-        <v>897</v>
+        <v>917</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>127</v>
+        <v>424</v>
       </c>
       <c r="C700" s="0">
-        <v>0.74</v>
+        <v>0.277</v>
       </c>
       <c r="D700" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E700" s="0" t="s">
-        <v>898</v>
+        <v>918</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>899</v>
+        <v>77</v>
       </c>
       <c r="C701" s="0">
-        <v>0.505</v>
+        <v>0.5</v>
       </c>
       <c r="D701" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E701" s="0" t="s">
-        <v>900</v>
+        <v>919</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>901</v>
+        <v>920</v>
       </c>
       <c r="C702" s="0">
-        <v>0.18</v>
+        <v>1.173</v>
       </c>
       <c r="D702" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E702" s="0" t="s">
-        <v>902</v>
+        <v>921</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>43</v>
+        <v>378</v>
       </c>
       <c r="C703" s="0">
-        <v>0.075</v>
+        <v>19.204</v>
       </c>
       <c r="D703" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E703" s="0" t="s">
-        <v>903</v>
+        <v>922</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>407</v>
+        <v>503</v>
       </c>
       <c r="C704" s="0">
-        <v>0.167</v>
+        <v>0.601</v>
       </c>
       <c r="D704" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E704" s="0" t="s">
-        <v>904</v>
+        <v>923</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>605</v>
+        <v>214</v>
       </c>
       <c r="C705" s="0">
-        <v>13</v>
+        <v>0.565</v>
       </c>
       <c r="D705" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E705" s="0" t="s">
-        <v>905</v>
+        <v>924</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="C706" s="0">
-        <v>1.85</v>
+        <v>1.41</v>
       </c>
       <c r="D706" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E706" s="0" t="s">
-        <v>906</v>
+        <v>925</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B707" s="0" t="s">
-        <v>33</v>
+        <v>409</v>
       </c>
       <c r="C707" s="0">
-        <v>0.302</v>
+        <v>0.168</v>
       </c>
       <c r="D707" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E707" s="0" t="s">
-        <v>907</v>
+        <v>926</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B708" s="0" t="s">
-        <v>48</v>
+        <v>378</v>
       </c>
       <c r="C708" s="0">
-        <v>1.92</v>
+        <v>26.838</v>
       </c>
       <c r="D708" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E708" s="0" t="s">
-        <v>908</v>
+        <v>927</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B709" s="0" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C709" s="0">
-        <v>2.094</v>
+        <v>0.85</v>
       </c>
       <c r="D709" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E709" s="0" t="s">
-        <v>908</v>
+        <v>928</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>124</v>
+        <v>57</v>
       </c>
       <c r="C710" s="0">
-        <v>2.768</v>
+        <v>1.982</v>
       </c>
       <c r="D710" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E710" s="0" t="s">
-        <v>909</v>
+        <v>929</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>631</v>
+        <v>65</v>
       </c>
       <c r="C711" s="0">
-        <v>14</v>
+        <v>0.075</v>
       </c>
       <c r="D711" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E711" s="0" t="s">
-        <v>910</v>
+        <v>930</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>911</v>
+        <v>227</v>
       </c>
       <c r="C712" s="0">
-        <v>0.341</v>
+        <v>0.128</v>
       </c>
       <c r="D712" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E712" s="0" t="s">
-        <v>912</v>
+        <v>931</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>185</v>
+        <v>392</v>
       </c>
       <c r="C713" s="0">
-        <v>0.216</v>
+        <v>0.235</v>
       </c>
       <c r="D713" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E713" s="0" t="s">
-        <v>913</v>
+        <v>932</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>241</v>
+        <v>18</v>
       </c>
       <c r="C714" s="0">
-        <v>1</v>
+        <v>3.1</v>
       </c>
       <c r="D714" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E714" s="0" t="s">
-        <v>914</v>
+        <v>933</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="C715" s="0">
-        <v>2.5</v>
+        <v>0.83</v>
       </c>
       <c r="D715" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E715" s="0" t="s">
-        <v>915</v>
+        <v>934</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="C716" s="0">
-        <v>3.86</v>
+        <v>0.295</v>
       </c>
       <c r="D716" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E716" s="0" t="s">
-        <v>916</v>
+        <v>935</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C717" s="0">
-        <v>2.768</v>
+        <v>1.13</v>
       </c>
       <c r="D717" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E717" s="0" t="s">
-        <v>917</v>
+        <v>936</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>28</v>
+        <v>753</v>
       </c>
       <c r="C718" s="0">
-        <v>1.521</v>
+        <v>0.044</v>
       </c>
       <c r="D718" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E718" s="0" t="s">
-        <v>918</v>
+        <v>937</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>919</v>
+        <v>314</v>
       </c>
       <c r="C719" s="0">
-        <v>2</v>
+        <v>0.655</v>
       </c>
       <c r="D719" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E719" s="0" t="s">
-        <v>920</v>
+        <v>938</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>921</v>
+        <v>384</v>
       </c>
       <c r="C720" s="0">
-        <v>1</v>
+        <v>0.304</v>
       </c>
       <c r="D720" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E720" s="0" t="s">
-        <v>922</v>
+        <v>939</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>245</v>
+        <v>61</v>
       </c>
       <c r="C721" s="0">
-        <v>0.066</v>
+        <v>0.83</v>
       </c>
       <c r="D721" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E721" s="0" t="s">
-        <v>923</v>
+        <v>940</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B722" s="0" t="s">
-        <v>407</v>
+        <v>384</v>
       </c>
       <c r="C722" s="0">
-        <v>0.169</v>
+        <v>0.302</v>
       </c>
       <c r="D722" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E722" s="0" t="s">
-        <v>924</v>
+        <v>941</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B723" s="0" t="s">
-        <v>925</v>
+        <v>316</v>
       </c>
       <c r="C723" s="0">
-        <v>0.579</v>
+        <v>0.311</v>
       </c>
       <c r="D723" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E723" s="0" t="s">
-        <v>926</v>
+        <v>942</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B724" s="0" t="s">
-        <v>14</v>
+        <v>943</v>
       </c>
       <c r="C724" s="0">
-        <v>0.597</v>
+        <v>4</v>
       </c>
       <c r="D724" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E724" s="0" t="s">
-        <v>927</v>
+        <v>944</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>928</v>
+        <v>165</v>
       </c>
       <c r="C725" s="0">
-        <v>0.38</v>
+        <v>0.8</v>
       </c>
       <c r="D725" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E725" s="0" t="s">
-        <v>929</v>
+        <v>945</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>161</v>
+        <v>48</v>
       </c>
       <c r="C726" s="0">
-        <v>0.46</v>
+        <v>4.501</v>
       </c>
       <c r="D726" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E726" s="0" t="s">
-        <v>930</v>
+        <v>946</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>376</v>
+        <v>43</v>
       </c>
       <c r="C727" s="0">
-        <v>0.67</v>
+        <v>0.9</v>
       </c>
       <c r="D727" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E727" s="0" t="s">
-        <v>931</v>
+        <v>947</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>376</v>
+        <v>413</v>
       </c>
       <c r="C728" s="0">
-        <v>0.55</v>
+        <v>0.71</v>
       </c>
       <c r="D728" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E728" s="0" t="s">
-        <v>931</v>
+        <v>948</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>127</v>
+        <v>165</v>
       </c>
       <c r="C729" s="0">
-        <v>0.43</v>
+        <v>0.71</v>
       </c>
       <c r="D729" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E729" s="0" t="s">
-        <v>932</v>
+        <v>949</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>933</v>
+        <v>106</v>
       </c>
       <c r="C730" s="0">
-        <v>23</v>
+        <v>0.33</v>
       </c>
       <c r="D730" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E730" s="0" t="s">
-        <v>934</v>
+        <v>950</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
-        <v>382</v>
+        <v>556</v>
       </c>
       <c r="B731" s="0" t="s">
-        <v>278</v>
+        <v>557</v>
       </c>
       <c r="C731" s="0">
-        <v>0.615</v>
+        <v>0.734</v>
       </c>
       <c r="D731" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E731" s="0" t="s">
-        <v>935</v>
+        <v>951</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
-        <v>5</v>
+        <v>556</v>
       </c>
       <c r="B732" s="0" t="s">
-        <v>161</v>
+        <v>952</v>
       </c>
       <c r="C732" s="0">
-        <v>0.252</v>
+        <v>0.398</v>
       </c>
       <c r="D732" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E732" s="0" t="s">
-        <v>936</v>
+        <v>953</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B733" s="0" t="s">
-        <v>251</v>
+        <v>77</v>
       </c>
       <c r="C733" s="0">
-        <v>0.237</v>
+        <v>0.85</v>
       </c>
       <c r="D733" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E733" s="0" t="s">
-        <v>937</v>
+        <v>954</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B734" s="0" t="s">
-        <v>878</v>
+        <v>77</v>
       </c>
       <c r="C734" s="0">
-        <v>1.19</v>
+        <v>3.15</v>
       </c>
       <c r="D734" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E734" s="0" t="s">
-        <v>938</v>
+        <v>954</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>245</v>
+        <v>374</v>
       </c>
       <c r="C735" s="0">
-        <v>0.041</v>
+        <v>0.114</v>
       </c>
       <c r="D735" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E735" s="0" t="s">
-        <v>939</v>
+        <v>955</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>413</v>
+        <v>39</v>
       </c>
       <c r="C736" s="0">
-        <v>1.265</v>
+        <v>0.51</v>
       </c>
       <c r="D736" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E736" s="0" t="s">
-        <v>940</v>
+        <v>956</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B737" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C737" s="0">
-        <v>3.02</v>
+        <v>0.581</v>
       </c>
       <c r="D737" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E737" s="0" t="s">
-        <v>941</v>
+        <v>957</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>263</v>
+        <v>322</v>
       </c>
       <c r="C738" s="0">
-        <v>0.13</v>
+        <v>0.239</v>
       </c>
       <c r="D738" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E738" s="0" t="s">
-        <v>942</v>
+        <v>958</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>287</v>
+        <v>316</v>
       </c>
       <c r="C739" s="0">
-        <v>0.299</v>
+        <v>0.316</v>
       </c>
       <c r="D739" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E739" s="0" t="s">
-        <v>943</v>
+        <v>959</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B740" s="0" t="s">
-        <v>287</v>
+        <v>382</v>
       </c>
       <c r="C740" s="0">
-        <v>0.295</v>
+        <v>0.181</v>
       </c>
       <c r="D740" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E740" s="0" t="s">
-        <v>944</v>
+        <v>960</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="C741" s="0">
-        <v>0.352</v>
+        <v>0.623</v>
       </c>
       <c r="D741" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E741" s="0" t="s">
-        <v>945</v>
+        <v>961</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B742" s="0" t="s">
-        <v>301</v>
+        <v>165</v>
       </c>
       <c r="C742" s="0">
-        <v>0.545</v>
+        <v>0.8</v>
       </c>
       <c r="D742" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E742" s="0" t="s">
-        <v>946</v>
+        <v>962</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B743" s="0" t="s">
-        <v>275</v>
+        <v>156</v>
       </c>
       <c r="C743" s="0">
-        <v>1.2</v>
+        <v>0.252</v>
       </c>
       <c r="D743" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E743" s="0" t="s">
-        <v>947</v>
+        <v>963</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B744" s="0" t="s">
-        <v>948</v>
+        <v>409</v>
       </c>
       <c r="C744" s="0">
-        <v>0.285</v>
+        <v>0.168</v>
       </c>
       <c r="D744" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E744" s="0" t="s">
-        <v>949</v>
+        <v>964</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B745" s="0" t="s">
-        <v>948</v>
+        <v>374</v>
       </c>
       <c r="C745" s="0">
-        <v>0.385</v>
+        <v>0.297</v>
       </c>
       <c r="D745" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E745" s="0" t="s">
-        <v>949</v>
+        <v>965</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B746" s="0" t="s">
-        <v>26</v>
+        <v>424</v>
       </c>
       <c r="C746" s="0">
-        <v>1.9</v>
+        <v>0.282</v>
       </c>
       <c r="D746" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E746" s="0" t="s">
-        <v>950</v>
+        <v>966</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
-        <v>307</v>
+        <v>396</v>
       </c>
       <c r="B747" s="0" t="s">
-        <v>951</v>
+        <v>967</v>
       </c>
       <c r="C747" s="0">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D747" s="0" t="s">
-        <v>309</v>
+        <v>398</v>
       </c>
       <c r="E747" s="0" t="s">
-        <v>952</v>
+        <v>968</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B748" s="0" t="s">
-        <v>26</v>
+        <v>227</v>
       </c>
       <c r="C748" s="0">
-        <v>0.465</v>
+        <v>0.126</v>
       </c>
       <c r="D748" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E748" s="0" t="s">
-        <v>953</v>
+        <v>969</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B749" s="0" t="s">
-        <v>9</v>
+        <v>165</v>
       </c>
       <c r="C749" s="0">
-        <v>0.28</v>
+        <v>0.75</v>
       </c>
       <c r="D749" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E749" s="0" t="s">
-        <v>954</v>
+        <v>970</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B750" s="0" t="s">
-        <v>161</v>
+        <v>224</v>
       </c>
       <c r="C750" s="0">
-        <v>0.466</v>
+        <v>0.59</v>
       </c>
       <c r="D750" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E750" s="0" t="s">
-        <v>955</v>
+        <v>971</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B751" s="0" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="C751" s="0">
-        <v>2.3</v>
+        <v>0.073</v>
       </c>
       <c r="D751" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E751" s="0" t="s">
-        <v>956</v>
+        <v>972</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
-        <v>5</v>
+        <v>447</v>
       </c>
       <c r="B752" s="0" t="s">
-        <v>442</v>
+        <v>39</v>
       </c>
       <c r="C752" s="0">
-        <v>1.51</v>
+        <v>1</v>
       </c>
       <c r="D752" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E752" s="0" t="s">
-        <v>957</v>
+        <v>973</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
-        <v>285</v>
+        <v>5</v>
       </c>
       <c r="B753" s="0" t="s">
-        <v>289</v>
+        <v>424</v>
       </c>
       <c r="C753" s="0">
-        <v>0.01</v>
+        <v>0.277</v>
       </c>
       <c r="D753" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E753" s="0" t="s">
-        <v>958</v>
+        <v>974</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B754" s="0" t="s">
-        <v>197</v>
+        <v>413</v>
       </c>
       <c r="C754" s="0">
-        <v>0.5</v>
+        <v>0.76</v>
       </c>
       <c r="D754" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E754" s="0" t="s">
-        <v>959</v>
+        <v>975</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
-        <v>285</v>
+        <v>46</v>
       </c>
       <c r="B755" s="0" t="s">
-        <v>960</v>
+        <v>12</v>
       </c>
       <c r="C755" s="0">
-        <v>0.15</v>
+        <v>1.96</v>
       </c>
       <c r="D755" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E755" s="0" t="s">
-        <v>958</v>
+        <v>976</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B756" s="0" t="s">
-        <v>961</v>
+        <v>72</v>
       </c>
       <c r="C756" s="0">
-        <v>0.208</v>
+        <v>0.2</v>
       </c>
       <c r="D756" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E756" s="0" t="s">
-        <v>962</v>
+        <v>977</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B757" s="0" t="s">
-        <v>342</v>
+        <v>978</v>
       </c>
       <c r="C757" s="0">
-        <v>0.65</v>
+        <v>1.278</v>
       </c>
       <c r="D757" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E757" s="0" t="s">
-        <v>963</v>
+        <v>979</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>263</v>
+        <v>124</v>
       </c>
       <c r="C758" s="0">
-        <v>0.127</v>
+        <v>2.549</v>
       </c>
       <c r="D758" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E758" s="0" t="s">
-        <v>964</v>
+        <v>980</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>16</v>
+        <v>224</v>
       </c>
       <c r="C759" s="0">
-        <v>1.1</v>
+        <v>1.07</v>
       </c>
       <c r="D759" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E759" s="0" t="s">
-        <v>965</v>
+        <v>981</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C760" s="0">
-        <v>1.712</v>
+        <v>3.6</v>
       </c>
       <c r="D760" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E760" s="0" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>966</v>
+        <v>384</v>
       </c>
       <c r="C761" s="0">
-        <v>0.54</v>
+        <v>0.285</v>
       </c>
       <c r="D761" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="E761" s="0" t="s">
-        <v>967</v>
+        <v>983</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>105</v>
+        <v>212</v>
       </c>
       <c r="C762" s="0">
-        <v>0.855</v>
+        <v>1.555</v>
       </c>
       <c r="D762" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E762" s="0" t="s">
-        <v>968</v>
+        <v>984</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B763" s="0" t="s">
-        <v>323</v>
+        <v>12</v>
       </c>
       <c r="C763" s="0">
-        <v>0.277</v>
+        <v>1.03</v>
       </c>
       <c r="D763" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E763" s="0" t="s">
-        <v>969</v>
+        <v>985</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B764" s="0" t="s">
-        <v>16</v>
+        <v>409</v>
       </c>
       <c r="C764" s="0">
-        <v>3.2</v>
+        <v>0.17</v>
       </c>
       <c r="D764" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E764" s="0" t="s">
-        <v>970</v>
+        <v>986</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="C765" s="0">
-        <v>0.388</v>
+        <v>0.58</v>
       </c>
       <c r="D765" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E765" s="0" t="s">
-        <v>971</v>
+        <v>987</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B766" s="0" t="s">
-        <v>972</v>
+        <v>378</v>
       </c>
       <c r="C766" s="0">
-        <v>0.07</v>
+        <v>32.386</v>
       </c>
       <c r="D766" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E766" s="0" t="s">
-        <v>973</v>
+        <v>988</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B767" s="0" t="s">
-        <v>14</v>
+        <v>117</v>
       </c>
       <c r="C767" s="0">
-        <v>1.13</v>
+        <v>1.6</v>
       </c>
       <c r="D767" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E767" s="0" t="s">
-        <v>974</v>
+        <v>989</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B768" s="0" t="s">
-        <v>48</v>
+        <v>214</v>
       </c>
       <c r="C768" s="0">
-        <v>0.5</v>
+        <v>0.484</v>
       </c>
       <c r="D768" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E768" s="0" t="s">
-        <v>975</v>
+        <v>990</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
-        <v>307</v>
+        <v>5</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>976</v>
+        <v>227</v>
       </c>
       <c r="C769" s="0">
-        <v>17</v>
+        <v>0.128</v>
       </c>
       <c r="D769" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E769" s="0" t="s">
-        <v>977</v>
+        <v>991</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B770" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C770" s="0">
-        <v>5.3</v>
+        <v>0.87</v>
       </c>
       <c r="D770" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E770" s="0" t="s">
-        <v>978</v>
+        <v>992</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>979</v>
+        <v>452</v>
       </c>
       <c r="C771" s="0">
-        <v>1.173</v>
+        <v>1.19</v>
       </c>
       <c r="D771" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E771" s="0" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>14</v>
+        <v>117</v>
       </c>
       <c r="C772" s="0">
-        <v>1</v>
+        <v>1.61</v>
       </c>
       <c r="D772" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E772" s="0" t="s">
-        <v>981</v>
+        <v>994</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B773" s="0" t="s">
-        <v>336</v>
+        <v>378</v>
       </c>
       <c r="C773" s="0">
-        <v>19.204</v>
+        <v>30.344</v>
       </c>
       <c r="D773" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E773" s="0" t="s">
-        <v>982</v>
+        <v>995</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B774" s="0" t="s">
-        <v>263</v>
+        <v>224</v>
       </c>
       <c r="C774" s="0">
-        <v>0.13</v>
+        <v>1.035</v>
       </c>
       <c r="D774" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E774" s="0" t="s">
-        <v>983</v>
+        <v>996</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B775" s="0" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="C775" s="0">
-        <v>1.67</v>
+        <v>0.52</v>
       </c>
       <c r="D775" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E775" s="0" t="s">
-        <v>984</v>
+        <v>997</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B776" s="0" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="C776" s="0">
-        <v>1.5</v>
+        <v>3.194</v>
       </c>
       <c r="D776" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E776" s="0" t="s">
-        <v>985</v>
+        <v>997</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
-        <v>11</v>
+        <v>556</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>124</v>
+        <v>998</v>
       </c>
       <c r="C777" s="0">
-        <v>1.04</v>
+        <v>0.357</v>
       </c>
       <c r="D777" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E777" s="0" t="s">
-        <v>986</v>
+        <v>999</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B778" s="0" t="s">
-        <v>107</v>
+        <v>249</v>
       </c>
       <c r="C778" s="0">
-        <v>0.716</v>
+        <v>0.382</v>
       </c>
       <c r="D778" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E778" s="0" t="s">
-        <v>987</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>407</v>
+        <v>387</v>
       </c>
       <c r="C779" s="0">
-        <v>0.17</v>
+        <v>0.192</v>
       </c>
       <c r="D779" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E779" s="0" t="s">
-        <v>988</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B780" s="0" t="s">
-        <v>28</v>
+        <v>316</v>
       </c>
       <c r="C780" s="0">
-        <v>1.5</v>
+        <v>0.035</v>
       </c>
       <c r="D780" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E780" s="0" t="s">
-        <v>989</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B781" s="0" t="s">
-        <v>256</v>
+        <v>374</v>
       </c>
       <c r="C781" s="0">
-        <v>0.59</v>
+        <v>0.298</v>
       </c>
       <c r="D781" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E781" s="0" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>105</v>
+        <v>322</v>
       </c>
       <c r="C782" s="0">
-        <v>5</v>
+        <v>0.235</v>
       </c>
       <c r="D782" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E782" s="0" t="s">
-        <v>991</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>285</v>
+        <v>11</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>127</v>
+        <v>243</v>
       </c>
       <c r="C783" s="0">
-        <v>0.86</v>
+        <v>0.23</v>
       </c>
       <c r="D783" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E783" s="0" t="s">
-        <v>992</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B784" s="0" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="C784" s="0">
-        <v>0.073</v>
+        <v>0.83</v>
       </c>
       <c r="D784" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E784" s="0" t="s">
-        <v>993</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
-        <v>5</v>
+        <v>447</v>
       </c>
       <c r="B785" s="0" t="s">
-        <v>407</v>
+        <v>232</v>
       </c>
       <c r="C785" s="0">
-        <v>0.168</v>
+        <v>0.8</v>
       </c>
       <c r="D785" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E785" s="0" t="s">
-        <v>994</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>37</v>
+        <v>249</v>
       </c>
       <c r="C786" s="0">
-        <v>1.982</v>
+        <v>0.41</v>
       </c>
       <c r="D786" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E786" s="0" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B787" s="0" t="s">
-        <v>336</v>
+        <v>18</v>
       </c>
       <c r="C787" s="0">
-        <v>26.838</v>
+        <v>3.595</v>
       </c>
       <c r="D787" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E787" s="0" t="s">
-        <v>996</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B788" s="0" t="s">
-        <v>997</v>
+        <v>387</v>
       </c>
       <c r="C788" s="0">
-        <v>0.15</v>
+        <v>0.198</v>
       </c>
       <c r="D788" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E788" s="0" t="s">
-        <v>998</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B789" s="0" t="s">
-        <v>124</v>
+        <v>382</v>
       </c>
       <c r="C789" s="0">
-        <v>2.768</v>
+        <v>0.479</v>
       </c>
       <c r="D789" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E789" s="0" t="s">
-        <v>999</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B790" s="0" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="C790" s="0">
-        <v>1.3</v>
+        <v>3.86</v>
       </c>
       <c r="D790" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E790" s="0" t="s">
-        <v>1000</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B791" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C791" s="0">
-        <v>0.075</v>
+        <v>0.64</v>
       </c>
       <c r="D791" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E791" s="0" t="s">
-        <v>1001</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>74</v>
+        <v>249</v>
       </c>
       <c r="C792" s="0">
-        <v>0.88</v>
+        <v>0.64</v>
       </c>
       <c r="D792" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E792" s="0" t="s">
-        <v>1002</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B793" s="0" t="s">
-        <v>263</v>
+        <v>205</v>
       </c>
       <c r="C793" s="0">
-        <v>0.128</v>
+        <v>0.19</v>
       </c>
       <c r="D793" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E793" s="0" t="s">
-        <v>1003</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B794" s="0" t="s">
-        <v>319</v>
+        <v>1016</v>
       </c>
       <c r="C794" s="0">
-        <v>0.68</v>
+        <v>0.171</v>
       </c>
       <c r="D794" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E794" s="0" t="s">
-        <v>1004</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B795" s="0" t="s">
-        <v>74</v>
+        <v>316</v>
       </c>
       <c r="C795" s="0">
-        <v>0.83</v>
+        <v>0.312</v>
       </c>
       <c r="D795" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E795" s="0" t="s">
-        <v>1005</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="C796" s="0">
-        <v>0.235</v>
+        <v>0.228</v>
       </c>
       <c r="D796" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E796" s="0" t="s">
-        <v>1006</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>171</v>
+        <v>5</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>14</v>
+        <v>392</v>
       </c>
       <c r="C797" s="0">
-        <v>1</v>
+        <v>0.237</v>
       </c>
       <c r="D797" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E797" s="0" t="s">
-        <v>1007</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>105</v>
+        <v>48</v>
       </c>
       <c r="C798" s="0">
-        <v>3.04</v>
+        <v>2.105</v>
       </c>
       <c r="D798" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E798" s="0" t="s">
-        <v>1008</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>74</v>
+        <v>632</v>
       </c>
       <c r="C799" s="0">
-        <v>1.55</v>
+        <v>15</v>
       </c>
       <c r="D799" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E799" s="0" t="s">
-        <v>1009</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B800" s="0" t="s">
-        <v>154</v>
+        <v>413</v>
       </c>
       <c r="C800" s="0">
-        <v>0.55</v>
+        <v>0.71</v>
       </c>
       <c r="D800" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E800" s="0" t="s">
-        <v>1010</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
-        <v>285</v>
+        <v>11</v>
       </c>
       <c r="B801" s="0" t="s">
-        <v>14</v>
+        <v>232</v>
       </c>
       <c r="C801" s="0">
-        <v>1</v>
+        <v>1.188</v>
       </c>
       <c r="D801" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E801" s="0" t="s">
-        <v>1011</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B802" s="0" t="s">
-        <v>33</v>
+        <v>577</v>
       </c>
       <c r="C802" s="0">
-        <v>0.295</v>
+        <v>2.284</v>
       </c>
       <c r="D802" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E802" s="0" t="s">
-        <v>1012</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>327</v>
+        <v>469</v>
       </c>
       <c r="C803" s="0">
-        <v>0.502</v>
+        <v>0.71</v>
       </c>
       <c r="D803" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E803" s="0" t="s">
-        <v>1013</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>891</v>
+        <v>232</v>
       </c>
       <c r="C804" s="0">
-        <v>0.452</v>
+        <v>1.45</v>
       </c>
       <c r="D804" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E804" s="0" t="s">
-        <v>1014</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>183</v>
+        <v>243</v>
       </c>
       <c r="C805" s="0">
-        <v>0.73</v>
+        <v>0.507</v>
       </c>
       <c r="D805" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E805" s="0" t="s">
-        <v>1015</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>14</v>
+        <v>114</v>
       </c>
       <c r="C806" s="0">
-        <v>1.06</v>
+        <v>4.23</v>
       </c>
       <c r="D806" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E806" s="0" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>278</v>
+        <v>165</v>
       </c>
       <c r="C807" s="0">
-        <v>0.502</v>
+        <v>0.715</v>
       </c>
       <c r="D807" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E807" s="0" t="s">
-        <v>1017</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>289</v>
+        <v>224</v>
       </c>
       <c r="C808" s="0">
-        <v>0.76</v>
+        <v>1.035</v>
       </c>
       <c r="D808" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E808" s="0" t="s">
-        <v>1018</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>74</v>
+        <v>1032</v>
       </c>
       <c r="C809" s="0">
-        <v>0.83</v>
+        <v>8</v>
       </c>
       <c r="D809" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E809" s="0" t="s">
-        <v>1019</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B810" s="0" t="s">
-        <v>350</v>
+        <v>43</v>
       </c>
       <c r="C810" s="0">
-        <v>0.304</v>
+        <v>0.9</v>
       </c>
       <c r="D810" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E810" s="0" t="s">
-        <v>1020</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B811" s="0" t="s">
-        <v>323</v>
+        <v>836</v>
       </c>
       <c r="C811" s="0">
-        <v>0.277</v>
+        <v>0.201</v>
       </c>
       <c r="D811" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E811" s="0" t="s">
-        <v>1021</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B812" s="0" t="s">
-        <v>161</v>
+        <v>249</v>
       </c>
       <c r="C812" s="0">
-        <v>0.355</v>
+        <v>0.532</v>
       </c>
       <c r="D812" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E812" s="0" t="s">
-        <v>1022</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C813" s="0">
-        <v>1.96</v>
+        <v>2.83</v>
       </c>
       <c r="D813" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E813" s="0" t="s">
-        <v>1023</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>350</v>
+        <v>18</v>
       </c>
       <c r="C814" s="0">
-        <v>0.302</v>
+        <v>0.72</v>
       </c>
       <c r="D814" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E814" s="0" t="s">
-        <v>1024</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B815" s="0" t="s">
-        <v>243</v>
+        <v>384</v>
       </c>
       <c r="C815" s="0">
-        <v>0.311</v>
+        <v>0.304</v>
       </c>
       <c r="D815" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E815" s="0" t="s">
-        <v>1025</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B816" s="0" t="s">
-        <v>1026</v>
+        <v>224</v>
       </c>
       <c r="C816" s="0">
-        <v>1.278</v>
+        <v>1.035</v>
       </c>
       <c r="D816" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E816" s="0" t="s">
-        <v>1027</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>45</v>
+        <v>1041</v>
       </c>
       <c r="C817" s="0">
-        <v>0.2</v>
+        <v>0.31</v>
       </c>
       <c r="D817" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E817" s="0" t="s">
-        <v>1028</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B818" s="0" t="s">
-        <v>183</v>
+        <v>77</v>
       </c>
       <c r="C818" s="0">
-        <v>1.55</v>
+        <v>0.5</v>
       </c>
       <c r="D818" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E818" s="0" t="s">
-        <v>1029</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="B819" s="0" t="s">
-        <v>1030</v>
+        <v>48</v>
       </c>
       <c r="C819" s="0">
-        <v>4</v>
+        <v>4.501</v>
       </c>
       <c r="D819" s="0" t="s">
-        <v>309</v>
+        <v>7</v>
       </c>
       <c r="E819" s="0" t="s">
-        <v>1031</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B820" s="0" t="s">
-        <v>413</v>
+        <v>35</v>
       </c>
       <c r="C820" s="0">
-        <v>0.75</v>
+        <v>1.6</v>
       </c>
       <c r="D820" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E820" s="0" t="s">
-        <v>1032</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>342</v>
+        <v>18</v>
       </c>
       <c r="C821" s="0">
-        <v>0.8</v>
+        <v>3.04</v>
       </c>
       <c r="D821" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E821" s="0" t="s">
-        <v>1033</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B822" s="0" t="s">
-        <v>350</v>
+        <v>77</v>
       </c>
       <c r="C822" s="0">
-        <v>0.285</v>
+        <v>1.2</v>
       </c>
       <c r="D822" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E822" s="0" t="s">
-        <v>1034</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>424</v>
+        <v>77</v>
       </c>
       <c r="C823" s="0">
-        <v>0.502</v>
+        <v>2.8</v>
       </c>
       <c r="D823" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E823" s="0" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B824" s="0" t="s">
-        <v>289</v>
+        <v>43</v>
       </c>
       <c r="C824" s="0">
-        <v>0.71</v>
+        <v>0.9</v>
       </c>
       <c r="D824" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E824" s="0" t="s">
-        <v>1036</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>342</v>
+        <v>227</v>
       </c>
       <c r="C825" s="0">
-        <v>0.71</v>
+        <v>0.094</v>
       </c>
       <c r="D825" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E825" s="0" t="s">
-        <v>1037</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B826" s="0" t="s">
-        <v>303</v>
+        <v>43</v>
       </c>
       <c r="C826" s="0">
-        <v>1.15</v>
+        <v>0.885</v>
       </c>
       <c r="D826" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E826" s="0" t="s">
-        <v>1038</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B827" s="0" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="C827" s="0">
-        <v>1.03</v>
+        <v>0.885</v>
       </c>
       <c r="D827" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E827" s="0" t="s">
-        <v>1039</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B828" s="0" t="s">
-        <v>70</v>
+        <v>445</v>
       </c>
       <c r="C828" s="0">
-        <v>0.33</v>
+        <v>0.5</v>
       </c>
       <c r="D828" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E828" s="0" t="s">
-        <v>1040</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
-        <v>285</v>
+        <v>11</v>
       </c>
       <c r="B829" s="0" t="s">
-        <v>1041</v>
+        <v>136</v>
       </c>
       <c r="C829" s="0">
-        <v>0.734</v>
+        <v>1.042</v>
       </c>
       <c r="D829" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E829" s="0" t="s">
-        <v>1042</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
-        <v>5</v>
+        <v>556</v>
       </c>
       <c r="B830" s="0" t="s">
-        <v>407</v>
+        <v>1054</v>
       </c>
       <c r="C830" s="0">
-        <v>0.17</v>
+        <v>0.38</v>
       </c>
       <c r="D830" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E830" s="0" t="s">
-        <v>1043</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
-        <v>285</v>
+        <v>11</v>
       </c>
       <c r="B831" s="0" t="s">
-        <v>1044</v>
+        <v>232</v>
       </c>
       <c r="C831" s="0">
-        <v>0.398</v>
+        <v>0.33</v>
       </c>
       <c r="D831" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E831" s="0" t="s">
-        <v>1045</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B832" s="0" t="s">
-        <v>14</v>
+        <v>210</v>
       </c>
       <c r="C832" s="0">
-        <v>1.05</v>
+        <v>0.75</v>
       </c>
       <c r="D832" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E832" s="0" t="s">
-        <v>1046</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>171</v>
+        <v>5</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>105</v>
+        <v>43</v>
       </c>
       <c r="C833" s="0">
-        <v>4.318</v>
+        <v>0.885</v>
       </c>
       <c r="D833" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E833" s="0" t="s">
-        <v>1047</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B834" s="0" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="C834" s="0">
-        <v>3.15</v>
+        <v>2.78</v>
       </c>
       <c r="D834" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E834" s="0" t="s">
-        <v>1048</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B835" s="0" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="C835" s="0">
-        <v>0.85</v>
+        <v>0.65</v>
       </c>
       <c r="D835" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E835" s="0" t="s">
-        <v>1048</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>961</v>
+        <v>322</v>
       </c>
       <c r="C836" s="0">
-        <v>0.822</v>
+        <v>0.233</v>
       </c>
       <c r="D836" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E836" s="0" t="s">
-        <v>1049</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>14</v>
+        <v>491</v>
       </c>
       <c r="C837" s="0">
         <v>1</v>
       </c>
       <c r="D837" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E837" s="0" t="s">
-        <v>1050</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B838" s="0" t="s">
-        <v>26</v>
+        <v>1063</v>
       </c>
       <c r="C838" s="0">
-        <v>1.875</v>
+        <v>0.33</v>
       </c>
       <c r="D838" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E838" s="0" t="s">
-        <v>1051</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B839" s="0" t="s">
-        <v>299</v>
+        <v>48</v>
       </c>
       <c r="C839" s="0">
-        <v>0.503</v>
+        <v>0.54</v>
       </c>
       <c r="D839" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E839" s="0" t="s">
-        <v>1052</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B840" s="0" t="s">
-        <v>364</v>
+        <v>165</v>
       </c>
       <c r="C840" s="0">
-        <v>1</v>
+        <v>0.8</v>
       </c>
       <c r="D840" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E840" s="0" t="s">
-        <v>1053</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
-        <v>285</v>
+        <v>11</v>
       </c>
       <c r="B841" s="0" t="s">
-        <v>117</v>
+        <v>232</v>
       </c>
       <c r="C841" s="0">
-        <v>0.831</v>
+        <v>1.43</v>
       </c>
       <c r="D841" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E841" s="0" t="s">
-        <v>1054</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B842" s="0" t="s">
-        <v>33</v>
+        <v>1068</v>
       </c>
       <c r="C842" s="0">
-        <v>0.51</v>
+        <v>24</v>
       </c>
       <c r="D842" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E842" s="0" t="s">
-        <v>1055</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B843" s="0" t="s">
-        <v>105</v>
+        <v>43</v>
       </c>
       <c r="C843" s="0">
-        <v>2.585</v>
+        <v>0.885</v>
       </c>
       <c r="D843" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E843" s="0" t="s">
-        <v>1056</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B844" s="0" t="s">
-        <v>16</v>
+        <v>224</v>
       </c>
       <c r="C844" s="0">
-        <v>0.58</v>
+        <v>1.035</v>
       </c>
       <c r="D844" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E844" s="0" t="s">
-        <v>1057</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B845" s="0" t="s">
-        <v>287</v>
+        <v>43</v>
       </c>
       <c r="C845" s="0">
-        <v>0.114</v>
+        <v>0.9</v>
       </c>
       <c r="D845" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E845" s="0" t="s">
-        <v>1058</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B846" s="0" t="s">
-        <v>1059</v>
+        <v>43</v>
       </c>
       <c r="C846" s="0">
-        <v>0.21</v>
+        <v>0.26</v>
       </c>
       <c r="D846" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E846" s="0" t="s">
-        <v>1060</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B847" s="0" t="s">
-        <v>299</v>
+        <v>380</v>
       </c>
       <c r="C847" s="0">
-        <v>0.5</v>
+        <v>0.452</v>
       </c>
       <c r="D847" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E847" s="0" t="s">
-        <v>1061</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B848" s="0" t="s">
-        <v>327</v>
+        <v>136</v>
       </c>
       <c r="C848" s="0">
-        <v>0.462</v>
+        <v>1.18</v>
       </c>
       <c r="D848" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E848" s="0" t="s">
-        <v>1062</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B849" s="0" t="s">
-        <v>336</v>
+        <v>136</v>
       </c>
       <c r="C849" s="0">
-        <v>32.386</v>
+        <v>1</v>
       </c>
       <c r="D849" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E849" s="0" t="s">
-        <v>1063</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B850" s="0" t="s">
-        <v>251</v>
+        <v>374</v>
       </c>
       <c r="C850" s="0">
-        <v>0.239</v>
+        <v>0.297</v>
       </c>
       <c r="D850" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E850" s="0" t="s">
-        <v>1064</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B851" s="0" t="s">
-        <v>243</v>
+        <v>39</v>
       </c>
       <c r="C851" s="0">
-        <v>0.316</v>
+        <v>0.58</v>
       </c>
       <c r="D851" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E851" s="0" t="s">
-        <v>1065</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="B852" s="0" t="s">
-        <v>891</v>
+        <v>462</v>
       </c>
       <c r="C852" s="0">
-        <v>0.452</v>
+        <v>30</v>
       </c>
       <c r="D852" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E852" s="0" t="s">
-        <v>1066</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
-        <v>5</v>
+        <v>396</v>
       </c>
       <c r="B853" s="0" t="s">
-        <v>127</v>
+        <v>1080</v>
       </c>
       <c r="C853" s="0">
-        <v>0.87</v>
+        <v>126</v>
       </c>
       <c r="D853" s="0" t="s">
-        <v>7</v>
+        <v>398</v>
       </c>
       <c r="E853" s="0" t="s">
-        <v>1067</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>161</v>
+        <v>12</v>
       </c>
       <c r="C854" s="0">
-        <v>0.56</v>
+        <v>0.501</v>
       </c>
       <c r="D854" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E854" s="0" t="s">
-        <v>1068</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="C855" s="0">
-        <v>4</v>
+        <v>2.51</v>
       </c>
       <c r="D855" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E855" s="0" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
-        <v>5</v>
+        <v>802</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>263</v>
+        <v>1083</v>
       </c>
       <c r="C856" s="0">
-        <v>0.128</v>
+        <v>0.425</v>
       </c>
       <c r="D856" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E856" s="0" t="s">
-        <v>1070</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
       <c r="C857" s="0">
-        <v>0.254</v>
+        <v>2.526</v>
       </c>
       <c r="D857" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E857" s="0" t="s">
-        <v>1071</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="C858" s="0">
-        <v>0.623</v>
+        <v>0.945</v>
       </c>
       <c r="D858" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E858" s="0" t="s">
-        <v>1071</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B859" s="0" t="s">
-        <v>299</v>
+        <v>12</v>
       </c>
       <c r="C859" s="0">
-        <v>0.503</v>
+        <v>3.01</v>
       </c>
       <c r="D859" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E859" s="0" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>336</v>
+        <v>61</v>
       </c>
       <c r="C860" s="0">
-        <v>30.344</v>
+        <v>0.88</v>
       </c>
       <c r="D860" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E860" s="0" t="s">
-        <v>1073</v>
-[...236 lines deleted...]
-      <c r="E874" s="0" t="s">
         <v>1088</v>
-      </c>
-[...1732 lines deleted...]
-        <v>1199</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>